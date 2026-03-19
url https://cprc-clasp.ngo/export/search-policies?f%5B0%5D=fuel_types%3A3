--- v0 (2025-12-12)
+++ v1 (2026-03-19)
@@ -529,63 +529,63 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
     <t>Gas stoves and ovens</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
     <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
   </si>
@@ -3466,136 +3466,136 @@
         <v>94</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>162</v>
       </c>
       <c r="P26" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>164</v>
       </c>
       <c r="B27" t="s">
         <v>165</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="D27" t="s">
         <v>117</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>1992</v>
       </c>
       <c r="I27">
         <v>2013</v>
       </c>
       <c r="J27" t="s">
-        <v>166</v>
+        <v>142</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>88</v>
+        <v>166</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>167</v>
       </c>
       <c r="P27" t="s">
-        <v>168</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>164</v>
       </c>
       <c r="B28" t="s">
         <v>165</v>
       </c>
       <c r="C28" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="D28" t="s">
         <v>117</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1992</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
+        <v>88</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
         <v>169</v>
       </c>
-      <c r="N28" t="s">
-[...2 lines deleted...]
-      <c r="O28" t="s">
+      <c r="P28" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>171</v>
       </c>
       <c r="B29" t="s">
         <v>172</v>
       </c>
       <c r="C29" t="s">
         <v>173</v>
       </c>
       <c r="D29" t="s">
         <v>174</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">