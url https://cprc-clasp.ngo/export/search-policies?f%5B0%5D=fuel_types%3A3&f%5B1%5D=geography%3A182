--- v0 (2025-10-12)
+++ v1 (2026-01-18)
@@ -12,518 +12,665 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -787,1131 +934,1276 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="198.095" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>75</v>
+      </c>
+      <c r="L7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1995</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>75</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>66</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>97</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>66</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2022</v>
+      </c>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>81</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>122</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>81</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" t="s">
+        <v>128</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>136</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...26 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>73</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>104</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>73</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>104</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" t="s">
+        <v>156</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>157</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1982</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>158</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>160</v>
+      </c>
+      <c r="O20" t="s">
+        <v>161</v>
+      </c>
+      <c r="P20" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" t="s">
+        <v>164</v>
+      </c>
+      <c r="C21" t="s">
+        <v>120</v>
+      </c>
+      <c r="D21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" t="s">
+        <v>73</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>104</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>123</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" t="s">
+        <v>170</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>56</v>
+      </c>
+      <c r="G22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22" t="s">
+        <v>171</v>
+      </c>
+      <c r="M22" t="s">
+        <v>123</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>176</v>
+      </c>
+      <c r="D23" t="s">
+        <v>177</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>34</v>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G23" t="s">
+        <v>73</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>57</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>178</v>
+      </c>
+      <c r="N23" t="s">
+        <v>179</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>185</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
         <v>2016</v>
       </c>
-      <c r="H5">
-[...12 lines deleted...]
-      <c r="M5" t="s">
+      <c r="J24" t="s">
+        <v>186</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...801 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N24" t="s">
-        <v>142</v>
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>188</v>
+      </c>
+      <c r="P24" t="s">
+        <v>189</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>