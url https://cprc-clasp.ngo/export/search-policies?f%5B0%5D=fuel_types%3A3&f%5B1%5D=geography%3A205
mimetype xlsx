--- v0 (2025-10-13)
+++ v1 (2026-01-20)
@@ -12,308 +12,372 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+  </si>
+  <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -577,543 +641,606 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="665.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>57</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>57</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
+        <v>79</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>1982</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...343 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>72</v>
+        <v>90</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>