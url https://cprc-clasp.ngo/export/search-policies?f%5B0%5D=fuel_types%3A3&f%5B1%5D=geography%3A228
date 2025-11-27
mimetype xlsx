--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,458 +12,645 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -727,1283 +914,1458 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" t="s">
+        <v>33</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5">
+        <v>1995</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>32</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6">
+        <v>1995</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>32</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9">
+        <v>1979</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>32</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10">
+        <v>1979</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>32</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" t="s">
+        <v>61</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>61</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K13" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>87</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" t="s">
+        <v>32</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>94</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>87</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
+      <c r="J15" t="s">
+        <v>46</v>
+      </c>
+      <c r="K15" t="s">
+        <v>32</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>99</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>87</v>
+      </c>
+      <c r="G16" t="s">
+        <v>37</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2024</v>
+      </c>
+      <c r="J16" t="s">
+        <v>104</v>
+      </c>
+      <c r="K16" t="s">
+        <v>88</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>48</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>87</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>32</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" t="s">
+        <v>87</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>54</v>
+      </c>
+      <c r="K18" t="s">
+        <v>32</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>113</v>
+      </c>
+      <c r="P18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>54</v>
+      </c>
+      <c r="K19" t="s">
+        <v>61</v>
+      </c>
+      <c r="L19" t="s">
+        <v>117</v>
+      </c>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>118</v>
+      </c>
+      <c r="P19" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>115</v>
+      </c>
+      <c r="B20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" t="s">
+        <v>87</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>121</v>
+      </c>
+      <c r="K20" t="s">
+        <v>61</v>
+      </c>
+      <c r="L20" t="s">
+        <v>117</v>
+      </c>
+      <c r="M20" t="s">
+        <v>48</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>122</v>
+      </c>
+      <c r="P20" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>124</v>
+      </c>
+      <c r="B21" t="s">
+        <v>125</v>
+      </c>
+      <c r="C21" t="s">
+        <v>73</v>
+      </c>
+      <c r="D21" t="s">
+        <v>43</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>54</v>
+      </c>
+      <c r="K21" t="s">
+        <v>32</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>126</v>
+      </c>
+      <c r="P21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H22">
+        <v>1992</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>130</v>
+      </c>
+      <c r="K22" t="s">
+        <v>131</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>48</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>132</v>
+      </c>
+      <c r="P22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>73</v>
+      </c>
+      <c r="D23" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>87</v>
+      </c>
+      <c r="G23" t="s">
+        <v>37</v>
+      </c>
+      <c r="H23">
+        <v>1992</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>104</v>
+      </c>
+      <c r="K23" t="s">
+        <v>131</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>134</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>135</v>
+      </c>
+      <c r="P23" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>139</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>140</v>
+      </c>
+      <c r="K24" t="s">
+        <v>32</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>141</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>53</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>146</v>
+      </c>
+      <c r="K25" t="s">
+        <v>147</v>
+      </c>
+      <c r="L25" t="s">
+        <v>117</v>
+      </c>
+      <c r="M25" t="s">
+        <v>148</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>149</v>
+      </c>
+      <c r="P25" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>153</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>87</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>154</v>
+      </c>
+      <c r="K26" t="s">
+        <v>155</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>156</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>157</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>153</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>154</v>
+      </c>
+      <c r="K27" t="s">
+        <v>32</v>
+      </c>
+      <c r="L27" t="s">
+        <v>162</v>
+      </c>
+      <c r="M27" t="s">
+        <v>163</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>164</v>
+      </c>
+      <c r="P27" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>166</v>
+      </c>
+      <c r="B28" t="s">
+        <v>167</v>
+      </c>
+      <c r="C28" t="s">
+        <v>168</v>
+      </c>
+      <c r="D28" t="s">
+        <v>169</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...7 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>140</v>
+      </c>
+      <c r="K28" t="s">
+        <v>32</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>170</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>171</v>
+      </c>
+      <c r="P28" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>173</v>
+      </c>
+      <c r="B29" t="s">
+        <v>174</v>
+      </c>
+      <c r="C29" t="s">
+        <v>53</v>
+      </c>
+      <c r="D29" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" t="s">
+        <v>87</v>
+      </c>
+      <c r="G29" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...73 lines deleted...]
-      <c r="I4" t="s">
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>54</v>
+      </c>
+      <c r="K29" t="s">
         <v>32</v>
       </c>
-      <c r="J4" t="s">
-[...782 lines deleted...]
-      <c r="A24" t="s">
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
         <v>94</v>
       </c>
-      <c r="B24" t="s">
-[...232 lines deleted...]
-        <v>122</v>
+      <c r="O29" t="s">
+        <v>175</v>
+      </c>
+      <c r="P29" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>