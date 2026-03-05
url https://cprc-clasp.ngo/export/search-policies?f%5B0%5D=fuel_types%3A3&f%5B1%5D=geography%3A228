--- v1 (2025-11-27)
+++ v2 (2026-03-05)
@@ -421,66 +421,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
     <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
     <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
   </si>
@@ -937,51 +937,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1924,136 +1924,136 @@
         <v>54</v>
       </c>
       <c r="K21" t="s">
         <v>32</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
         <v>126</v>
       </c>
       <c r="P21" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>128</v>
       </c>
       <c r="B22" t="s">
         <v>129</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D22" t="s">
         <v>78</v>
       </c>
       <c r="E22" t="s">
         <v>44</v>
       </c>
       <c r="F22" t="s">
         <v>87</v>
       </c>
       <c r="G22" t="s">
         <v>37</v>
       </c>
       <c r="H22">
         <v>1992</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
+        <v>104</v>
+      </c>
+      <c r="K22" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>132</v>
       </c>
       <c r="P22" t="s">
-        <v>133</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>128</v>
       </c>
       <c r="B23" t="s">
         <v>129</v>
       </c>
       <c r="C23" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>78</v>
       </c>
       <c r="E23" t="s">
         <v>44</v>
       </c>
       <c r="F23" t="s">
         <v>87</v>
       </c>
       <c r="G23" t="s">
         <v>37</v>
       </c>
       <c r="H23">
         <v>1992</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>104</v>
+        <v>133</v>
       </c>
       <c r="K23" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
+        <v>48</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
         <v>134</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>136</v>
       </c>
       <c r="B24" t="s">
         <v>137</v>
       </c>
       <c r="C24" t="s">
         <v>138</v>
       </c>
       <c r="D24" t="s">
         <v>43</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>45</v>
       </c>
       <c r="G24" t="s">
         <v>139</v>
       </c>
       <c r="H24"/>