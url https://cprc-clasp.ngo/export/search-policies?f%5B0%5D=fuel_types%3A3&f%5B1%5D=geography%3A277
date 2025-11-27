--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,604 +12,812 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -873,1771 +1081,2006 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="216" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="842.223" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...11 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
-      </c>
-[...330 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>101</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
         <v>56</v>
       </c>
-      <c r="J10" t="s">
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...160 lines deleted...]
-        <v>2006</v>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2006</v>
       </c>
-      <c r="I14" t="s">
-        <v>81</v>
+      <c r="I14">
+        <v>2006</v>
       </c>
       <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...3 lines deleted...]
-      <c r="M14" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15">
+        <v>2008</v>
+      </c>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...16 lines deleted...]
-      <c r="E15" t="s">
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>45</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16">
+        <v>2006</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>116</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>109</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>45</v>
+      </c>
+      <c r="F17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>73</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F15" t="s">
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G15">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>120</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2006</v>
       </c>
-      <c r="H15">
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>47</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>120</v>
+      </c>
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>51</v>
+      </c>
+      <c r="O19" t="s">
+        <v>133</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>135</v>
+      </c>
+      <c r="B20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>120</v>
+      </c>
+      <c r="G20" t="s">
+        <v>38</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>47</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>137</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>138</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>120</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2008</v>
       </c>
-      <c r="I15" t="s">
-[...9 lines deleted...]
-      <c r="M15" t="s">
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>47</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...66 lines deleted...]
-      <c r="I17" t="s">
+      <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>148</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>120</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>149</v>
+      </c>
+      <c r="K22" t="s">
+        <v>150</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>152</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>148</v>
+      </c>
+      <c r="D23" t="s">
+        <v>156</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>120</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>149</v>
+      </c>
+      <c r="K23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>152</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" t="s">
         <v>56</v>
       </c>
-      <c r="J17" t="s">
-[...284 lines deleted...]
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>45</v>
       </c>
-      <c r="D24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
-      <c r="I24" t="s">
+      <c r="I24">
+        <v>2011</v>
+      </c>
+      <c r="J24" t="s">
+        <v>73</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>75</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>72</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>45</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2006</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>73</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>122</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>164</v>
+      </c>
+      <c r="P25" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C26" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>86</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>88</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>85</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
+      <c r="J27" t="s">
+        <v>86</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>88</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>173</v>
+      </c>
+      <c r="B28" t="s">
+        <v>174</v>
+      </c>
+      <c r="C28" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" t="s">
+        <v>175</v>
+      </c>
+      <c r="E28" t="s">
+        <v>45</v>
+      </c>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>86</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>88</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>176</v>
+      </c>
+      <c r="P28" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>120</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>86</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>87</v>
+      </c>
+      <c r="M29" t="s">
+        <v>88</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>179</v>
+      </c>
+      <c r="B30" t="s">
+        <v>180</v>
+      </c>
+      <c r="C30" t="s">
+        <v>181</v>
+      </c>
+      <c r="D30" t="s">
+        <v>182</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>120</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2005</v>
+      </c>
+      <c r="I30">
+        <v>2018</v>
+      </c>
+      <c r="J30" t="s">
+        <v>73</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>183</v>
+      </c>
+      <c r="M30" t="s">
+        <v>184</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" t="s">
+        <v>92</v>
+      </c>
+      <c r="C31" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>120</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2001</v>
+      </c>
+      <c r="I31">
+        <v>2010</v>
+      </c>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>93</v>
+      </c>
+      <c r="M31" t="s">
+        <v>88</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>189</v>
+      </c>
+      <c r="B32" t="s">
+        <v>190</v>
+      </c>
+      <c r="C32" t="s">
+        <v>72</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>120</v>
+      </c>
+      <c r="G32" t="s">
+        <v>38</v>
+      </c>
+      <c r="H32">
+        <v>2003</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>191</v>
+      </c>
+      <c r="K32" t="s">
+        <v>101</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>75</v>
+      </c>
+      <c r="N32" t="s">
+        <v>51</v>
+      </c>
+      <c r="O32" t="s">
+        <v>192</v>
+      </c>
+      <c r="P32" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>194</v>
+      </c>
+      <c r="B33" t="s">
+        <v>195</v>
+      </c>
+      <c r="C33" t="s">
+        <v>72</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>38</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>73</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>75</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>196</v>
+      </c>
+      <c r="P33" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>198</v>
+      </c>
+      <c r="B34" t="s">
+        <v>199</v>
+      </c>
+      <c r="C34" t="s">
+        <v>200</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>45</v>
+      </c>
+      <c r="F34" t="s">
+        <v>201</v>
+      </c>
+      <c r="G34" t="s">
+        <v>38</v>
+      </c>
+      <c r="H34">
+        <v>2024</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>202</v>
+      </c>
+      <c r="K34" t="s">
+        <v>203</v>
+      </c>
+      <c r="L34" t="s">
+        <v>204</v>
+      </c>
+      <c r="M34" t="s">
+        <v>205</v>
+      </c>
+      <c r="N34" t="s">
+        <v>51</v>
+      </c>
+      <c r="O34" t="s">
+        <v>206</v>
+      </c>
+      <c r="P34" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>208</v>
+      </c>
+      <c r="B35" t="s">
+        <v>209</v>
+      </c>
+      <c r="C35" t="s">
+        <v>210</v>
+      </c>
+      <c r="D35" t="s">
         <v>56</v>
       </c>
-      <c r="J24" t="s">
-[...6 lines deleted...]
-      <c r="M24" t="s">
+      <c r="E35" t="s">
+        <v>45</v>
+      </c>
+      <c r="F35" t="s">
+        <v>46</v>
+      </c>
+      <c r="G35" t="s">
+        <v>38</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>211</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N24" t="s">
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>212</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>213</v>
+      </c>
+      <c r="P35" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>215</v>
+      </c>
+      <c r="B36" t="s">
+        <v>216</v>
+      </c>
+      <c r="C36" t="s">
+        <v>217</v>
+      </c>
+      <c r="D36" t="s">
+        <v>44</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>218</v>
+      </c>
+      <c r="K36" t="s">
         <v>116</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F25" t="s">
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>219</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>220</v>
+      </c>
+      <c r="P36" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>217</v>
+      </c>
+      <c r="D37" t="s">
+        <v>44</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>120</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>224</v>
+      </c>
+      <c r="K37" t="s">
+        <v>116</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>219</v>
+      </c>
+      <c r="N37" t="s">
+        <v>51</v>
+      </c>
+      <c r="O37" t="s">
+        <v>225</v>
+      </c>
+      <c r="P37" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>228</v>
+      </c>
+      <c r="D38" t="s">
         <v>19</v>
       </c>
-      <c r="G25">
-[...5 lines deleted...]
-      <c r="I25" t="s">
+      <c r="E38" t="s">
+        <v>45</v>
+      </c>
+      <c r="F38" t="s">
+        <v>46</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>100</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>229</v>
+      </c>
+      <c r="M38" t="s">
+        <v>230</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>231</v>
+      </c>
+      <c r="P38" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>233</v>
+      </c>
+      <c r="B39" t="s">
+        <v>234</v>
+      </c>
+      <c r="C39" t="s">
+        <v>228</v>
+      </c>
+      <c r="D39" t="s">
         <v>56</v>
       </c>
-      <c r="J25" t="s">
-[...6 lines deleted...]
-      <c r="M25" t="s">
+      <c r="E39" t="s">
+        <v>45</v>
+      </c>
+      <c r="F39" t="s">
+        <v>46</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>191</v>
+      </c>
+      <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="N25" t="s">
-[...584 lines deleted...]
-      </c>
       <c r="L39" t="s">
-        <v>169</v>
+        <v>235</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="N39" t="s">
-        <v>170</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>237</v>
+      </c>
+      <c r="P39" t="s">
+        <v>238</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>