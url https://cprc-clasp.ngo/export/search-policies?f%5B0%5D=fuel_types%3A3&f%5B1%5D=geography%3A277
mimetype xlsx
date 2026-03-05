--- v1 (2025-11-27)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -427,68 +427,77 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
   </si>
   <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
     <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
@@ -668,50 +677,53 @@
     <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
@@ -1095,51 +1107,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="842.223" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2055,996 +2067,998 @@
       </c>
       <c r="P19" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>135</v>
       </c>
       <c r="B20" t="s">
         <v>136</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>32</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>120</v>
       </c>
       <c r="G20" t="s">
-        <v>38</v>
+        <v>137</v>
       </c>
       <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20">
         <v>2015</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
         <v>47</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>120</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
-        <v>47</v>
+        <v>145</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="P21" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B22" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C22" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>120</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1989</v>
       </c>
       <c r="I22">
         <v>2017</v>
       </c>
       <c r="J22" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="K22" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="L22" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="M22" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="P22" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>120</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1989</v>
       </c>
       <c r="I23">
         <v>2017</v>
       </c>
       <c r="J23" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="K23" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="L23" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="M23" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="P23" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C24" t="s">
         <v>72</v>
       </c>
       <c r="D24" t="s">
         <v>56</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
         <v>73</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>75</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B25" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C25" t="s">
         <v>72</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>45</v>
       </c>
       <c r="F25" t="s">
         <v>46</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2006</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>73</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>122</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="P25" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B26" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C26" t="s">
         <v>85</v>
       </c>
       <c r="D26" t="s">
         <v>44</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>46</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>1996</v>
       </c>
       <c r="I26">
         <v>2010</v>
       </c>
       <c r="J26" t="s">
         <v>86</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>88</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="P26" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B27" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C27" t="s">
         <v>85</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>46</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>1996</v>
       </c>
       <c r="I27">
         <v>2010</v>
       </c>
       <c r="J27" t="s">
         <v>86</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>88</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
+        <v>175</v>
+      </c>
+      <c r="P27" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C28" t="s">
         <v>85</v>
       </c>
       <c r="D28" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>46</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1996</v>
       </c>
       <c r="I28">
         <v>2010</v>
       </c>
       <c r="J28" t="s">
         <v>86</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>88</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="P28" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B29" t="s">
         <v>84</v>
       </c>
       <c r="C29" t="s">
         <v>85</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>120</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
         <v>86</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>87</v>
       </c>
       <c r="M29" t="s">
         <v>88</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="P29" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C30" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D30" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>120</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2005</v>
       </c>
       <c r="I30">
         <v>2018</v>
       </c>
       <c r="J30" t="s">
         <v>73</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="M30" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="P30" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="s">
         <v>85</v>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>120</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2001</v>
       </c>
       <c r="I31">
         <v>2010</v>
       </c>
       <c r="J31" t="s">
         <v>86</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>93</v>
       </c>
       <c r="M31" t="s">
         <v>88</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="P31" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B32" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>120</v>
       </c>
       <c r="G32" t="s">
         <v>38</v>
       </c>
       <c r="H32">
         <v>2003</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="K32" t="s">
         <v>101</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>75</v>
       </c>
       <c r="N32" t="s">
         <v>51</v>
       </c>
       <c r="O32" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="P32" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C33" t="s">
         <v>72</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>45</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>38</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>73</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>75</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="P33" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C34" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>45</v>
       </c>
       <c r="F34" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G34" t="s">
         <v>38</v>
       </c>
       <c r="H34">
         <v>2024</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="K34" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="L34" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="M34" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="N34" t="s">
         <v>51</v>
       </c>
       <c r="O34" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="P34" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B35" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C35" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D35" t="s">
         <v>56</v>
       </c>
       <c r="E35" t="s">
         <v>45</v>
       </c>
       <c r="F35" t="s">
         <v>46</v>
       </c>
       <c r="G35" t="s">
         <v>38</v>
       </c>
       <c r="H35">
         <v>2017</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="P35" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B36" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C36" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>120</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>221</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="K36" t="s">
         <v>116</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="P36" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B37" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C37" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D37" t="s">
         <v>44</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>120</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2019</v>
       </c>
       <c r="J37" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="K37" t="s">
         <v>116</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="N37" t="s">
         <v>51</v>
       </c>
       <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B38" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C38" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D38" t="s">
         <v>19</v>
       </c>
       <c r="E38" t="s">
         <v>45</v>
       </c>
       <c r="F38" t="s">
         <v>46</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38">
         <v>2020</v>
       </c>
       <c r="J38" t="s">
         <v>100</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="M38" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="P38" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B39" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C39" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D39" t="s">
         <v>56</v>
       </c>
       <c r="E39" t="s">
         <v>45</v>
       </c>
       <c r="F39" t="s">
         <v>46</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="M39" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="P39" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">