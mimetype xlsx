--- v0 (2025-12-01)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -265,66 +265,75 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
   </si>
   <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -651,51 +660,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="406.901" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1177,126 +1186,128 @@
       </c>
       <c r="P10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>72</v>
       </c>
       <c r="G11" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
         <v>2015</v>
       </c>
-      <c r="I11"/>
       <c r="J11" t="s">
         <v>47</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>72</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>47</v>
+        <v>91</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">