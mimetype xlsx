--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,185 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -454,239 +473,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="323.064" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="117.828" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>31</v>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>