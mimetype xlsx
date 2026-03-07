--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,838 +12,1198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EU 65-2014</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1107,2665 +1467,3032 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N61"/>
+  <dimension ref="A1:P61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="597.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1995</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...40 lines deleted...]
-      <c r="M3" t="s">
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...170 lines deleted...]
-      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>55</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8">
         <v>2013</v>
       </c>
-      <c r="H8"/>
-      <c r="I8" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1979</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1979</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>49</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>72</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>49</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>65</v>
+      </c>
+      <c r="K13" t="s">
+        <v>72</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>49</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>65</v>
+      </c>
+      <c r="K14" t="s">
+        <v>97</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>65</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>103</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D16" t="s">
         <v>56</v>
       </c>
-      <c r="J8" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2023</v>
+      </c>
+      <c r="J16" t="s">
         <v>57</v>
       </c>
-      <c r="K8"/>
-[...3 lines deleted...]
-      <c r="M8" t="s">
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...10 lines deleted...]
-      <c r="C9" t="s">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>108</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9">
+      <c r="D17" t="s">
+        <v>96</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>113</v>
+      </c>
+      <c r="K17" t="s">
+        <v>97</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>59</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>49</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>71</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>59</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>49</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>65</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" t="s">
+        <v>70</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>49</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="H9"/>
-[...98 lines deleted...]
-      <c r="A12" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>65</v>
       </c>
-      <c r="B12" t="s">
-[...107 lines deleted...]
-      <c r="N14" t="s">
+      <c r="K20" t="s">
         <v>72</v>
       </c>
-    </row>
-[...235 lines deleted...]
-      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20"/>
       <c r="N20" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>124</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>127</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>57</v>
+        <v>128</v>
       </c>
       <c r="K21" t="s">
+        <v>72</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>59</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>129</v>
+      </c>
+      <c r="P21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" t="s">
+        <v>56</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>49</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>65</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>133</v>
+      </c>
+      <c r="P22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>135</v>
+      </c>
+      <c r="B23" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" t="s">
+        <v>88</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="L21" t="s">
-[...35 lines deleted...]
-      <c r="J22" t="s">
+      <c r="H23">
+        <v>1992</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>113</v>
+      </c>
+      <c r="K23" t="s">
+        <v>137</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>138</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>139</v>
+      </c>
+      <c r="P23" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>135</v>
+      </c>
+      <c r="B24" t="s">
+        <v>136</v>
+      </c>
+      <c r="C24" t="s">
+        <v>55</v>
+      </c>
+      <c r="D24" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...27 lines deleted...]
-      <c r="G23">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>1992</v>
       </c>
-      <c r="H23">
+      <c r="I24">
         <v>2013</v>
       </c>
-      <c r="I23" t="s">
-[...38 lines deleted...]
-      <c r="H24">
+      <c r="J24" t="s">
+        <v>140</v>
+      </c>
+      <c r="K24" t="s">
+        <v>137</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>59</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>141</v>
+      </c>
+      <c r="P24" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>143</v>
+      </c>
+      <c r="B25" t="s">
+        <v>144</v>
+      </c>
+      <c r="C25" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>146</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>147</v>
+      </c>
+      <c r="M25" t="s">
+        <v>148</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>149</v>
+      </c>
+      <c r="P25" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2000</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>146</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>154</v>
+      </c>
+      <c r="M26" t="s">
+        <v>148</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>155</v>
+      </c>
+      <c r="P26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>159</v>
+      </c>
+      <c r="D27" t="s">
+        <v>160</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>161</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>162</v>
+      </c>
+      <c r="K27" t="s">
+        <v>137</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>163</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>164</v>
+      </c>
+      <c r="P27" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>166</v>
+      </c>
+      <c r="B28" t="s">
+        <v>167</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2006</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>168</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>169</v>
+      </c>
+      <c r="M28" t="s">
+        <v>38</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>170</v>
+      </c>
+      <c r="P28" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>172</v>
+      </c>
+      <c r="B29" t="s">
+        <v>173</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>153</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>49</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2021</v>
+      </c>
+      <c r="J29" t="s">
+        <v>35</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>174</v>
+      </c>
+      <c r="M29" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" t="s">
+        <v>103</v>
+      </c>
+      <c r="O29" t="s">
+        <v>175</v>
+      </c>
+      <c r="P29" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B30" t="s">
+        <v>178</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>43</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>179</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>168</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>180</v>
+      </c>
+      <c r="M30" t="s">
+        <v>38</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>181</v>
+      </c>
+      <c r="P30" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>183</v>
+      </c>
+      <c r="B31" t="s">
+        <v>184</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>185</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>186</v>
+      </c>
+      <c r="H31">
+        <v>2008</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>187</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>188</v>
+      </c>
+      <c r="M31" t="s">
+        <v>38</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>189</v>
+      </c>
+      <c r="P31" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>191</v>
+      </c>
+      <c r="B32" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" t="s">
+        <v>193</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1989</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>194</v>
+      </c>
+      <c r="K32" t="s">
+        <v>195</v>
+      </c>
+      <c r="L32" t="s">
+        <v>196</v>
+      </c>
+      <c r="M32" t="s">
+        <v>197</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>198</v>
+      </c>
+      <c r="P32" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B33" t="s">
+        <v>200</v>
+      </c>
+      <c r="C33" t="s">
+        <v>193</v>
+      </c>
+      <c r="D33" t="s">
+        <v>201</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1989</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>194</v>
+      </c>
+      <c r="K33" t="s">
+        <v>195</v>
+      </c>
+      <c r="L33" t="s">
+        <v>196</v>
+      </c>
+      <c r="M33" t="s">
+        <v>197</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>202</v>
+      </c>
+      <c r="P33" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>204</v>
+      </c>
+      <c r="B34" t="s">
+        <v>205</v>
+      </c>
+      <c r="C34" t="s">
+        <v>206</v>
+      </c>
+      <c r="D34" t="s">
+        <v>43</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2022</v>
+      </c>
+      <c r="J34" t="s">
+        <v>207</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>208</v>
+      </c>
+      <c r="M34" t="s">
+        <v>209</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>210</v>
+      </c>
+      <c r="P34" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>212</v>
+      </c>
+      <c r="B35" t="s">
+        <v>213</v>
+      </c>
+      <c r="C35" t="s">
+        <v>214</v>
+      </c>
+      <c r="D35" t="s">
+        <v>201</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>161</v>
+      </c>
+      <c r="G35" t="s">
+        <v>49</v>
+      </c>
+      <c r="H35">
         <v>2013</v>
       </c>
-      <c r="I24" t="s">
-[...241 lines deleted...]
-      <c r="C30" t="s">
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>146</v>
+      </c>
+      <c r="K35" t="s">
         <v>36</v>
       </c>
-      <c r="D30" t="s">
-[...239 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>215</v>
       </c>
       <c r="N35" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>216</v>
+      </c>
+      <c r="P35" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>149</v>
+        <v>218</v>
       </c>
       <c r="B36" t="s">
-        <v>146</v>
+        <v>219</v>
       </c>
       <c r="C36" t="s">
-        <v>106</v>
+        <v>214</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>153</v>
       </c>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2002</v>
       </c>
-      <c r="I36" t="s">
-        <v>101</v>
+      <c r="I36">
+        <v>2002</v>
       </c>
       <c r="J36" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>220</v>
+      </c>
+      <c r="M36" t="s">
+        <v>215</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>221</v>
+      </c>
+      <c r="P36" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>214</v>
+      </c>
+      <c r="D37" t="s">
+        <v>153</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1998</v>
+      </c>
+      <c r="I37">
+        <v>2009</v>
+      </c>
+      <c r="J37" t="s">
+        <v>146</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>224</v>
+      </c>
+      <c r="M37" t="s">
+        <v>215</v>
+      </c>
+      <c r="N37" t="s">
+        <v>103</v>
+      </c>
+      <c r="O37" t="s">
+        <v>225</v>
+      </c>
+      <c r="P37" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>214</v>
+      </c>
+      <c r="D38" t="s">
+        <v>228</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>49</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>146</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>229</v>
+      </c>
+      <c r="M38" t="s">
+        <v>215</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>230</v>
+      </c>
+      <c r="P38" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>231</v>
+      </c>
+      <c r="B39" t="s">
+        <v>232</v>
+      </c>
+      <c r="C39" t="s">
+        <v>214</v>
+      </c>
+      <c r="D39" t="s">
+        <v>153</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>146</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>215</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>233</v>
+      </c>
+      <c r="P39" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>234</v>
+      </c>
+      <c r="B40" t="s">
+        <v>235</v>
+      </c>
+      <c r="C40" t="s">
+        <v>214</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>161</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2003</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>146</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>236</v>
+      </c>
+      <c r="M40" t="s">
+        <v>215</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>237</v>
+      </c>
+      <c r="P40" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>238</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>214</v>
+      </c>
+      <c r="D41" t="s">
+        <v>153</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2002</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>146</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>240</v>
+      </c>
+      <c r="M41" t="s">
+        <v>215</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>241</v>
+      </c>
+      <c r="P41" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>242</v>
+      </c>
+      <c r="B42" t="s">
+        <v>144</v>
+      </c>
+      <c r="C42" t="s">
+        <v>145</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>146</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>147</v>
+      </c>
+      <c r="M42" t="s">
+        <v>148</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>243</v>
+      </c>
+      <c r="P42" t="s">
         <v>150</v>
       </c>
-      <c r="L36" t="s">
-[...2 lines deleted...]
-      <c r="M36" t="s">
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>244</v>
+      </c>
+      <c r="B43" t="s">
+        <v>245</v>
+      </c>
+      <c r="C43" t="s">
+        <v>246</v>
+      </c>
+      <c r="D43" t="s">
+        <v>70</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2005</v>
+      </c>
+      <c r="I43">
+        <v>2018</v>
+      </c>
+      <c r="J43" t="s">
+        <v>247</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>248</v>
+      </c>
+      <c r="M43" t="s">
+        <v>249</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>250</v>
+      </c>
+      <c r="P43" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>252</v>
+      </c>
+      <c r="B44" t="s">
+        <v>152</v>
+      </c>
+      <c r="C44" t="s">
+        <v>145</v>
+      </c>
+      <c r="D44" t="s">
+        <v>153</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2001</v>
+      </c>
+      <c r="I44">
+        <v>2010</v>
+      </c>
+      <c r="J44" t="s">
+        <v>146</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>154</v>
+      </c>
+      <c r="M44" t="s">
+        <v>148</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>253</v>
+      </c>
+      <c r="P44" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>254</v>
+      </c>
+      <c r="B45" t="s">
+        <v>255</v>
+      </c>
+      <c r="C45" t="s">
+        <v>256</v>
+      </c>
+      <c r="D45" t="s">
+        <v>153</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>49</v>
+      </c>
+      <c r="H45">
+        <v>2003</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>162</v>
+      </c>
+      <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="N36" t="s">
-[...82 lines deleted...]
-      <c r="M38" t="s">
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>257</v>
+      </c>
+      <c r="N45" t="s">
+        <v>103</v>
+      </c>
+      <c r="O45" t="s">
+        <v>258</v>
+      </c>
+      <c r="P45" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>260</v>
+      </c>
+      <c r="B46" t="s">
+        <v>261</v>
+      </c>
+      <c r="C46" t="s">
+        <v>206</v>
+      </c>
+      <c r="D46" t="s">
+        <v>70</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46">
+        <v>2011</v>
+      </c>
+      <c r="J46" t="s">
+        <v>207</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>262</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>263</v>
+      </c>
+      <c r="P46" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" t="s">
+        <v>266</v>
+      </c>
+      <c r="C47" t="s">
+        <v>206</v>
+      </c>
+      <c r="D47" t="s">
+        <v>43</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2007</v>
+      </c>
+      <c r="I47">
+        <v>2011</v>
+      </c>
+      <c r="J47" t="s">
+        <v>207</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>262</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>267</v>
+      </c>
+      <c r="P47" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>269</v>
+      </c>
+      <c r="B48" t="s">
+        <v>270</v>
+      </c>
+      <c r="C48" t="s">
+        <v>271</v>
+      </c>
+      <c r="D48" t="s">
+        <v>70</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>161</v>
+      </c>
+      <c r="G48" t="s">
+        <v>49</v>
+      </c>
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>272</v>
+      </c>
+      <c r="K48" t="s">
+        <v>195</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>273</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>274</v>
+      </c>
+      <c r="P48" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>276</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>271</v>
+      </c>
+      <c r="D49" t="s">
+        <v>70</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>49</v>
+      </c>
+      <c r="H49">
+        <v>2018</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>194</v>
+      </c>
+      <c r="K49" t="s">
+        <v>277</v>
+      </c>
+      <c r="L49" t="s">
+        <v>278</v>
+      </c>
+      <c r="M49" t="s">
+        <v>273</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>279</v>
+      </c>
+      <c r="P49" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>281</v>
+      </c>
+      <c r="B50" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50" t="s">
+        <v>283</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>49</v>
+      </c>
+      <c r="H50">
+        <v>2017</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>207</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>284</v>
+      </c>
+      <c r="M50" t="s">
+        <v>285</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>286</v>
+      </c>
+      <c r="P50" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>288</v>
+      </c>
+      <c r="B51" t="s">
+        <v>289</v>
+      </c>
+      <c r="C51" t="s">
+        <v>283</v>
+      </c>
+      <c r="D51" t="s">
+        <v>228</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>49</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>207</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>290</v>
+      </c>
+      <c r="M51" t="s">
+        <v>285</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>291</v>
+      </c>
+      <c r="P51" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>293</v>
+      </c>
+      <c r="B52" t="s">
+        <v>294</v>
+      </c>
+      <c r="C52" t="s">
+        <v>295</v>
+      </c>
+      <c r="D52" t="s">
+        <v>296</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>297</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1982</v>
+      </c>
+      <c r="I52">
+        <v>2024</v>
+      </c>
+      <c r="J52" t="s">
+        <v>57</v>
+      </c>
+      <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="N38" t="s">
-[...46 lines deleted...]
-      <c r="A40" t="s">
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>298</v>
+      </c>
+      <c r="N52" t="s">
+        <v>299</v>
+      </c>
+      <c r="O52" t="s">
+        <v>300</v>
+      </c>
+      <c r="P52" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>302</v>
+      </c>
+      <c r="B53" t="s">
+        <v>303</v>
+      </c>
+      <c r="C53" t="s">
+        <v>304</v>
+      </c>
+      <c r="D53" t="s">
+        <v>70</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>161</v>
       </c>
-      <c r="B40" t="s">
-[...567 lines deleted...]
-        <v>2018</v>
+      <c r="G53" t="s">
+        <v>22</v>
       </c>
       <c r="H53">
         <v>2018</v>
       </c>
-      <c r="I53" t="s">
-        <v>212</v>
+      <c r="I53">
+        <v>2018</v>
       </c>
       <c r="J53" t="s">
-        <v>213</v>
-[...4 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="K53" t="s">
+        <v>306</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
+        <v>307</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>308</v>
+      </c>
+      <c r="P53" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>310</v>
+      </c>
+      <c r="B54" t="s">
+        <v>311</v>
+      </c>
+      <c r="C54" t="s">
+        <v>271</v>
+      </c>
+      <c r="D54" t="s">
+        <v>70</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>161</v>
+      </c>
+      <c r="G54" t="s">
+        <v>49</v>
+      </c>
+      <c r="H54">
+        <v>2011</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>207</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
+        <v>312</v>
+      </c>
+      <c r="M54" t="s">
+        <v>273</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>313</v>
+      </c>
+      <c r="P54" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" t="s">
+        <v>316</v>
+      </c>
+      <c r="C55" t="s">
+        <v>271</v>
+      </c>
+      <c r="D55" t="s">
+        <v>118</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>161</v>
+      </c>
+      <c r="G55" t="s">
+        <v>49</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>194</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
+        <v>317</v>
+      </c>
+      <c r="M55" t="s">
+        <v>273</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>318</v>
+      </c>
+      <c r="P55" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>320</v>
+      </c>
+      <c r="B56" t="s">
+        <v>321</v>
+      </c>
+      <c r="C56" t="s">
+        <v>322</v>
+      </c>
+      <c r="D56" t="s">
+        <v>323</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>49</v>
+      </c>
+      <c r="H56">
+        <v>2017</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>162</v>
+      </c>
+      <c r="K56" t="s">
         <v>24</v>
       </c>
-      <c r="N53" t="s">
-[...22 lines deleted...]
-      <c r="G54">
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>324</v>
+      </c>
+      <c r="N56" t="s">
+        <v>103</v>
+      </c>
+      <c r="O56" t="s">
+        <v>325</v>
+      </c>
+      <c r="P56" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" t="s">
+        <v>328</v>
+      </c>
+      <c r="C57" t="s">
+        <v>329</v>
+      </c>
+      <c r="D57" t="s">
+        <v>153</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>330</v>
+      </c>
+      <c r="H57">
+        <v>2010</v>
+      </c>
+      <c r="I57">
+        <v>2019</v>
+      </c>
+      <c r="J57" t="s">
+        <v>331</v>
+      </c>
+      <c r="K57" t="s">
+        <v>332</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>333</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>334</v>
+      </c>
+      <c r="P57" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>336</v>
+      </c>
+      <c r="B58" t="s">
+        <v>337</v>
+      </c>
+      <c r="C58" t="s">
+        <v>329</v>
+      </c>
+      <c r="D58" t="s">
+        <v>153</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2010</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>338</v>
+      </c>
+      <c r="K58" t="s">
+        <v>332</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>333</v>
+      </c>
+      <c r="N58" t="s">
+        <v>103</v>
+      </c>
+      <c r="O58" t="s">
+        <v>339</v>
+      </c>
+      <c r="P58" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>340</v>
+      </c>
+      <c r="B59" t="s">
+        <v>341</v>
+      </c>
+      <c r="C59" t="s">
+        <v>342</v>
+      </c>
+      <c r="D59" t="s">
+        <v>343</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2009</v>
+      </c>
+      <c r="I59">
+        <v>2016</v>
+      </c>
+      <c r="J59" t="s">
+        <v>344</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>345</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>346</v>
+      </c>
+      <c r="P59" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>348</v>
+      </c>
+      <c r="B60" t="s">
+        <v>349</v>
+      </c>
+      <c r="C60" t="s">
+        <v>64</v>
+      </c>
+      <c r="D60" t="s">
+        <v>102</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>49</v>
+      </c>
+      <c r="H60">
+        <v>2021</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>65</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60"/>
+      <c r="N60" t="s">
+        <v>103</v>
+      </c>
+      <c r="O60" t="s">
+        <v>350</v>
+      </c>
+      <c r="P60" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>352</v>
+      </c>
+      <c r="B61" t="s">
+        <v>353</v>
+      </c>
+      <c r="C61" t="s">
+        <v>354</v>
+      </c>
+      <c r="D61" t="s">
+        <v>118</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2011</v>
       </c>
-      <c r="H54"/>
-[...12 lines deleted...]
-      <c r="M54" t="s">
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>194</v>
+      </c>
+      <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="N54" t="s">
-[...282 lines deleted...]
-      </c>
       <c r="L61" t="s">
-        <v>247</v>
+        <v>355</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>356</v>
       </c>
       <c r="N61" t="s">
-        <v>248</v>
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>357</v>
+      </c>
+      <c r="P61" t="s">
+        <v>358</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>