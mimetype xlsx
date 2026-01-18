--- v0 (2025-10-13)
+++ v1 (2026-01-18)
@@ -12,357 +12,466 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -626,955 +735,1076 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="642.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...24 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
-    </row>
-    <row r="4" spans="1:14">
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>33</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2021</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>45</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>47</v>
+      </c>
+      <c r="P7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>52</v>
+      </c>
+      <c r="M8" t="s">
+        <v>46</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>53</v>
+      </c>
+      <c r="P8" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>57</v>
+      </c>
+      <c r="M9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>59</v>
+      </c>
+      <c r="P9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>62</v>
+      </c>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>63</v>
+      </c>
+      <c r="P10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>67</v>
+      </c>
+      <c r="G11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>68</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>69</v>
+      </c>
+      <c r="M11" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>71</v>
+      </c>
+      <c r="P11" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>73</v>
+      </c>
+      <c r="B12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>68</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>70</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>68</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>79</v>
+      </c>
+      <c r="M13" t="s">
+        <v>70</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>80</v>
+      </c>
+      <c r="P13" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>68</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>69</v>
+      </c>
+      <c r="M14" t="s">
+        <v>70</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>84</v>
+      </c>
+      <c r="P14" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>88</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>89</v>
+      </c>
+      <c r="M15" t="s">
+        <v>70</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>90</v>
+      </c>
+      <c r="P15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>68</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>79</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>94</v>
+      </c>
+      <c r="P16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>98</v>
+      </c>
+      <c r="M17" t="s">
+        <v>99</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>100</v>
+      </c>
+      <c r="P17" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" t="s">
+        <v>105</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>88</v>
+      </c>
+      <c r="K18" t="s">
+        <v>106</v>
+      </c>
+      <c r="L18" t="s">
+        <v>107</v>
+      </c>
+      <c r="M18" t="s">
+        <v>70</v>
+      </c>
+      <c r="N18" t="s">
+        <v>108</v>
+      </c>
+      <c r="O18" t="s">
+        <v>109</v>
+      </c>
+      <c r="P18" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>67</v>
+      </c>
+      <c r="G19" t="s">
+        <v>113</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>114</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>115</v>
+      </c>
+      <c r="M19" t="s">
+        <v>70</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>116</v>
+      </c>
+      <c r="P19" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>41</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...679 lines deleted...]
-      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="N20" t="s">
-        <v>87</v>
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>122</v>
+      </c>
+      <c r="P20" t="s">
+        <v>123</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>