--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,295 +12,353 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -564,489 +622,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="597.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2025</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" t="s">
-[...11 lines deleted...]
-      <c r="N2" t="s">
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>55</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...129 lines deleted...]
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>48</v>
       </c>
       <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>55</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
         <v>39</v>
       </c>
-      <c r="E6" t="s">
-[...15 lines deleted...]
-      <c r="K6" t="s">
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="L6" t="s">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="F8" t="s">
+        <v>74</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>76</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-      <c r="A7" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G9" t="s">
         <v>51</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
         <v>39</v>
       </c>
-      <c r="E7" t="s">
-[...107 lines deleted...]
-        <v>67</v>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>