--- v1 (2025-11-27)
+++ v2 (2026-03-05)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
     <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
@@ -645,51 +645,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="597.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="72.982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">