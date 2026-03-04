--- v0 (2025-10-15)
+++ v1 (2026-03-04)
@@ -12,238 +12,277 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -507,363 +546,400 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="93" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="597.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2025</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="K2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
         <v>1989</v>
       </c>
-      <c r="H3">
+      <c r="I4">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
-[...15 lines deleted...]
-        <v>34</v>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...40 lines deleted...]
-      <c r="C5" t="s">
+      <c r="K6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>39</v>
       </c>
-      <c r="D5" t="s">
-[...68 lines deleted...]
-        <v>48</v>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>