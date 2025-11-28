--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,194 +12,213 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -463,237 +482,258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="95" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="70.697" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...19 lines deleted...]
-      <c r="B3" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2024</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>34</v>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>