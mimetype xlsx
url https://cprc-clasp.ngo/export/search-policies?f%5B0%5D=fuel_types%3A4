--- v0 (2025-12-12)
+++ v1 (2026-03-18)
@@ -239,72 +239,72 @@
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
@@ -1018,51 +1018,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1447,127 +1447,127 @@
       </c>
       <c r="L9" t="s">
         <v>65</v>
       </c>
       <c r="M9" t="s">
         <v>47</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>70</v>
       </c>
       <c r="P9" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>72</v>
       </c>
       <c r="B10" t="s">
         <v>73</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="D10" t="s">
         <v>56</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
         <v>64</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1992</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>72</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>56</v>
       </c>
       <c r="E11" t="s">
         <v>44</v>
       </c>
       <c r="F11" t="s">
         <v>64</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>1992</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>80</v>
       </c>
       <c r="P11" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>82</v>
       </c>
       <c r="B12" t="s">
         <v>83</v>
       </c>
       <c r="C12" t="s">
         <v>84</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">