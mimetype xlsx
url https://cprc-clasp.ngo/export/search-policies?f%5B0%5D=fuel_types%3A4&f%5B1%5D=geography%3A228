--- v0 (2025-10-12)
+++ v1 (2026-01-18)
@@ -12,293 +12,363 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>July 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -562,597 +632,670 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>54</v>
+      </c>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9">
+        <v>1992</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>65</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10">
+        <v>1992</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>69</v>
+      </c>
+      <c r="K10" t="s">
+        <v>65</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>70</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11" t="s">
+        <v>54</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...24 lines deleted...]
-      <c r="C3" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>84</v>
+      </c>
+      <c r="K12" t="s">
+        <v>85</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...392 lines deleted...]
-        <v>67</v>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>