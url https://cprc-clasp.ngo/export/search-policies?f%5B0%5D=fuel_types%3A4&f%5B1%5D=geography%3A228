--- v1 (2026-01-18)
+++ v2 (2026-03-05)
@@ -206,78 +206,78 @@
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>Natural gas and LPG boilers</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
@@ -655,51 +655,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1034,127 +1034,127 @@
       </c>
       <c r="L8" t="s">
         <v>54</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>59</v>
       </c>
       <c r="P8" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>61</v>
       </c>
       <c r="B9" t="s">
         <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>53</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9">
         <v>1992</v>
       </c>
       <c r="I9">
         <v>2013</v>
       </c>
       <c r="J9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>61</v>
       </c>
       <c r="B10" t="s">
         <v>62</v>
       </c>
       <c r="C10" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>53</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H10">
         <v>1992</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>71</v>
       </c>
       <c r="P10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>73</v>
       </c>
       <c r="B11" t="s">
         <v>74</v>
       </c>
       <c r="C11" t="s">
         <v>40</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">