--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -12,314 +12,381 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -583,573 +650,642 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="95" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>1996</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>79</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>34</v>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>86</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>87</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...12 lines deleted...]
-        <v>42</v>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
         <v>44</v>
       </c>
-      <c r="C5" t="s">
-[...223 lines deleted...]
-      <c r="G10">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H10">
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="N11" t="s">
-        <v>74</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>