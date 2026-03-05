--- v0 (2025-10-15)
+++ v1 (2026-03-05)
@@ -12,284 +12,357 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,599 +626,672 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="506.019" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>39</v>
+      </c>
+      <c r="P5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>31</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>44</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>45</v>
+      </c>
+      <c r="P6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7" t="s">
+        <v>44</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>49</v>
+      </c>
+      <c r="P7" t="s">
+        <v>50</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>1992</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>1992</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>56</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>25</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-        <v>27</v>
+      <c r="O9" t="s">
+        <v>61</v>
+      </c>
+      <c r="P9" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...22 lines deleted...]
-      <c r="I4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...10 lines deleted...]
-        <v>30</v>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>56</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...22 lines deleted...]
-      <c r="I5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>78</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-        <v>31</v>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...113 lines deleted...]
-      <c r="L8" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>43</v>
       </c>
-      <c r="M8" t="s">
-[...70 lines deleted...]
-      <c r="H10">
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="K12" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="N12" t="s">
-        <v>64</v>
+        <v>85</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>