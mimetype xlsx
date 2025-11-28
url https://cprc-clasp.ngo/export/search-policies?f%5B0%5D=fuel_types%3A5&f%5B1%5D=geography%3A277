--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -12,356 +12,435 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -625,653 +704,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="890.64" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...158 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>70</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>87</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>94</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...8 lines deleted...]
-      <c r="M6" t="s">
+      <c r="F13" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...281 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
-        <v>88</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>