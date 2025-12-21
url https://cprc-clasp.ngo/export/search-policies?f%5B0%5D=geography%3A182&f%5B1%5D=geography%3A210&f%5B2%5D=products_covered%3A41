--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -122,78 +122,81 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...25 lines deleted...]
-    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -836,368 +839,368 @@
       </c>
       <c r="P3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>38</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>1998</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>38</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2009</v>
       </c>
       <c r="I7">
         <v>2021</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>38</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
       <c r="I8">
         <v>2017</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>38</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>38</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="H10">
         <v>2017</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K10" t="s">
         <v>38</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">