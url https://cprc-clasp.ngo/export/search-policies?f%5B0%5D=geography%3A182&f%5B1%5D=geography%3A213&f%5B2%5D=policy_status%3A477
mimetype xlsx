--- v0 (2025-11-27)
+++ v1 (2026-01-24)
@@ -12,51 +12,184 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="0"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+  <si>
+    <t>Policy</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Geography</t>
+  </si>
+  <si>
+    <t>Products Type</t>
+  </si>
+  <si>
+    <t>Policy Approach</t>
+  </si>
+  <si>
+    <t>Policy Instrument</t>
+  </si>
+  <si>
+    <t>Policy Status</t>
+  </si>
+  <si>
+    <t>Adopted</t>
+  </si>
+  <si>
+    <t>Revised</t>
+  </si>
+  <si>
+    <t>Updated by CLASP</t>
+  </si>
+  <si>
+    <t>Fuel Types</t>
+  </si>
+  <si>
+    <t>Test Method Applied</t>
+  </si>
+  <si>
+    <t>Responsible Agency</t>
+  </si>
+  <si>
+    <t>Related Topics</t>
+  </si>
+  <si>
+    <t>Permalink</t>
+  </si>
+  <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>NOM-014-ENER-2004</t>
+  </si>
+  <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
+    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>NOM-004-ENER-2008</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
+    <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
+    <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+</sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -358,61 +491,275 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A1"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
-  <sheetData/>
+  <sheetData>
+    <row r="1" spans="1:16">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1997</v>
+      </c>
+      <c r="I2">
+        <v>2005</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2007</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>