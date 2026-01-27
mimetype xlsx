--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -324,129 +324,111 @@
   <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>Argentina</t>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
+  </si>
+  <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
-  </si>
-[...67 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>clothes washer and dryer</t>
   </si>
   <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
     <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
   </si>
@@ -545,51 +527,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -662,102 +644,126 @@
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for washing machines.</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy specifies labeling requirements for clothes dryers.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
   </si>
   <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
@@ -1836,1427 +1842,1427 @@
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>100</v>
       </c>
       <c r="P12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>102</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="G14" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-      <c r="I14"/>
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="D15" t="s">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F15" t="s">
         <v>121</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I15">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J15" t="s">
         <v>122</v>
       </c>
       <c r="K15" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="L15"/>
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
       <c r="M15" t="s">
         <v>123</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>124</v>
       </c>
       <c r="P15" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C16" t="s">
         <v>60</v>
       </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2015</v>
       </c>
       <c r="I16">
         <v>2015</v>
       </c>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
         <v>25</v>
       </c>
       <c r="M16" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="D17" t="s">
-        <v>133</v>
+        <v>78</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I17">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J17" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>25</v>
+        <v>132</v>
       </c>
       <c r="M17" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>134</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C18" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="D18" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="I18">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J18" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L18" t="s">
         <v>138</v>
       </c>
       <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>64</v>
+      </c>
+      <c r="O18" t="s">
         <v>139</v>
       </c>
-      <c r="N18" t="s">
-[...2 lines deleted...]
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
         <v>142</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H19">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M19" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="N19" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P19" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C20" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G20" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
       <c r="J20" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
         <v>151</v>
       </c>
       <c r="M20" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
         <v>155</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D21" t="s">
         <v>70</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2011</v>
+        <v>1984</v>
       </c>
       <c r="I21">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M21" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H22">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C23" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="D23" t="s">
         <v>70</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="P23" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B24" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C24" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24">
         <v>2016</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="P24" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" t="s">
         <v>179</v>
       </c>
-      <c r="B25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>54</v>
       </c>
       <c r="H25">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>171</v>
+        <v>144</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L25"/>
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>180</v>
+      </c>
       <c r="M25" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C26" t="s">
-        <v>149</v>
+        <v>186</v>
       </c>
       <c r="D26" t="s">
-        <v>185</v>
+        <v>70</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="G26" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
       <c r="J26" t="s">
-        <v>150</v>
+        <v>187</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B27" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C27" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>195</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F27" t="s">
         <v>121</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H27">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>193</v>
+        <v>106</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C28" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="D28" t="s">
-        <v>201</v>
+        <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>42</v>
       </c>
       <c r="F28" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G28" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>1993</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
       <c r="J28" t="s">
-        <v>113</v>
+        <v>157</v>
       </c>
       <c r="K28" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L28"/>
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>201</v>
+      </c>
       <c r="M28" t="s">
         <v>202</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>203</v>
       </c>
       <c r="P28" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>205</v>
       </c>
       <c r="B29" t="s">
         <v>206</v>
       </c>
       <c r="C29" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="E29" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I29">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J29" t="s">
-        <v>163</v>
+        <v>122</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
         <v>208</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>209</v>
       </c>
       <c r="P29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>211</v>
       </c>
       <c r="B30" t="s">
         <v>212</v>
       </c>
       <c r="C30" t="s">
-        <v>104</v>
+        <v>213</v>
       </c>
       <c r="D30" t="s">
-        <v>70</v>
+        <v>214</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>43</v>
+        <v>114</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I30">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J30" t="s">
-        <v>105</v>
+        <v>215</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L30"/>
+        <v>216</v>
+      </c>
+      <c r="L30" t="s">
+        <v>217</v>
+      </c>
       <c r="M30" t="s">
-        <v>106</v>
+        <v>218</v>
       </c>
       <c r="N30" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O30" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="P30" t="s">
-        <v>108</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="B31" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="C31" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="D31" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I31">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="J31" t="s">
-        <v>218</v>
+        <v>165</v>
       </c>
       <c r="K31" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="N31" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="P31" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B32" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
-        <v>226</v>
+        <v>207</v>
       </c>
       <c r="D32" t="s">
-        <v>227</v>
+        <v>70</v>
       </c>
       <c r="E32" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>230</v>
       </c>
       <c r="H32">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>171</v>
+        <v>122</v>
       </c>
       <c r="K32" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>228</v>
+        <v>208</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P32" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D33" t="s">
         <v>78</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>43</v>
       </c>
       <c r="G33" t="s">
         <v>54</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="M33" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="P33" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B34" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C34" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D34" t="s">
         <v>70</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>43</v>
       </c>
       <c r="G34" t="s">
         <v>54</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M34" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="D35" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
       <c r="G35" t="s">
         <v>54</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P35" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B36" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C36" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="D36" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2008</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
         <v>25</v>
       </c>
       <c r="M36" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P36" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B37" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="D37" t="s">
         <v>70</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2000</v>
       </c>
       <c r="I37">
         <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="M37" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="P37" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B38" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C38" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D38" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>54</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="P38" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B39" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C39" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D39" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>54</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N39" t="s">
         <v>36</v>
       </c>
       <c r="O39" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="P39" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B40" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C40" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D40" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2009</v>
       </c>
       <c r="I40">
         <v>2016</v>
       </c>
       <c r="J40" t="s">
         <v>33</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="P40" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B41" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C41" t="s">
         <v>60</v>
       </c>
       <c r="D41" t="s">
         <v>61</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>54</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>62</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="P41" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">