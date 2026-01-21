--- v0 (2025-10-15)
+++ v1 (2026-01-21)
@@ -12,2236 +12,3397 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="713">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1088">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2505,8635 +3666,9814 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N196"/>
+  <dimension ref="A1:P196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2002</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>94</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>81</v>
+      </c>
+      <c r="N12" t="s">
+        <v>94</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>113</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>81</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>125</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2011</v>
+      </c>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>81</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>112</v>
+      </c>
+      <c r="D16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
+        <v>60</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>81</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>112</v>
+      </c>
+      <c r="D17" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>106</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>81</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>112</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" t="s">
+        <v>60</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>106</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>81</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>60</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>106</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>81</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" t="s">
+        <v>155</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>106</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>81</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>162</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>106</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>163</v>
+      </c>
+      <c r="M21" t="s">
+        <v>81</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>168</v>
+      </c>
+      <c r="D22" t="s">
+        <v>169</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>1994</v>
       </c>
-      <c r="H3">
-[...43 lines deleted...]
-      <c r="H4">
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>106</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>81</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>60</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>106</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>175</v>
+      </c>
+      <c r="M23" t="s">
+        <v>81</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" t="s">
+        <v>180</v>
+      </c>
+      <c r="E24" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" t="s">
+        <v>60</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...40 lines deleted...]
-      <c r="H5">
+      <c r="J24" t="s">
+        <v>106</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>81</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>186</v>
+      </c>
+      <c r="D25" t="s">
+        <v>187</v>
+      </c>
+      <c r="E25" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1992</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>106</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>188</v>
+      </c>
+      <c r="M25" t="s">
+        <v>81</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" t="s">
+        <v>60</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1995</v>
+      </c>
+      <c r="I26">
+        <v>2013</v>
+      </c>
+      <c r="J26" t="s">
+        <v>106</v>
+      </c>
+      <c r="K26" t="s">
+        <v>194</v>
+      </c>
+      <c r="L26" t="s">
+        <v>195</v>
+      </c>
+      <c r="M26" t="s">
+        <v>81</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>168</v>
+      </c>
+      <c r="D27" t="s">
+        <v>200</v>
+      </c>
+      <c r="E27" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" t="s">
+        <v>60</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2001</v>
+      </c>
+      <c r="I27">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...43 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J27" t="s">
+        <v>106</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>201</v>
+      </c>
+      <c r="M27" t="s">
+        <v>81</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>112</v>
+      </c>
+      <c r="D28" t="s">
+        <v>206</v>
+      </c>
+      <c r="E28" t="s">
         <v>51</v>
       </c>
-      <c r="J6" t="s">
-[...40 lines deleted...]
-      <c r="I7" t="s">
+      <c r="F28" t="s">
         <v>60</v>
       </c>
-      <c r="J7" t="s">
-[...911 lines deleted...]
-        <v>2016</v>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2016</v>
       </c>
-      <c r="I28" t="s">
-        <v>84</v>
+      <c r="I28">
+        <v>2016</v>
       </c>
       <c r="J28" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="K28" t="s">
-        <v>153</v>
+        <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N28" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>208</v>
+      </c>
+      <c r="P28" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>155</v>
+        <v>210</v>
       </c>
       <c r="B29" t="s">
-        <v>88</v>
+        <v>211</v>
       </c>
       <c r="C29" t="s">
-        <v>156</v>
+        <v>112</v>
       </c>
       <c r="D29" t="s">
-        <v>42</v>
+        <v>212</v>
       </c>
       <c r="E29" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>60</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
-      <c r="I29" t="s">
-        <v>84</v>
+      <c r="I29">
+        <v>2016</v>
       </c>
       <c r="J29" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="K29" t="s">
-        <v>157</v>
+        <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>67</v>
+        <v>213</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N29" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>159</v>
+        <v>216</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>217</v>
       </c>
       <c r="C30" t="s">
-        <v>160</v>
+        <v>112</v>
       </c>
       <c r="D30" t="s">
+        <v>218</v>
+      </c>
+      <c r="E30" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>106</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>219</v>
+      </c>
+      <c r="M30" t="s">
+        <v>81</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>112</v>
+      </c>
+      <c r="D31" t="s">
+        <v>224</v>
+      </c>
+      <c r="E31" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>106</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>225</v>
+      </c>
+      <c r="M31" t="s">
+        <v>81</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>226</v>
+      </c>
+      <c r="P31" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>228</v>
+      </c>
+      <c r="B32" t="s">
+        <v>229</v>
+      </c>
+      <c r="C32" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" t="s">
+        <v>230</v>
+      </c>
+      <c r="E32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2004</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>106</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>231</v>
+      </c>
+      <c r="M32" t="s">
+        <v>81</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>112</v>
+      </c>
+      <c r="D33" t="s">
+        <v>236</v>
+      </c>
+      <c r="E33" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" t="s">
+        <v>60</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1995</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>106</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>237</v>
+      </c>
+      <c r="M33" t="s">
+        <v>81</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>238</v>
+      </c>
+      <c r="P33" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>240</v>
+      </c>
+      <c r="B34" t="s">
+        <v>241</v>
+      </c>
+      <c r="C34" t="s">
+        <v>112</v>
+      </c>
+      <c r="D34" t="s">
+        <v>193</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>60</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1996</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>106</v>
+      </c>
+      <c r="K34" t="s">
+        <v>194</v>
+      </c>
+      <c r="L34" t="s">
+        <v>242</v>
+      </c>
+      <c r="M34" t="s">
+        <v>81</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>243</v>
+      </c>
+      <c r="P34" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>245</v>
+      </c>
+      <c r="B35" t="s">
+        <v>246</v>
+      </c>
+      <c r="C35" t="s">
+        <v>112</v>
+      </c>
+      <c r="D35" t="s">
+        <v>247</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
+        <v>60</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2001</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>106</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>248</v>
+      </c>
+      <c r="M35" t="s">
+        <v>81</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>249</v>
+      </c>
+      <c r="P35" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>251</v>
+      </c>
+      <c r="B36" t="s">
+        <v>252</v>
+      </c>
+      <c r="C36" t="s">
+        <v>112</v>
+      </c>
+      <c r="D36" t="s">
+        <v>105</v>
+      </c>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
+        <v>60</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2016</v>
+      </c>
+      <c r="J36" t="s">
+        <v>106</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>253</v>
+      </c>
+      <c r="M36" t="s">
+        <v>81</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>254</v>
+      </c>
+      <c r="P36" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>256</v>
+      </c>
+      <c r="B37" t="s">
+        <v>257</v>
+      </c>
+      <c r="C37" t="s">
+        <v>112</v>
+      </c>
+      <c r="D37" t="s">
+        <v>143</v>
+      </c>
+      <c r="E37" t="s">
+        <v>51</v>
+      </c>
+      <c r="F37" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2001</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>106</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>258</v>
+      </c>
+      <c r="M37" t="s">
+        <v>81</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>259</v>
+      </c>
+      <c r="P37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>262</v>
+      </c>
+      <c r="C38" t="s">
+        <v>112</v>
+      </c>
+      <c r="D38" t="s">
+        <v>263</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" t="s">
+        <v>60</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>106</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>264</v>
+      </c>
+      <c r="M38" t="s">
+        <v>81</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>265</v>
+      </c>
+      <c r="P38" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>267</v>
+      </c>
+      <c r="B39" t="s">
+        <v>268</v>
+      </c>
+      <c r="C39" t="s">
+        <v>112</v>
+      </c>
+      <c r="D39" t="s">
+        <v>155</v>
+      </c>
+      <c r="E39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F39" t="s">
+        <v>60</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
+      <c r="J39" t="s">
+        <v>106</v>
+      </c>
+      <c r="K39" t="s">
+        <v>269</v>
+      </c>
+      <c r="L39" t="s">
+        <v>270</v>
+      </c>
+      <c r="M39" t="s">
+        <v>81</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>271</v>
+      </c>
+      <c r="P39" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>273</v>
+      </c>
+      <c r="B40" t="s">
+        <v>274</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>275</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>60</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2003</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>106</v>
+      </c>
+      <c r="K40" t="s">
+        <v>276</v>
+      </c>
+      <c r="L40" t="s">
+        <v>277</v>
+      </c>
+      <c r="M40" t="s">
+        <v>81</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>278</v>
+      </c>
+      <c r="P40" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>280</v>
+      </c>
+      <c r="B41" t="s">
+        <v>281</v>
+      </c>
+      <c r="C41" t="s">
+        <v>112</v>
+      </c>
+      <c r="D41" t="s">
+        <v>282</v>
+      </c>
+      <c r="E41" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" t="s">
+        <v>60</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2004</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>106</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>283</v>
+      </c>
+      <c r="M41" t="s">
+        <v>81</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>284</v>
+      </c>
+      <c r="P41" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>286</v>
+      </c>
+      <c r="B42" t="s">
+        <v>287</v>
+      </c>
+      <c r="C42" t="s">
+        <v>112</v>
+      </c>
+      <c r="D42" t="s">
+        <v>288</v>
+      </c>
+      <c r="E42" t="s">
+        <v>51</v>
+      </c>
+      <c r="F42" t="s">
+        <v>60</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1996</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>106</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>289</v>
+      </c>
+      <c r="M42" t="s">
+        <v>81</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>290</v>
+      </c>
+      <c r="P42" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>292</v>
+      </c>
+      <c r="B43" t="s">
+        <v>293</v>
+      </c>
+      <c r="C43" t="s">
+        <v>112</v>
+      </c>
+      <c r="D43" t="s">
+        <v>294</v>
+      </c>
+      <c r="E43" t="s">
+        <v>51</v>
+      </c>
+      <c r="F43" t="s">
+        <v>60</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2001</v>
+      </c>
+      <c r="I43">
+        <v>2018</v>
+      </c>
+      <c r="J43" t="s">
+        <v>106</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>295</v>
+      </c>
+      <c r="M43" t="s">
+        <v>81</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>296</v>
+      </c>
+      <c r="P43" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>298</v>
+      </c>
+      <c r="B44" t="s">
+        <v>299</v>
+      </c>
+      <c r="C44" t="s">
+        <v>112</v>
+      </c>
+      <c r="D44" t="s">
+        <v>300</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2004</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
+      <c r="J44" t="s">
+        <v>106</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>301</v>
+      </c>
+      <c r="M44" t="s">
+        <v>81</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>302</v>
+      </c>
+      <c r="P44" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>304</v>
+      </c>
+      <c r="B45" t="s">
+        <v>305</v>
+      </c>
+      <c r="C45" t="s">
+        <v>112</v>
+      </c>
+      <c r="D45" t="s">
+        <v>306</v>
+      </c>
+      <c r="E45" t="s">
+        <v>51</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1998</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>106</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>307</v>
+      </c>
+      <c r="M45" t="s">
+        <v>81</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>308</v>
+      </c>
+      <c r="P45" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>310</v>
+      </c>
+      <c r="B46" t="s">
+        <v>311</v>
+      </c>
+      <c r="C46" t="s">
+        <v>112</v>
+      </c>
+      <c r="D46" t="s">
+        <v>312</v>
+      </c>
+      <c r="E46" t="s">
+        <v>51</v>
+      </c>
+      <c r="F46" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2012</v>
+      </c>
+      <c r="I46">
+        <v>2019</v>
+      </c>
+      <c r="J46" t="s">
+        <v>106</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>313</v>
+      </c>
+      <c r="M46" t="s">
+        <v>81</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>314</v>
+      </c>
+      <c r="P46" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>316</v>
+      </c>
+      <c r="B47" t="s">
+        <v>317</v>
+      </c>
+      <c r="C47" t="s">
+        <v>112</v>
+      </c>
+      <c r="D47" t="s">
+        <v>318</v>
+      </c>
+      <c r="E47" t="s">
+        <v>51</v>
+      </c>
+      <c r="F47" t="s">
+        <v>60</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>106</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>319</v>
+      </c>
+      <c r="M47" t="s">
+        <v>81</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>320</v>
+      </c>
+      <c r="P47" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>322</v>
+      </c>
+      <c r="B48" t="s">
+        <v>323</v>
+      </c>
+      <c r="C48" t="s">
+        <v>69</v>
+      </c>
+      <c r="D48" t="s">
+        <v>324</v>
+      </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" t="s">
+        <v>60</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>106</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>325</v>
+      </c>
+      <c r="M48" t="s">
+        <v>326</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>327</v>
+      </c>
+      <c r="P48" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>329</v>
+      </c>
+      <c r="B49" t="s">
+        <v>330</v>
+      </c>
+      <c r="C49" t="s">
+        <v>69</v>
+      </c>
+      <c r="D49" t="s">
+        <v>331</v>
+      </c>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" t="s">
+        <v>60</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2018</v>
+      </c>
+      <c r="I49">
+        <v>2020</v>
+      </c>
+      <c r="J49" t="s">
+        <v>106</v>
+      </c>
+      <c r="K49" t="s">
+        <v>276</v>
+      </c>
+      <c r="L49" t="s">
+        <v>219</v>
+      </c>
+      <c r="M49" t="s">
+        <v>326</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>332</v>
+      </c>
+      <c r="P49" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>334</v>
+      </c>
+      <c r="B50" t="s">
+        <v>335</v>
+      </c>
+      <c r="C50" t="s">
+        <v>336</v>
+      </c>
+      <c r="D50" t="s">
+        <v>143</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1987</v>
+      </c>
+      <c r="I50">
+        <v>1988</v>
+      </c>
+      <c r="J50" t="s">
+        <v>337</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>338</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>339</v>
+      </c>
+      <c r="P50" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>341</v>
+      </c>
+      <c r="B51" t="s">
+        <v>342</v>
+      </c>
+      <c r="C51" t="s">
+        <v>336</v>
+      </c>
+      <c r="D51" t="s">
+        <v>343</v>
+      </c>
+      <c r="E51" t="s">
+        <v>51</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1987</v>
+      </c>
+      <c r="I51">
+        <v>1988</v>
+      </c>
+      <c r="J51" t="s">
+        <v>337</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>344</v>
+      </c>
+      <c r="M51" t="s">
+        <v>338</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>345</v>
+      </c>
+      <c r="P51" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="B52" t="s">
+        <v>348</v>
+      </c>
+      <c r="C52" t="s">
+        <v>336</v>
+      </c>
+      <c r="D52" t="s">
+        <v>306</v>
+      </c>
+      <c r="E52" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1989</v>
+      </c>
+      <c r="I52">
+        <v>1991</v>
+      </c>
+      <c r="J52" t="s">
+        <v>337</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>349</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>350</v>
+      </c>
+      <c r="P52" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>352</v>
+      </c>
+      <c r="B53" t="s">
+        <v>353</v>
+      </c>
+      <c r="C53" t="s">
+        <v>336</v>
+      </c>
+      <c r="D53" t="s">
+        <v>200</v>
+      </c>
+      <c r="E53" t="s">
+        <v>51</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1989</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>354</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>338</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>355</v>
+      </c>
+      <c r="P53" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>357</v>
+      </c>
+      <c r="B54" t="s">
+        <v>358</v>
+      </c>
+      <c r="C54" t="s">
+        <v>336</v>
+      </c>
+      <c r="D54" t="s">
+        <v>359</v>
+      </c>
+      <c r="E54" t="s">
+        <v>51</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1989</v>
+      </c>
+      <c r="I54">
+        <v>1992</v>
+      </c>
+      <c r="J54" t="s">
+        <v>354</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>338</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>360</v>
+      </c>
+      <c r="P54" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>362</v>
+      </c>
+      <c r="B55" t="s">
+        <v>363</v>
+      </c>
+      <c r="C55" t="s">
+        <v>336</v>
+      </c>
+      <c r="D55" t="s">
+        <v>288</v>
+      </c>
+      <c r="E55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1986</v>
+      </c>
+      <c r="I55">
+        <v>1988</v>
+      </c>
+      <c r="J55" t="s">
+        <v>337</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>338</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>364</v>
+      </c>
+      <c r="P55" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>366</v>
+      </c>
+      <c r="B56" t="s">
+        <v>367</v>
+      </c>
+      <c r="C56" t="s">
+        <v>336</v>
+      </c>
+      <c r="D56" t="s">
+        <v>368</v>
+      </c>
+      <c r="E56" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" t="s">
         <v>42</v>
       </c>
-      <c r="E30" t="s">
-[...5 lines deleted...]
-      <c r="G30">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1999</v>
+      </c>
+      <c r="I56">
+        <v>2000</v>
+      </c>
+      <c r="J56" t="s">
+        <v>337</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>369</v>
+      </c>
+      <c r="M56" t="s">
+        <v>349</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>370</v>
+      </c>
+      <c r="P56" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>372</v>
+      </c>
+      <c r="B57" t="s">
+        <v>373</v>
+      </c>
+      <c r="C57" t="s">
+        <v>336</v>
+      </c>
+      <c r="D57" t="s">
+        <v>143</v>
+      </c>
+      <c r="E57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" t="s">
+        <v>42</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>337</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>374</v>
+      </c>
+      <c r="M57" t="s">
+        <v>349</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>375</v>
+      </c>
+      <c r="P57" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>377</v>
+      </c>
+      <c r="B58" t="s">
+        <v>378</v>
+      </c>
+      <c r="C58" t="s">
+        <v>336</v>
+      </c>
+      <c r="D58" t="s">
+        <v>92</v>
+      </c>
+      <c r="E58" t="s">
+        <v>51</v>
+      </c>
+      <c r="F58" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2011</v>
+      </c>
+      <c r="I58">
+        <v>2014</v>
+      </c>
+      <c r="J58" t="s">
+        <v>337</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>379</v>
+      </c>
+      <c r="M58" t="s">
+        <v>349</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>380</v>
+      </c>
+      <c r="P58" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>382</v>
+      </c>
+      <c r="B59" t="s">
+        <v>383</v>
+      </c>
+      <c r="C59" t="s">
+        <v>58</v>
+      </c>
+      <c r="D59" t="s">
+        <v>368</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>42</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2006</v>
+      </c>
+      <c r="I59">
+        <v>2022</v>
+      </c>
+      <c r="J59" t="s">
+        <v>384</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>385</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>386</v>
+      </c>
+      <c r="P59" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>388</v>
+      </c>
+      <c r="B60" t="s">
+        <v>389</v>
+      </c>
+      <c r="C60" t="s">
+        <v>58</v>
+      </c>
+      <c r="D60" t="s">
+        <v>92</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>42</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1984</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>384</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>390</v>
+      </c>
+      <c r="M60" t="s">
+        <v>385</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>391</v>
+      </c>
+      <c r="P60" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>393</v>
+      </c>
+      <c r="B61" t="s">
+        <v>394</v>
+      </c>
+      <c r="C61" t="s">
+        <v>58</v>
+      </c>
+      <c r="D61" t="s">
+        <v>288</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>42</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2008</v>
+      </c>
+      <c r="I61">
+        <v>2020</v>
+      </c>
+      <c r="J61" t="s">
+        <v>384</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>395</v>
+      </c>
+      <c r="M61" t="s">
+        <v>385</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>396</v>
+      </c>
+      <c r="P61" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>398</v>
+      </c>
+      <c r="B62" t="s">
+        <v>399</v>
+      </c>
+      <c r="C62" t="s">
+        <v>58</v>
+      </c>
+      <c r="D62" t="s">
+        <v>137</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>42</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2008</v>
+      </c>
+      <c r="I62">
+        <v>2021</v>
+      </c>
+      <c r="J62" t="s">
+        <v>384</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>400</v>
+      </c>
+      <c r="M62" t="s">
+        <v>385</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>401</v>
+      </c>
+      <c r="P62" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>403</v>
+      </c>
+      <c r="B63" t="s">
+        <v>404</v>
+      </c>
+      <c r="C63" t="s">
+        <v>58</v>
+      </c>
+      <c r="D63" t="s">
+        <v>405</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>42</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63">
+        <v>2021</v>
+      </c>
+      <c r="J63" t="s">
+        <v>384</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>406</v>
+      </c>
+      <c r="M63" t="s">
+        <v>385</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>407</v>
+      </c>
+      <c r="P63" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>409</v>
+      </c>
+      <c r="B64" t="s">
+        <v>410</v>
+      </c>
+      <c r="C64" t="s">
+        <v>58</v>
+      </c>
+      <c r="D64" t="s">
+        <v>411</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>42</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
+        <v>2021</v>
+      </c>
+      <c r="J64" t="s">
+        <v>384</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>412</v>
+      </c>
+      <c r="M64" t="s">
+        <v>385</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>413</v>
+      </c>
+      <c r="P64" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>415</v>
+      </c>
+      <c r="B65" t="s">
+        <v>416</v>
+      </c>
+      <c r="C65" t="s">
+        <v>58</v>
+      </c>
+      <c r="D65" t="s">
+        <v>417</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>42</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2010</v>
+      </c>
+      <c r="I65">
+        <v>2021</v>
+      </c>
+      <c r="J65" t="s">
+        <v>384</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>418</v>
+      </c>
+      <c r="M65" t="s">
+        <v>385</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>419</v>
+      </c>
+      <c r="P65" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>421</v>
+      </c>
+      <c r="B66" t="s">
+        <v>422</v>
+      </c>
+      <c r="C66" t="s">
+        <v>58</v>
+      </c>
+      <c r="D66" t="s">
+        <v>143</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>42</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2001</v>
+      </c>
+      <c r="I66">
+        <v>2021</v>
+      </c>
+      <c r="J66" t="s">
+        <v>384</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>423</v>
+      </c>
+      <c r="M66" t="s">
+        <v>385</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>424</v>
+      </c>
+      <c r="P66" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>426</v>
+      </c>
+      <c r="B67" t="s">
+        <v>427</v>
+      </c>
+      <c r="C67" t="s">
+        <v>58</v>
+      </c>
+      <c r="D67" t="s">
+        <v>306</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>42</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67">
+        <v>2021</v>
+      </c>
+      <c r="J67" t="s">
+        <v>384</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>428</v>
+      </c>
+      <c r="M67" t="s">
+        <v>385</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>429</v>
+      </c>
+      <c r="P67" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>431</v>
+      </c>
+      <c r="B68" t="s">
+        <v>432</v>
+      </c>
+      <c r="C68" t="s">
+        <v>58</v>
+      </c>
+      <c r="D68" t="s">
+        <v>433</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>42</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68">
+        <v>2021</v>
+      </c>
+      <c r="J68" t="s">
+        <v>384</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>434</v>
+      </c>
+      <c r="M68" t="s">
+        <v>385</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>435</v>
+      </c>
+      <c r="P68" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>437</v>
+      </c>
+      <c r="B69" t="s">
+        <v>438</v>
+      </c>
+      <c r="C69" t="s">
+        <v>58</v>
+      </c>
+      <c r="D69" t="s">
+        <v>439</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>42</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2012</v>
       </c>
-      <c r="H30">
+      <c r="I69">
+        <v>2021</v>
+      </c>
+      <c r="J69" t="s">
+        <v>384</v>
+      </c>
+      <c r="K69" t="s">
+        <v>440</v>
+      </c>
+      <c r="L69" t="s">
+        <v>441</v>
+      </c>
+      <c r="M69" t="s">
+        <v>385</v>
+      </c>
+      <c r="N69" t="s">
+        <v>442</v>
+      </c>
+      <c r="O69" t="s">
+        <v>443</v>
+      </c>
+      <c r="P69" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>445</v>
+      </c>
+      <c r="B70" t="s">
+        <v>446</v>
+      </c>
+      <c r="C70" t="s">
+        <v>58</v>
+      </c>
+      <c r="D70" t="s">
+        <v>368</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>42</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2015</v>
+      </c>
+      <c r="I70">
+        <v>2022</v>
+      </c>
+      <c r="J70" t="s">
+        <v>384</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>447</v>
+      </c>
+      <c r="M70" t="s">
+        <v>385</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>448</v>
+      </c>
+      <c r="P70" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>450</v>
+      </c>
+      <c r="B71" t="s">
+        <v>451</v>
+      </c>
+      <c r="C71" t="s">
+        <v>58</v>
+      </c>
+      <c r="D71" t="s">
+        <v>137</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>42</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2008</v>
+      </c>
+      <c r="I71">
+        <v>2022</v>
+      </c>
+      <c r="J71" t="s">
+        <v>384</v>
+      </c>
+      <c r="K71" t="s">
+        <v>62</v>
+      </c>
+      <c r="L71" t="s">
+        <v>452</v>
+      </c>
+      <c r="M71" t="s">
+        <v>385</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>453</v>
+      </c>
+      <c r="P71" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>455</v>
+      </c>
+      <c r="B72" t="s">
+        <v>456</v>
+      </c>
+      <c r="C72" t="s">
+        <v>457</v>
+      </c>
+      <c r="D72" t="s">
+        <v>458</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2001</v>
+      </c>
+      <c r="I72">
+        <v>2015</v>
+      </c>
+      <c r="J72" t="s">
+        <v>459</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>460</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>461</v>
+      </c>
+      <c r="P72" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>463</v>
+      </c>
+      <c r="B73" t="s">
+        <v>464</v>
+      </c>
+      <c r="C73" t="s">
+        <v>457</v>
+      </c>
+      <c r="D73" t="s">
+        <v>458</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>42</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2001</v>
+      </c>
+      <c r="I73">
+        <v>2015</v>
+      </c>
+      <c r="J73" t="s">
+        <v>459</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>460</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>465</v>
+      </c>
+      <c r="P73" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>467</v>
+      </c>
+      <c r="B74" t="s">
+        <v>468</v>
+      </c>
+      <c r="C74" t="s">
+        <v>457</v>
+      </c>
+      <c r="D74" t="s">
+        <v>143</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2001</v>
+      </c>
+      <c r="I74">
+        <v>2015</v>
+      </c>
+      <c r="J74" t="s">
+        <v>459</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>460</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>469</v>
+      </c>
+      <c r="P74" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>471</v>
+      </c>
+      <c r="B75" t="s">
+        <v>472</v>
+      </c>
+      <c r="C75" t="s">
+        <v>457</v>
+      </c>
+      <c r="D75" t="s">
+        <v>143</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>42</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2001</v>
+      </c>
+      <c r="I75">
+        <v>2015</v>
+      </c>
+      <c r="J75" t="s">
+        <v>459</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>460</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>473</v>
+      </c>
+      <c r="P75" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>475</v>
+      </c>
+      <c r="B76" t="s">
+        <v>476</v>
+      </c>
+      <c r="C76" t="s">
+        <v>457</v>
+      </c>
+      <c r="D76" t="s">
+        <v>368</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2000</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>459</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>477</v>
+      </c>
+      <c r="M76" t="s">
+        <v>460</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>478</v>
+      </c>
+      <c r="P76" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>480</v>
+      </c>
+      <c r="B77" t="s">
+        <v>481</v>
+      </c>
+      <c r="C77" t="s">
+        <v>457</v>
+      </c>
+      <c r="D77" t="s">
+        <v>368</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>42</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2000</v>
+      </c>
+      <c r="I77">
+        <v>2015</v>
+      </c>
+      <c r="J77" t="s">
+        <v>459</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>460</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>482</v>
+      </c>
+      <c r="P77" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>484</v>
+      </c>
+      <c r="B78" t="s">
+        <v>485</v>
+      </c>
+      <c r="C78" t="s">
+        <v>457</v>
+      </c>
+      <c r="D78" t="s">
+        <v>486</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1996</v>
+      </c>
+      <c r="I78">
+        <v>2017</v>
+      </c>
+      <c r="J78" t="s">
+        <v>459</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>460</v>
+      </c>
+      <c r="N78" t="s">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>487</v>
+      </c>
+      <c r="P78" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>489</v>
+      </c>
+      <c r="B79" t="s">
+        <v>490</v>
+      </c>
+      <c r="C79" t="s">
+        <v>457</v>
+      </c>
+      <c r="D79" t="s">
+        <v>486</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>42</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1996</v>
+      </c>
+      <c r="I79">
+        <v>2018</v>
+      </c>
+      <c r="J79" t="s">
+        <v>459</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>460</v>
+      </c>
+      <c r="N79" t="s">
+        <v>36</v>
+      </c>
+      <c r="O79" t="s">
+        <v>491</v>
+      </c>
+      <c r="P79" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>493</v>
+      </c>
+      <c r="B80" t="s">
+        <v>494</v>
+      </c>
+      <c r="C80" t="s">
+        <v>457</v>
+      </c>
+      <c r="D80" t="s">
+        <v>288</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1996</v>
+      </c>
+      <c r="I80">
         <v>2019</v>
       </c>
-      <c r="I30" t="s">
-[...28 lines deleted...]
-      <c r="D31" t="s">
+      <c r="J80" t="s">
+        <v>52</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>495</v>
+      </c>
+      <c r="M80" t="s">
+        <v>460</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>496</v>
+      </c>
+      <c r="P80" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>498</v>
+      </c>
+      <c r="B81" t="s">
+        <v>499</v>
+      </c>
+      <c r="C81" t="s">
+        <v>457</v>
+      </c>
+      <c r="D81" t="s">
+        <v>288</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
         <v>42</v>
       </c>
-      <c r="E31" t="s">
-[...40 lines deleted...]
-      <c r="D32" t="s">
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>1996</v>
+      </c>
+      <c r="I81">
+        <v>2019</v>
+      </c>
+      <c r="J81" t="s">
+        <v>52</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>495</v>
+      </c>
+      <c r="M81" t="s">
+        <v>460</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>500</v>
+      </c>
+      <c r="P81" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>502</v>
+      </c>
+      <c r="B82" t="s">
+        <v>503</v>
+      </c>
+      <c r="C82" t="s">
+        <v>457</v>
+      </c>
+      <c r="D82" t="s">
+        <v>504</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1996</v>
+      </c>
+      <c r="I82">
+        <v>2017</v>
+      </c>
+      <c r="J82" t="s">
+        <v>459</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>505</v>
+      </c>
+      <c r="M82" t="s">
+        <v>460</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>506</v>
+      </c>
+      <c r="P82" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>508</v>
+      </c>
+      <c r="B83" t="s">
+        <v>509</v>
+      </c>
+      <c r="C83" t="s">
+        <v>457</v>
+      </c>
+      <c r="D83" t="s">
+        <v>504</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>42</v>
       </c>
-      <c r="E32" t="s">
-[...8 lines deleted...]
-      <c r="H32">
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1996</v>
+      </c>
+      <c r="I83">
+        <v>2017</v>
+      </c>
+      <c r="J83" t="s">
+        <v>459</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>460</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>510</v>
+      </c>
+      <c r="P83" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>512</v>
+      </c>
+      <c r="B84" t="s">
+        <v>513</v>
+      </c>
+      <c r="C84" t="s">
+        <v>457</v>
+      </c>
+      <c r="D84" t="s">
+        <v>514</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2016</v>
+      </c>
+      <c r="I84">
         <v>2020</v>
       </c>
-      <c r="I32" t="s">
-[...28 lines deleted...]
-      <c r="D33" t="s">
+      <c r="J84" t="s">
+        <v>52</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>460</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>515</v>
+      </c>
+      <c r="P84" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>512</v>
+      </c>
+      <c r="B85" t="s">
+        <v>517</v>
+      </c>
+      <c r="C85" t="s">
+        <v>457</v>
+      </c>
+      <c r="D85" t="s">
+        <v>514</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2016</v>
+      </c>
+      <c r="I85">
+        <v>2020</v>
+      </c>
+      <c r="J85" t="s">
+        <v>52</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>460</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>518</v>
+      </c>
+      <c r="P85" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>520</v>
+      </c>
+      <c r="B86" t="s">
+        <v>521</v>
+      </c>
+      <c r="C86" t="s">
+        <v>457</v>
+      </c>
+      <c r="D86" t="s">
+        <v>368</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
         <v>42</v>
       </c>
-      <c r="E33" t="s">
-[...40 lines deleted...]
-      <c r="D34" t="s">
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2016</v>
+      </c>
+      <c r="I86">
+        <v>2020</v>
+      </c>
+      <c r="J86" t="s">
+        <v>52</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>460</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>522</v>
+      </c>
+      <c r="P86" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>520</v>
+      </c>
+      <c r="B87" t="s">
+        <v>524</v>
+      </c>
+      <c r="C87" t="s">
+        <v>457</v>
+      </c>
+      <c r="D87" t="s">
+        <v>368</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
         <v>42</v>
       </c>
-      <c r="E34" t="s">
-[...5 lines deleted...]
-      <c r="G34">
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2016</v>
+      </c>
+      <c r="I87">
+        <v>2020</v>
+      </c>
+      <c r="J87" t="s">
+        <v>52</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>460</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>525</v>
+      </c>
+      <c r="P87" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>527</v>
+      </c>
+      <c r="B88" t="s">
+        <v>528</v>
+      </c>
+      <c r="C88" t="s">
+        <v>457</v>
+      </c>
+      <c r="D88" t="s">
+        <v>529</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2000</v>
+      </c>
+      <c r="I88">
+        <v>2016</v>
+      </c>
+      <c r="J88" t="s">
+        <v>459</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>460</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>530</v>
+      </c>
+      <c r="P88" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>532</v>
+      </c>
+      <c r="B89" t="s">
+        <v>533</v>
+      </c>
+      <c r="C89" t="s">
+        <v>457</v>
+      </c>
+      <c r="D89" t="s">
+        <v>529</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>42</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2000</v>
+      </c>
+      <c r="I89">
+        <v>2020</v>
+      </c>
+      <c r="J89" t="s">
+        <v>52</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>460</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>534</v>
+      </c>
+      <c r="P89" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>536</v>
+      </c>
+      <c r="B90" t="s">
+        <v>537</v>
+      </c>
+      <c r="C90" t="s">
+        <v>457</v>
+      </c>
+      <c r="D90" t="s">
+        <v>529</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>42</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90">
+        <v>2020</v>
+      </c>
+      <c r="J90" t="s">
+        <v>52</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>460</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>538</v>
+      </c>
+      <c r="P90" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>540</v>
+      </c>
+      <c r="B91" t="s">
+        <v>541</v>
+      </c>
+      <c r="C91" t="s">
+        <v>542</v>
+      </c>
+      <c r="D91" t="s">
+        <v>543</v>
+      </c>
+      <c r="E91" t="s">
+        <v>51</v>
+      </c>
+      <c r="F91" t="s">
+        <v>42</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2002</v>
+      </c>
+      <c r="I91">
+        <v>2010</v>
+      </c>
+      <c r="J91" t="s">
+        <v>384</v>
+      </c>
+      <c r="K91" t="s">
+        <v>276</v>
+      </c>
+      <c r="L91" t="s">
+        <v>544</v>
+      </c>
+      <c r="M91" t="s">
+        <v>545</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>546</v>
+      </c>
+      <c r="P91" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>548</v>
+      </c>
+      <c r="B92" t="s">
+        <v>549</v>
+      </c>
+      <c r="C92" t="s">
+        <v>550</v>
+      </c>
+      <c r="D92" t="s">
+        <v>551</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>42</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
         <v>1996</v>
       </c>
-      <c r="H34">
-[...31 lines deleted...]
-      <c r="D35" t="s">
+      <c r="I92">
+        <v>2017</v>
+      </c>
+      <c r="J92" t="s">
+        <v>552</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>553</v>
+      </c>
+      <c r="M92" t="s">
+        <v>554</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>555</v>
+      </c>
+      <c r="P92" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>557</v>
+      </c>
+      <c r="B93" t="s">
+        <v>558</v>
+      </c>
+      <c r="C93" t="s">
+        <v>550</v>
+      </c>
+      <c r="D93" t="s">
+        <v>559</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1996</v>
+      </c>
+      <c r="I93">
+        <v>2017</v>
+      </c>
+      <c r="J93" t="s">
+        <v>552</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>554</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>560</v>
+      </c>
+      <c r="P93" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>561</v>
+      </c>
+      <c r="B94" t="s">
+        <v>562</v>
+      </c>
+      <c r="C94" t="s">
+        <v>542</v>
+      </c>
+      <c r="D94" t="s">
+        <v>368</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
         <v>42</v>
       </c>
-      <c r="E35" t="s">
-[...2558 lines deleted...]
-        <v>2010</v>
+      <c r="G94" t="s">
+        <v>22</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
-      <c r="I94" t="s">
-        <v>378</v>
+      <c r="I94">
+        <v>2010</v>
       </c>
       <c r="J94" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>563</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
+        <v>545</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>564</v>
+      </c>
+      <c r="P94" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>566</v>
+      </c>
+      <c r="B95" t="s">
+        <v>567</v>
+      </c>
+      <c r="C95" t="s">
+        <v>58</v>
+      </c>
+      <c r="D95" t="s">
+        <v>288</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2007</v>
+      </c>
+      <c r="I95">
+        <v>2022</v>
+      </c>
+      <c r="J95" t="s">
+        <v>384</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>568</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>569</v>
+      </c>
+      <c r="P95" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>571</v>
+      </c>
+      <c r="B96" t="s">
+        <v>572</v>
+      </c>
+      <c r="C96" t="s">
+        <v>58</v>
+      </c>
+      <c r="D96" t="s">
+        <v>368</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2006</v>
+      </c>
+      <c r="I96">
+        <v>2010</v>
+      </c>
+      <c r="J96" t="s">
+        <v>384</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>568</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>573</v>
+      </c>
+      <c r="P96" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>575</v>
+      </c>
+      <c r="B97" t="s">
+        <v>576</v>
+      </c>
+      <c r="C97" t="s">
+        <v>58</v>
+      </c>
+      <c r="D97" t="s">
+        <v>368</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2006</v>
+      </c>
+      <c r="I97">
+        <v>2010</v>
+      </c>
+      <c r="J97" t="s">
+        <v>384</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>568</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>577</v>
+      </c>
+      <c r="P97" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>579</v>
+      </c>
+      <c r="B98" t="s">
+        <v>580</v>
+      </c>
+      <c r="C98" t="s">
+        <v>58</v>
+      </c>
+      <c r="D98" t="s">
+        <v>155</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2008</v>
+      </c>
+      <c r="I98">
+        <v>2011</v>
+      </c>
+      <c r="J98" t="s">
+        <v>384</v>
+      </c>
+      <c r="K98" t="s">
+        <v>62</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>568</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>581</v>
+      </c>
+      <c r="P98" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>583</v>
+      </c>
+      <c r="B99" t="s">
+        <v>584</v>
+      </c>
+      <c r="C99" t="s">
+        <v>58</v>
+      </c>
+      <c r="D99" t="s">
+        <v>137</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2007</v>
+      </c>
+      <c r="I99">
+        <v>2011</v>
+      </c>
+      <c r="J99" t="s">
+        <v>384</v>
+      </c>
+      <c r="K99" t="s">
+        <v>62</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>568</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>585</v>
+      </c>
+      <c r="P99" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>587</v>
+      </c>
+      <c r="B100" t="s">
+        <v>588</v>
+      </c>
+      <c r="C100" t="s">
+        <v>58</v>
+      </c>
+      <c r="D100" t="s">
+        <v>143</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2007</v>
+      </c>
+      <c r="I100">
+        <v>2018</v>
+      </c>
+      <c r="J100" t="s">
+        <v>384</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>568</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>589</v>
+      </c>
+      <c r="P100" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>591</v>
+      </c>
+      <c r="B101" t="s">
+        <v>592</v>
+      </c>
+      <c r="C101" t="s">
+        <v>58</v>
+      </c>
+      <c r="D101" t="s">
+        <v>486</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2002</v>
+      </c>
+      <c r="I101">
+        <v>2017</v>
+      </c>
+      <c r="J101" t="s">
+        <v>384</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>593</v>
+      </c>
+      <c r="M101" t="s">
+        <v>568</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>594</v>
+      </c>
+      <c r="P101" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>596</v>
+      </c>
+      <c r="B102" t="s">
+        <v>597</v>
+      </c>
+      <c r="C102" t="s">
+        <v>58</v>
+      </c>
+      <c r="D102" t="s">
+        <v>247</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2008</v>
+      </c>
+      <c r="I102">
+        <v>2017</v>
+      </c>
+      <c r="J102" t="s">
+        <v>384</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>598</v>
+      </c>
+      <c r="M102" t="s">
+        <v>568</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>599</v>
+      </c>
+      <c r="P102" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>601</v>
+      </c>
+      <c r="B103" t="s">
+        <v>602</v>
+      </c>
+      <c r="C103" t="s">
+        <v>603</v>
+      </c>
+      <c r="D103" t="s">
+        <v>417</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2014</v>
+      </c>
+      <c r="I103">
+        <v>2025</v>
+      </c>
+      <c r="J103" t="s">
+        <v>604</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>605</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>606</v>
+      </c>
+      <c r="P103" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>608</v>
+      </c>
+      <c r="B104" t="s">
+        <v>609</v>
+      </c>
+      <c r="C104" t="s">
+        <v>603</v>
+      </c>
+      <c r="D104" t="s">
+        <v>92</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>71</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2010</v>
+      </c>
+      <c r="I104">
+        <v>2016</v>
+      </c>
+      <c r="J104" t="s">
+        <v>610</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
+        <v>611</v>
+      </c>
+      <c r="M104" t="s">
+        <v>605</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>612</v>
+      </c>
+      <c r="P104" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>614</v>
+      </c>
+      <c r="B105" t="s">
+        <v>615</v>
+      </c>
+      <c r="C105" t="s">
+        <v>603</v>
+      </c>
+      <c r="D105" t="s">
+        <v>616</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2004</v>
+      </c>
+      <c r="I105">
+        <v>2015</v>
+      </c>
+      <c r="J105" t="s">
+        <v>604</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>617</v>
+      </c>
+      <c r="M105" t="s">
+        <v>605</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>618</v>
+      </c>
+      <c r="P105" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>620</v>
+      </c>
+      <c r="B106" t="s">
+        <v>621</v>
+      </c>
+      <c r="C106" t="s">
+        <v>603</v>
+      </c>
+      <c r="D106" t="s">
+        <v>417</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>1996</v>
+      </c>
+      <c r="I106">
+        <v>2005</v>
+      </c>
+      <c r="J106" t="s">
+        <v>33</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>620</v>
+      </c>
+      <c r="M106" t="s">
+        <v>605</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>622</v>
+      </c>
+      <c r="P106" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>624</v>
+      </c>
+      <c r="B107" t="s">
+        <v>625</v>
+      </c>
+      <c r="C107" t="s">
+        <v>603</v>
+      </c>
+      <c r="D107" t="s">
+        <v>236</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>71</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2006</v>
+      </c>
+      <c r="I107">
+        <v>2025</v>
+      </c>
+      <c r="J107" t="s">
+        <v>604</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>626</v>
+      </c>
+      <c r="M107" t="s">
+        <v>605</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>627</v>
+      </c>
+      <c r="P107" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>629</v>
+      </c>
+      <c r="B108" t="s">
+        <v>630</v>
+      </c>
+      <c r="C108" t="s">
+        <v>603</v>
+      </c>
+      <c r="D108" t="s">
+        <v>631</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>632</v>
+      </c>
+      <c r="H108">
+        <v>1997</v>
+      </c>
+      <c r="I108">
+        <v>2005</v>
+      </c>
+      <c r="J108" t="s">
+        <v>610</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>605</v>
+      </c>
+      <c r="N108" t="s">
+        <v>36</v>
+      </c>
+      <c r="O108" t="s">
+        <v>633</v>
+      </c>
+      <c r="P108" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>635</v>
+      </c>
+      <c r="B109" t="s">
+        <v>636</v>
+      </c>
+      <c r="C109" t="s">
+        <v>603</v>
+      </c>
+      <c r="D109" t="s">
+        <v>631</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2004</v>
+      </c>
+      <c r="I109">
+        <v>2025</v>
+      </c>
+      <c r="J109" t="s">
+        <v>604</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>637</v>
+      </c>
+      <c r="M109" t="s">
+        <v>605</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>638</v>
+      </c>
+      <c r="P109" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>640</v>
+      </c>
+      <c r="B110" t="s">
+        <v>641</v>
+      </c>
+      <c r="C110" t="s">
+        <v>603</v>
+      </c>
+      <c r="D110" t="s">
+        <v>486</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>8</v>
+      </c>
+      <c r="H110">
+        <v>2016</v>
+      </c>
+      <c r="I110">
+        <v>2025</v>
+      </c>
+      <c r="J110" t="s">
+        <v>604</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>642</v>
+      </c>
+      <c r="M110" t="s">
+        <v>605</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>643</v>
+      </c>
+      <c r="P110" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>645</v>
+      </c>
+      <c r="B111" t="s">
+        <v>646</v>
+      </c>
+      <c r="C111" t="s">
+        <v>603</v>
+      </c>
+      <c r="D111" t="s">
+        <v>368</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2012</v>
+      </c>
+      <c r="I111">
+        <v>2013</v>
+      </c>
+      <c r="J111" t="s">
+        <v>610</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>645</v>
+      </c>
+      <c r="M111" t="s">
+        <v>605</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>647</v>
+      </c>
+      <c r="P111" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>649</v>
+      </c>
+      <c r="B112" t="s">
+        <v>650</v>
+      </c>
+      <c r="C112" t="s">
+        <v>603</v>
+      </c>
+      <c r="D112" t="s">
+        <v>288</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>1995</v>
+      </c>
+      <c r="I112">
+        <v>2017</v>
+      </c>
+      <c r="J112" t="s">
+        <v>610</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>649</v>
+      </c>
+      <c r="M112" t="s">
+        <v>605</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>651</v>
+      </c>
+      <c r="P112" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>653</v>
+      </c>
+      <c r="B113" t="s">
+        <v>654</v>
+      </c>
+      <c r="C113" t="s">
+        <v>603</v>
+      </c>
+      <c r="D113" t="s">
+        <v>288</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>1995</v>
+      </c>
+      <c r="I113">
+        <v>2018</v>
+      </c>
+      <c r="J113" t="s">
+        <v>610</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>605</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>655</v>
+      </c>
+      <c r="P113" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>657</v>
+      </c>
+      <c r="B114" t="s">
+        <v>658</v>
+      </c>
+      <c r="C114" t="s">
+        <v>603</v>
+      </c>
+      <c r="D114" t="s">
+        <v>659</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2010</v>
+      </c>
+      <c r="I114">
+        <v>2018</v>
+      </c>
+      <c r="J114" t="s">
+        <v>610</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>657</v>
+      </c>
+      <c r="M114" t="s">
+        <v>605</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>660</v>
+      </c>
+      <c r="P114" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>662</v>
+      </c>
+      <c r="B115" t="s">
+        <v>663</v>
+      </c>
+      <c r="C115" t="s">
+        <v>603</v>
+      </c>
+      <c r="D115" t="s">
+        <v>218</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2012</v>
+      </c>
+      <c r="I115">
+        <v>2017</v>
+      </c>
+      <c r="J115" t="s">
+        <v>552</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>662</v>
+      </c>
+      <c r="M115" t="s">
+        <v>605</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>664</v>
+      </c>
+      <c r="P115" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>666</v>
+      </c>
+      <c r="B116" t="s">
+        <v>667</v>
+      </c>
+      <c r="C116" t="s">
+        <v>58</v>
+      </c>
+      <c r="D116" t="s">
+        <v>288</v>
+      </c>
+      <c r="E116" t="s">
+        <v>51</v>
+      </c>
+      <c r="F116" t="s">
+        <v>60</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>1993</v>
+      </c>
+      <c r="I116">
+        <v>2022</v>
+      </c>
+      <c r="J116" t="s">
+        <v>384</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>668</v>
+      </c>
+      <c r="M116" t="s">
+        <v>669</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>670</v>
+      </c>
+      <c r="P116" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>672</v>
+      </c>
+      <c r="B117" t="s">
+        <v>673</v>
+      </c>
+      <c r="C117" t="s">
+        <v>58</v>
+      </c>
+      <c r="D117" t="s">
+        <v>368</v>
+      </c>
+      <c r="E117" t="s">
+        <v>51</v>
+      </c>
+      <c r="F117" t="s">
+        <v>60</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>1993</v>
+      </c>
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>384</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>674</v>
+      </c>
+      <c r="M117" t="s">
+        <v>669</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>675</v>
+      </c>
+      <c r="P117" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>676</v>
+      </c>
+      <c r="B118" t="s">
+        <v>677</v>
+      </c>
+      <c r="C118" t="s">
+        <v>58</v>
+      </c>
+      <c r="D118" t="s">
+        <v>92</v>
+      </c>
+      <c r="E118" t="s">
+        <v>51</v>
+      </c>
+      <c r="F118" t="s">
+        <v>60</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>1993</v>
+      </c>
+      <c r="I118">
+        <v>2010</v>
+      </c>
+      <c r="J118" t="s">
+        <v>384</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>678</v>
+      </c>
+      <c r="M118" t="s">
+        <v>669</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>679</v>
+      </c>
+      <c r="P118" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>680</v>
+      </c>
+      <c r="B119" t="s">
+        <v>681</v>
+      </c>
+      <c r="C119" t="s">
+        <v>58</v>
+      </c>
+      <c r="D119" t="s">
+        <v>486</v>
+      </c>
+      <c r="E119" t="s">
+        <v>51</v>
+      </c>
+      <c r="F119" t="s">
+        <v>60</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>1995</v>
+      </c>
+      <c r="I119">
+        <v>2019</v>
+      </c>
+      <c r="J119" t="s">
+        <v>384</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>682</v>
+      </c>
+      <c r="M119" t="s">
+        <v>669</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>683</v>
+      </c>
+      <c r="P119" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>684</v>
+      </c>
+      <c r="B120" t="s">
+        <v>685</v>
+      </c>
+      <c r="C120" t="s">
+        <v>58</v>
+      </c>
+      <c r="D120" t="s">
+        <v>686</v>
+      </c>
+      <c r="E120" t="s">
+        <v>51</v>
+      </c>
+      <c r="F120" t="s">
+        <v>60</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>1993</v>
+      </c>
+      <c r="I120">
+        <v>2010</v>
+      </c>
+      <c r="J120" t="s">
+        <v>384</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>687</v>
+      </c>
+      <c r="M120" t="s">
+        <v>669</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>688</v>
+      </c>
+      <c r="P120" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>689</v>
+      </c>
+      <c r="B121" t="s">
+        <v>690</v>
+      </c>
+      <c r="C121" t="s">
+        <v>58</v>
+      </c>
+      <c r="D121" t="s">
+        <v>686</v>
+      </c>
+      <c r="E121" t="s">
+        <v>51</v>
+      </c>
+      <c r="F121" t="s">
+        <v>60</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>1993</v>
+      </c>
+      <c r="I121">
+        <v>2013</v>
+      </c>
+      <c r="J121" t="s">
+        <v>384</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>691</v>
+      </c>
+      <c r="M121" t="s">
+        <v>669</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>692</v>
+      </c>
+      <c r="P121" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>694</v>
+      </c>
+      <c r="B122" t="s">
+        <v>695</v>
+      </c>
+      <c r="C122" t="s">
+        <v>58</v>
+      </c>
+      <c r="D122" t="s">
+        <v>368</v>
+      </c>
+      <c r="E122" t="s">
+        <v>51</v>
+      </c>
+      <c r="F122" t="s">
+        <v>60</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>1993</v>
+      </c>
+      <c r="I122">
+        <v>2016</v>
+      </c>
+      <c r="J122" t="s">
+        <v>384</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>669</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>696</v>
+      </c>
+      <c r="P122" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>697</v>
+      </c>
+      <c r="B123" t="s">
+        <v>698</v>
+      </c>
+      <c r="C123" t="s">
+        <v>58</v>
+      </c>
+      <c r="D123" t="s">
+        <v>143</v>
+      </c>
+      <c r="E123" t="s">
+        <v>51</v>
+      </c>
+      <c r="F123" t="s">
+        <v>60</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>1993</v>
+      </c>
+      <c r="I123">
+        <v>2016</v>
+      </c>
+      <c r="J123" t="s">
+        <v>384</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>699</v>
+      </c>
+      <c r="M123" t="s">
+        <v>669</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>700</v>
+      </c>
+      <c r="P123" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>701</v>
+      </c>
+      <c r="B124" t="s">
+        <v>702</v>
+      </c>
+      <c r="C124" t="s">
+        <v>58</v>
+      </c>
+      <c r="D124" t="s">
+        <v>368</v>
+      </c>
+      <c r="E124" t="s">
+        <v>51</v>
+      </c>
+      <c r="F124" t="s">
+        <v>60</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>1993</v>
+      </c>
+      <c r="I124">
+        <v>2010</v>
+      </c>
+      <c r="J124" t="s">
+        <v>384</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>703</v>
+      </c>
+      <c r="M124" t="s">
+        <v>669</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>704</v>
+      </c>
+      <c r="P124" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>705</v>
+      </c>
+      <c r="B125" t="s">
+        <v>706</v>
+      </c>
+      <c r="C125" t="s">
+        <v>58</v>
+      </c>
+      <c r="D125" t="s">
+        <v>439</v>
+      </c>
+      <c r="E125" t="s">
+        <v>51</v>
+      </c>
+      <c r="F125" t="s">
+        <v>60</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125"/>
+      <c r="I125">
+        <v>2010</v>
+      </c>
+      <c r="J125" t="s">
+        <v>384</v>
+      </c>
+      <c r="K125" t="s">
+        <v>440</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>669</v>
+      </c>
+      <c r="N125" t="s">
+        <v>442</v>
+      </c>
+      <c r="O125" t="s">
+        <v>707</v>
+      </c>
+      <c r="P125" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>708</v>
+      </c>
+      <c r="B126" t="s">
+        <v>709</v>
+      </c>
+      <c r="C126" t="s">
+        <v>58</v>
+      </c>
+      <c r="D126" t="s">
+        <v>710</v>
+      </c>
+      <c r="E126" t="s">
+        <v>51</v>
+      </c>
+      <c r="F126" t="s">
+        <v>60</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>1997</v>
+      </c>
+      <c r="I126">
+        <v>2011</v>
+      </c>
+      <c r="J126" t="s">
+        <v>384</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126" t="s">
+        <v>711</v>
+      </c>
+      <c r="M126" t="s">
+        <v>669</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>712</v>
+      </c>
+      <c r="P126" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>713</v>
+      </c>
+      <c r="B127" t="s">
+        <v>714</v>
+      </c>
+      <c r="C127" t="s">
+        <v>58</v>
+      </c>
+      <c r="D127" t="s">
+        <v>306</v>
+      </c>
+      <c r="E127" t="s">
+        <v>51</v>
+      </c>
+      <c r="F127" t="s">
+        <v>60</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2010</v>
+      </c>
+      <c r="I127">
+        <v>2017</v>
+      </c>
+      <c r="J127" t="s">
+        <v>384</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>715</v>
+      </c>
+      <c r="M127" t="s">
+        <v>669</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>716</v>
+      </c>
+      <c r="P127" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>717</v>
+      </c>
+      <c r="B128" t="s">
+        <v>718</v>
+      </c>
+      <c r="C128" t="s">
+        <v>542</v>
+      </c>
+      <c r="D128" t="s">
+        <v>288</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>42</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2008</v>
+      </c>
+      <c r="I128">
+        <v>2015</v>
+      </c>
+      <c r="J128" t="s">
+        <v>563</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>545</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>719</v>
+      </c>
+      <c r="P128" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>721</v>
+      </c>
+      <c r="B129" t="s">
+        <v>722</v>
+      </c>
+      <c r="C129" t="s">
+        <v>542</v>
+      </c>
+      <c r="D129" t="s">
+        <v>686</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>42</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2011</v>
+      </c>
+      <c r="I129">
+        <v>2014</v>
+      </c>
+      <c r="J129" t="s">
+        <v>563</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129" t="s">
+        <v>723</v>
+      </c>
+      <c r="M129" t="s">
+        <v>545</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>724</v>
+      </c>
+      <c r="P129" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>726</v>
+      </c>
+      <c r="B130" t="s">
+        <v>727</v>
+      </c>
+      <c r="C130" t="s">
+        <v>542</v>
+      </c>
+      <c r="D130" t="s">
+        <v>529</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>42</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>1999</v>
+      </c>
+      <c r="I130">
+        <v>2012</v>
+      </c>
+      <c r="J130" t="s">
+        <v>563</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>728</v>
+      </c>
+      <c r="M130" t="s">
+        <v>545</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>729</v>
+      </c>
+      <c r="P130" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>731</v>
+      </c>
+      <c r="B131" t="s">
+        <v>732</v>
+      </c>
+      <c r="C131" t="s">
+        <v>542</v>
+      </c>
+      <c r="D131" t="s">
+        <v>92</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>42</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2007</v>
+      </c>
+      <c r="I131">
+        <v>2011</v>
+      </c>
+      <c r="J131" t="s">
+        <v>563</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>545</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>733</v>
+      </c>
+      <c r="P131" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>735</v>
+      </c>
+      <c r="B132" t="s">
+        <v>736</v>
+      </c>
+      <c r="C132" t="s">
+        <v>737</v>
+      </c>
+      <c r="D132" t="s">
+        <v>738</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>71</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2018</v>
+      </c>
+      <c r="I132">
+        <v>2019</v>
+      </c>
+      <c r="J132" t="s">
+        <v>739</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>740</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>741</v>
+      </c>
+      <c r="P132" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>743</v>
+      </c>
+      <c r="B133" t="s">
+        <v>744</v>
+      </c>
+      <c r="C133" t="s">
+        <v>745</v>
+      </c>
+      <c r="D133" t="s">
+        <v>143</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>42</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2005</v>
+      </c>
+      <c r="I133">
+        <v>2013</v>
+      </c>
+      <c r="J133" t="s">
+        <v>52</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>746</v>
+      </c>
+      <c r="M133" t="s">
+        <v>747</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>748</v>
+      </c>
+      <c r="P133" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>750</v>
+      </c>
+      <c r="B134" t="s">
+        <v>751</v>
+      </c>
+      <c r="C134" t="s">
+        <v>752</v>
+      </c>
+      <c r="D134" t="s">
+        <v>753</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2009</v>
+      </c>
+      <c r="I134">
+        <v>2016</v>
+      </c>
+      <c r="J134" t="s">
+        <v>33</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>754</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>755</v>
+      </c>
+      <c r="P134" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>757</v>
+      </c>
+      <c r="B135" t="s">
+        <v>758</v>
+      </c>
+      <c r="C135" t="s">
+        <v>759</v>
+      </c>
+      <c r="D135" t="s">
+        <v>760</v>
+      </c>
+      <c r="E135" t="s">
+        <v>51</v>
+      </c>
+      <c r="F135" t="s">
+        <v>42</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2015</v>
+      </c>
+      <c r="I135">
+        <v>2018</v>
+      </c>
+      <c r="J135" t="s">
+        <v>459</v>
+      </c>
+      <c r="K135" t="s">
         <v>24</v>
       </c>
-      <c r="N94" t="s">
-[...16 lines deleted...]
-      <c r="E95" t="s">
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>761</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>762</v>
+      </c>
+      <c r="P135" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>764</v>
+      </c>
+      <c r="B136" t="s">
+        <v>765</v>
+      </c>
+      <c r="C136" t="s">
+        <v>542</v>
+      </c>
+      <c r="D136" t="s">
+        <v>143</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>71</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2013</v>
+      </c>
+      <c r="I136">
+        <v>2015</v>
+      </c>
+      <c r="J136" t="s">
+        <v>563</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>766</v>
+      </c>
+      <c r="M136" t="s">
+        <v>545</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>767</v>
+      </c>
+      <c r="P136" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>769</v>
+      </c>
+      <c r="B137" t="s">
+        <v>770</v>
+      </c>
+      <c r="C137" t="s">
+        <v>771</v>
+      </c>
+      <c r="D137" t="s">
+        <v>368</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2013</v>
+      </c>
+      <c r="I137">
+        <v>2020</v>
+      </c>
+      <c r="J137" t="s">
+        <v>384</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>772</v>
+      </c>
+      <c r="M137" t="s">
+        <v>773</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>774</v>
+      </c>
+      <c r="P137" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>776</v>
+      </c>
+      <c r="B138" t="s">
+        <v>777</v>
+      </c>
+      <c r="C138" t="s">
+        <v>752</v>
+      </c>
+      <c r="D138" t="s">
+        <v>778</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2009</v>
+      </c>
+      <c r="I138">
+        <v>2013</v>
+      </c>
+      <c r="J138" t="s">
+        <v>33</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>754</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>779</v>
+      </c>
+      <c r="P138" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>781</v>
+      </c>
+      <c r="B139" t="s">
+        <v>782</v>
+      </c>
+      <c r="C139" t="s">
+        <v>783</v>
+      </c>
+      <c r="D139" t="s">
+        <v>784</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>785</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>1982</v>
+      </c>
+      <c r="I139">
+        <v>2024</v>
+      </c>
+      <c r="J139" t="s">
+        <v>786</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>787</v>
+      </c>
+      <c r="N139" t="s">
+        <v>788</v>
+      </c>
+      <c r="O139" t="s">
+        <v>789</v>
+      </c>
+      <c r="P139" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>791</v>
+      </c>
+      <c r="B140" t="s">
+        <v>558</v>
+      </c>
+      <c r="C140" t="s">
+        <v>792</v>
+      </c>
+      <c r="D140" t="s">
+        <v>143</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>42</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2015</v>
+      </c>
+      <c r="I140">
+        <v>2019</v>
+      </c>
+      <c r="J140" t="s">
+        <v>739</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>793</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>794</v>
+      </c>
+      <c r="P140" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>796</v>
+      </c>
+      <c r="B141" t="s">
+        <v>797</v>
+      </c>
+      <c r="C141" t="s">
+        <v>603</v>
+      </c>
+      <c r="D141" t="s">
+        <v>143</v>
+      </c>
+      <c r="E141" t="s">
+        <v>51</v>
+      </c>
+      <c r="F141" t="s">
+        <v>60</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2000</v>
+      </c>
+      <c r="I141">
+        <v>2020</v>
+      </c>
+      <c r="J141" t="s">
+        <v>384</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>798</v>
+      </c>
+      <c r="M141" t="s">
+        <v>799</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>800</v>
+      </c>
+      <c r="P141" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>802</v>
+      </c>
+      <c r="B142" t="s">
+        <v>803</v>
+      </c>
+      <c r="C142" t="s">
+        <v>603</v>
+      </c>
+      <c r="D142" t="s">
+        <v>368</v>
+      </c>
+      <c r="E142" t="s">
+        <v>51</v>
+      </c>
+      <c r="F142" t="s">
+        <v>60</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2010</v>
+      </c>
+      <c r="I142">
+        <v>2022</v>
+      </c>
+      <c r="J142" t="s">
+        <v>384</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>804</v>
+      </c>
+      <c r="M142" t="s">
+        <v>799</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>805</v>
+      </c>
+      <c r="P142" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>807</v>
+      </c>
+      <c r="B143" t="s">
+        <v>808</v>
+      </c>
+      <c r="C143" t="s">
+        <v>603</v>
+      </c>
+      <c r="D143" t="s">
+        <v>288</v>
+      </c>
+      <c r="E143" t="s">
+        <v>51</v>
+      </c>
+      <c r="F143" t="s">
+        <v>60</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2010</v>
+      </c>
+      <c r="I143">
+        <v>2017</v>
+      </c>
+      <c r="J143" t="s">
+        <v>384</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>809</v>
+      </c>
+      <c r="M143" t="s">
+        <v>799</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>810</v>
+      </c>
+      <c r="P143" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>812</v>
+      </c>
+      <c r="B144" t="s">
+        <v>813</v>
+      </c>
+      <c r="C144" t="s">
+        <v>603</v>
+      </c>
+      <c r="D144" t="s">
+        <v>486</v>
+      </c>
+      <c r="E144" t="s">
+        <v>51</v>
+      </c>
+      <c r="F144" t="s">
+        <v>60</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>1994</v>
+      </c>
+      <c r="I144">
+        <v>2012</v>
+      </c>
+      <c r="J144" t="s">
+        <v>384</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>814</v>
+      </c>
+      <c r="M144" t="s">
+        <v>799</v>
+      </c>
+      <c r="N144" t="s">
+        <v>36</v>
+      </c>
+      <c r="O144" t="s">
+        <v>815</v>
+      </c>
+      <c r="P144" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>817</v>
+      </c>
+      <c r="B145" t="s">
+        <v>818</v>
+      </c>
+      <c r="C145" t="s">
+        <v>603</v>
+      </c>
+      <c r="D145" t="s">
+        <v>368</v>
+      </c>
+      <c r="E145" t="s">
+        <v>51</v>
+      </c>
+      <c r="F145" t="s">
+        <v>60</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>1995</v>
+      </c>
+      <c r="I145">
+        <v>2013</v>
+      </c>
+      <c r="J145" t="s">
+        <v>384</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145" t="s">
+        <v>819</v>
+      </c>
+      <c r="M145" t="s">
+        <v>799</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>820</v>
+      </c>
+      <c r="P145" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>822</v>
+      </c>
+      <c r="B146" t="s">
+        <v>823</v>
+      </c>
+      <c r="C146" t="s">
+        <v>603</v>
+      </c>
+      <c r="D146" t="s">
+        <v>686</v>
+      </c>
+      <c r="E146" t="s">
+        <v>51</v>
+      </c>
+      <c r="F146" t="s">
+        <v>60</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>1996</v>
+      </c>
+      <c r="I146">
+        <v>2012</v>
+      </c>
+      <c r="J146" t="s">
+        <v>384</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>824</v>
+      </c>
+      <c r="M146" t="s">
+        <v>799</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>825</v>
+      </c>
+      <c r="P146" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>827</v>
+      </c>
+      <c r="B147" t="s">
+        <v>828</v>
+      </c>
+      <c r="C147" t="s">
+        <v>603</v>
+      </c>
+      <c r="D147" t="s">
+        <v>686</v>
+      </c>
+      <c r="E147" t="s">
+        <v>51</v>
+      </c>
+      <c r="F147" t="s">
+        <v>60</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>1996</v>
+      </c>
+      <c r="I147">
+        <v>2012</v>
+      </c>
+      <c r="J147" t="s">
+        <v>384</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>829</v>
+      </c>
+      <c r="M147" t="s">
+        <v>799</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>830</v>
+      </c>
+      <c r="P147" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>832</v>
+      </c>
+      <c r="B148" t="s">
+        <v>833</v>
+      </c>
+      <c r="C148" t="s">
+        <v>603</v>
+      </c>
+      <c r="D148" t="s">
+        <v>529</v>
+      </c>
+      <c r="E148" t="s">
+        <v>51</v>
+      </c>
+      <c r="F148" t="s">
+        <v>60</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>1996</v>
+      </c>
+      <c r="I148">
+        <v>2012</v>
+      </c>
+      <c r="J148" t="s">
+        <v>384</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>834</v>
+      </c>
+      <c r="M148" t="s">
+        <v>799</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>835</v>
+      </c>
+      <c r="P148" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>837</v>
+      </c>
+      <c r="B149" t="s">
+        <v>838</v>
+      </c>
+      <c r="C149" t="s">
+        <v>603</v>
+      </c>
+      <c r="D149" t="s">
+        <v>368</v>
+      </c>
+      <c r="E149" t="s">
+        <v>51</v>
+      </c>
+      <c r="F149" t="s">
+        <v>60</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>1996</v>
+      </c>
+      <c r="I149">
+        <v>2015</v>
+      </c>
+      <c r="J149" t="s">
+        <v>384</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>839</v>
+      </c>
+      <c r="M149" t="s">
+        <v>799</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>840</v>
+      </c>
+      <c r="P149" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>842</v>
+      </c>
+      <c r="B150" t="s">
+        <v>843</v>
+      </c>
+      <c r="C150" t="s">
+        <v>603</v>
+      </c>
+      <c r="D150" t="s">
+        <v>529</v>
+      </c>
+      <c r="E150" t="s">
+        <v>51</v>
+      </c>
+      <c r="F150" t="s">
+        <v>60</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>1996</v>
+      </c>
+      <c r="I150">
+        <v>2013</v>
+      </c>
+      <c r="J150" t="s">
+        <v>384</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>844</v>
+      </c>
+      <c r="M150" t="s">
+        <v>799</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>845</v>
+      </c>
+      <c r="P150" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>847</v>
+      </c>
+      <c r="B151" t="s">
+        <v>848</v>
+      </c>
+      <c r="C151" t="s">
+        <v>603</v>
+      </c>
+      <c r="D151" t="s">
+        <v>529</v>
+      </c>
+      <c r="E151" t="s">
+        <v>51</v>
+      </c>
+      <c r="F151" t="s">
+        <v>60</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>1997</v>
+      </c>
+      <c r="I151">
+        <v>2012</v>
+      </c>
+      <c r="J151" t="s">
+        <v>384</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>849</v>
+      </c>
+      <c r="M151" t="s">
+        <v>799</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>850</v>
+      </c>
+      <c r="P151" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>852</v>
+      </c>
+      <c r="B152" t="s">
+        <v>853</v>
+      </c>
+      <c r="C152" t="s">
+        <v>603</v>
+      </c>
+      <c r="D152" t="s">
+        <v>368</v>
+      </c>
+      <c r="E152" t="s">
+        <v>51</v>
+      </c>
+      <c r="F152" t="s">
+        <v>60</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>1998</v>
+      </c>
+      <c r="I152">
+        <v>2012</v>
+      </c>
+      <c r="J152" t="s">
+        <v>384</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>854</v>
+      </c>
+      <c r="M152" t="s">
+        <v>799</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>855</v>
+      </c>
+      <c r="P152" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>857</v>
+      </c>
+      <c r="B153" t="s">
+        <v>858</v>
+      </c>
+      <c r="C153" t="s">
+        <v>603</v>
+      </c>
+      <c r="D153" t="s">
+        <v>288</v>
+      </c>
+      <c r="E153" t="s">
+        <v>51</v>
+      </c>
+      <c r="F153" t="s">
+        <v>60</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>1998</v>
+      </c>
+      <c r="I153">
+        <v>2012</v>
+      </c>
+      <c r="J153" t="s">
+        <v>859</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>860</v>
+      </c>
+      <c r="M153" t="s">
+        <v>861</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>862</v>
+      </c>
+      <c r="P153" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>864</v>
+      </c>
+      <c r="B154" t="s">
+        <v>865</v>
+      </c>
+      <c r="C154" t="s">
+        <v>603</v>
+      </c>
+      <c r="D154" t="s">
+        <v>631</v>
+      </c>
+      <c r="E154" t="s">
+        <v>51</v>
+      </c>
+      <c r="F154" t="s">
+        <v>60</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>1999</v>
+      </c>
+      <c r="I154">
+        <v>2012</v>
+      </c>
+      <c r="J154" t="s">
+        <v>384</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>866</v>
+      </c>
+      <c r="M154" t="s">
+        <v>799</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>867</v>
+      </c>
+      <c r="P154" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>869</v>
+      </c>
+      <c r="B155" t="s">
+        <v>870</v>
+      </c>
+      <c r="C155" t="s">
+        <v>603</v>
+      </c>
+      <c r="D155" t="s">
+        <v>92</v>
+      </c>
+      <c r="E155" t="s">
+        <v>51</v>
+      </c>
+      <c r="F155" t="s">
+        <v>60</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2000</v>
+      </c>
+      <c r="I155">
+        <v>2012</v>
+      </c>
+      <c r="J155" t="s">
+        <v>384</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>871</v>
+      </c>
+      <c r="M155" t="s">
+        <v>799</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>872</v>
+      </c>
+      <c r="P155" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>874</v>
+      </c>
+      <c r="B156" t="s">
+        <v>875</v>
+      </c>
+      <c r="C156" t="s">
+        <v>603</v>
+      </c>
+      <c r="D156" t="s">
+        <v>876</v>
+      </c>
+      <c r="E156" t="s">
+        <v>51</v>
+      </c>
+      <c r="F156" t="s">
+        <v>60</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2001</v>
+      </c>
+      <c r="I156">
+        <v>2015</v>
+      </c>
+      <c r="J156" t="s">
+        <v>384</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>877</v>
+      </c>
+      <c r="M156" t="s">
+        <v>799</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>878</v>
+      </c>
+      <c r="P156" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>880</v>
+      </c>
+      <c r="B157" t="s">
+        <v>881</v>
+      </c>
+      <c r="C157" t="s">
+        <v>603</v>
+      </c>
+      <c r="D157" t="s">
+        <v>417</v>
+      </c>
+      <c r="E157" t="s">
+        <v>51</v>
+      </c>
+      <c r="F157" t="s">
+        <v>60</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2002</v>
+      </c>
+      <c r="I157">
+        <v>2012</v>
+      </c>
+      <c r="J157" t="s">
+        <v>384</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157" t="s">
+        <v>882</v>
+      </c>
+      <c r="M157" t="s">
+        <v>799</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>883</v>
+      </c>
+      <c r="P157" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>885</v>
+      </c>
+      <c r="B158" t="s">
+        <v>886</v>
+      </c>
+      <c r="C158" t="s">
+        <v>603</v>
+      </c>
+      <c r="D158" t="s">
+        <v>529</v>
+      </c>
+      <c r="E158" t="s">
+        <v>51</v>
+      </c>
+      <c r="F158" t="s">
+        <v>60</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2003</v>
+      </c>
+      <c r="I158">
+        <v>2013</v>
+      </c>
+      <c r="J158" t="s">
+        <v>384</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>887</v>
+      </c>
+      <c r="M158" t="s">
+        <v>799</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>888</v>
+      </c>
+      <c r="P158" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>890</v>
+      </c>
+      <c r="B159" t="s">
+        <v>891</v>
+      </c>
+      <c r="C159" t="s">
+        <v>603</v>
+      </c>
+      <c r="D159" t="s">
+        <v>288</v>
+      </c>
+      <c r="E159" t="s">
+        <v>51</v>
+      </c>
+      <c r="F159" t="s">
+        <v>60</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>1998</v>
+      </c>
+      <c r="I159">
+        <v>2012</v>
+      </c>
+      <c r="J159" t="s">
+        <v>859</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>892</v>
+      </c>
+      <c r="M159" t="s">
+        <v>861</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>893</v>
+      </c>
+      <c r="P159" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>894</v>
+      </c>
+      <c r="B160" t="s">
+        <v>895</v>
+      </c>
+      <c r="C160" t="s">
+        <v>603</v>
+      </c>
+      <c r="D160" t="s">
+        <v>294</v>
+      </c>
+      <c r="E160" t="s">
+        <v>51</v>
+      </c>
+      <c r="F160" t="s">
+        <v>60</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2003</v>
+      </c>
+      <c r="I160">
+        <v>2012</v>
+      </c>
+      <c r="J160" t="s">
+        <v>384</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>896</v>
+      </c>
+      <c r="M160" t="s">
+        <v>799</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>897</v>
+      </c>
+      <c r="P160" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>899</v>
+      </c>
+      <c r="B161" t="s">
+        <v>900</v>
+      </c>
+      <c r="C161" t="s">
+        <v>603</v>
+      </c>
+      <c r="D161" t="s">
+        <v>368</v>
+      </c>
+      <c r="E161" t="s">
+        <v>51</v>
+      </c>
+      <c r="F161" t="s">
+        <v>60</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2004</v>
+      </c>
+      <c r="I161">
+        <v>2012</v>
+      </c>
+      <c r="J161" t="s">
+        <v>384</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>901</v>
+      </c>
+      <c r="M161" t="s">
+        <v>799</v>
+      </c>
+      <c r="N161" t="s">
+        <v>36</v>
+      </c>
+      <c r="O161" t="s">
+        <v>902</v>
+      </c>
+      <c r="P161" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>904</v>
+      </c>
+      <c r="B162" t="s">
+        <v>905</v>
+      </c>
+      <c r="C162" t="s">
+        <v>603</v>
+      </c>
+      <c r="D162" t="s">
+        <v>529</v>
+      </c>
+      <c r="E162" t="s">
+        <v>51</v>
+      </c>
+      <c r="F162" t="s">
+        <v>60</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2004</v>
+      </c>
+      <c r="I162">
+        <v>2012</v>
+      </c>
+      <c r="J162" t="s">
+        <v>384</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>906</v>
+      </c>
+      <c r="M162" t="s">
+        <v>799</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>907</v>
+      </c>
+      <c r="P162" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>909</v>
+      </c>
+      <c r="B163" t="s">
+        <v>910</v>
+      </c>
+      <c r="C163" t="s">
+        <v>603</v>
+      </c>
+      <c r="D163" t="s">
+        <v>529</v>
+      </c>
+      <c r="E163" t="s">
+        <v>51</v>
+      </c>
+      <c r="F163" t="s">
+        <v>60</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2004</v>
+      </c>
+      <c r="I163">
+        <v>2012</v>
+      </c>
+      <c r="J163" t="s">
+        <v>384</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>906</v>
+      </c>
+      <c r="M163" t="s">
+        <v>799</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>911</v>
+      </c>
+      <c r="P163" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>913</v>
+      </c>
+      <c r="B164" t="s">
+        <v>914</v>
+      </c>
+      <c r="C164" t="s">
+        <v>603</v>
+      </c>
+      <c r="D164" t="s">
+        <v>417</v>
+      </c>
+      <c r="E164" t="s">
+        <v>51</v>
+      </c>
+      <c r="F164" t="s">
+        <v>60</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2004</v>
+      </c>
+      <c r="I164">
+        <v>2012</v>
+      </c>
+      <c r="J164" t="s">
+        <v>384</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>915</v>
+      </c>
+      <c r="M164" t="s">
+        <v>799</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>916</v>
+      </c>
+      <c r="P164" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>918</v>
+      </c>
+      <c r="B165" t="s">
+        <v>919</v>
+      </c>
+      <c r="C165" t="s">
+        <v>603</v>
+      </c>
+      <c r="D165" t="s">
+        <v>686</v>
+      </c>
+      <c r="E165" t="s">
+        <v>51</v>
+      </c>
+      <c r="F165" t="s">
+        <v>60</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2004</v>
+      </c>
+      <c r="I165">
+        <v>2012</v>
+      </c>
+      <c r="J165" t="s">
+        <v>384</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>824</v>
+      </c>
+      <c r="M165" t="s">
+        <v>799</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>920</v>
+      </c>
+      <c r="P165" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>922</v>
+      </c>
+      <c r="B166" t="s">
+        <v>923</v>
+      </c>
+      <c r="C166" t="s">
+        <v>603</v>
+      </c>
+      <c r="D166" t="s">
+        <v>686</v>
+      </c>
+      <c r="E166" t="s">
+        <v>51</v>
+      </c>
+      <c r="F166" t="s">
+        <v>60</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2005</v>
+      </c>
+      <c r="I166">
+        <v>2012</v>
+      </c>
+      <c r="J166" t="s">
+        <v>384</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>924</v>
+      </c>
+      <c r="M166" t="s">
+        <v>799</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>925</v>
+      </c>
+      <c r="P166" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>927</v>
+      </c>
+      <c r="B167" t="s">
+        <v>928</v>
+      </c>
+      <c r="C167" t="s">
+        <v>603</v>
+      </c>
+      <c r="D167" t="s">
+        <v>529</v>
+      </c>
+      <c r="E167" t="s">
+        <v>51</v>
+      </c>
+      <c r="F167" t="s">
+        <v>60</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2005</v>
+      </c>
+      <c r="I167">
+        <v>2012</v>
+      </c>
+      <c r="J167" t="s">
+        <v>384</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>929</v>
+      </c>
+      <c r="M167" t="s">
+        <v>799</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>930</v>
+      </c>
+      <c r="P167" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>932</v>
+      </c>
+      <c r="B168" t="s">
+        <v>933</v>
+      </c>
+      <c r="C168" t="s">
+        <v>603</v>
+      </c>
+      <c r="D168" t="s">
+        <v>686</v>
+      </c>
+      <c r="E168" t="s">
+        <v>51</v>
+      </c>
+      <c r="F168" t="s">
+        <v>60</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2007</v>
+      </c>
+      <c r="I168">
+        <v>2012</v>
+      </c>
+      <c r="J168" t="s">
+        <v>384</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>934</v>
+      </c>
+      <c r="M168" t="s">
+        <v>799</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>935</v>
+      </c>
+      <c r="P168" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>937</v>
+      </c>
+      <c r="B169" t="s">
+        <v>938</v>
+      </c>
+      <c r="C169" t="s">
+        <v>603</v>
+      </c>
+      <c r="D169" t="s">
+        <v>318</v>
+      </c>
+      <c r="E169" t="s">
+        <v>51</v>
+      </c>
+      <c r="F169" t="s">
+        <v>60</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2007</v>
+      </c>
+      <c r="I169">
+        <v>2012</v>
+      </c>
+      <c r="J169" t="s">
+        <v>384</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>939</v>
+      </c>
+      <c r="M169" t="s">
+        <v>799</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>940</v>
+      </c>
+      <c r="P169" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>942</v>
+      </c>
+      <c r="B170" t="s">
+        <v>943</v>
+      </c>
+      <c r="C170" t="s">
+        <v>603</v>
+      </c>
+      <c r="D170" t="s">
+        <v>514</v>
+      </c>
+      <c r="E170" t="s">
+        <v>51</v>
+      </c>
+      <c r="F170" t="s">
+        <v>60</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2013</v>
+      </c>
+      <c r="I170">
+        <v>2014</v>
+      </c>
+      <c r="J170" t="s">
+        <v>859</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170" t="s">
+        <v>944</v>
+      </c>
+      <c r="M170" t="s">
+        <v>861</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>945</v>
+      </c>
+      <c r="P170" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>946</v>
+      </c>
+      <c r="B171" t="s">
+        <v>947</v>
+      </c>
+      <c r="C171" t="s">
+        <v>603</v>
+      </c>
+      <c r="D171" t="s">
+        <v>948</v>
+      </c>
+      <c r="E171" t="s">
+        <v>51</v>
+      </c>
+      <c r="F171" t="s">
+        <v>60</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2008</v>
+      </c>
+      <c r="I171">
+        <v>2012</v>
+      </c>
+      <c r="J171" t="s">
+        <v>384</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>949</v>
+      </c>
+      <c r="M171" t="s">
+        <v>799</v>
+      </c>
+      <c r="N171" t="s">
+        <v>36</v>
+      </c>
+      <c r="O171" t="s">
+        <v>950</v>
+      </c>
+      <c r="P171" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>952</v>
+      </c>
+      <c r="B172" t="s">
+        <v>953</v>
+      </c>
+      <c r="C172" t="s">
+        <v>603</v>
+      </c>
+      <c r="D172" t="s">
+        <v>954</v>
+      </c>
+      <c r="E172" t="s">
+        <v>51</v>
+      </c>
+      <c r="F172" t="s">
+        <v>60</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2008</v>
+      </c>
+      <c r="I172">
+        <v>2012</v>
+      </c>
+      <c r="J172" t="s">
+        <v>384</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" t="s">
+        <v>955</v>
+      </c>
+      <c r="M172" t="s">
+        <v>799</v>
+      </c>
+      <c r="N172" t="s">
+        <v>36</v>
+      </c>
+      <c r="O172" t="s">
+        <v>956</v>
+      </c>
+      <c r="P172" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>958</v>
+      </c>
+      <c r="B173" t="s">
+        <v>959</v>
+      </c>
+      <c r="C173" t="s">
+        <v>603</v>
+      </c>
+      <c r="D173" t="s">
+        <v>960</v>
+      </c>
+      <c r="E173" t="s">
+        <v>51</v>
+      </c>
+      <c r="F173" t="s">
+        <v>60</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2008</v>
+      </c>
+      <c r="I173">
+        <v>2009</v>
+      </c>
+      <c r="J173" t="s">
+        <v>384</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>961</v>
+      </c>
+      <c r="M173" t="s">
+        <v>799</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>962</v>
+      </c>
+      <c r="P173" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>964</v>
+      </c>
+      <c r="B174" t="s">
+        <v>965</v>
+      </c>
+      <c r="C174" t="s">
+        <v>603</v>
+      </c>
+      <c r="D174" t="s">
+        <v>486</v>
+      </c>
+      <c r="E174" t="s">
+        <v>51</v>
+      </c>
+      <c r="F174" t="s">
+        <v>60</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>1994</v>
+      </c>
+      <c r="I174">
+        <v>2012</v>
+      </c>
+      <c r="J174" t="s">
+        <v>859</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174" t="s">
+        <v>966</v>
+      </c>
+      <c r="M174" t="s">
+        <v>861</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>967</v>
+      </c>
+      <c r="P174" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>968</v>
+      </c>
+      <c r="B175" t="s">
+        <v>969</v>
+      </c>
+      <c r="C175" t="s">
+        <v>603</v>
+      </c>
+      <c r="D175" t="s">
+        <v>359</v>
+      </c>
+      <c r="E175" t="s">
+        <v>51</v>
+      </c>
+      <c r="F175" t="s">
+        <v>60</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2008</v>
+      </c>
+      <c r="I175">
+        <v>2012</v>
+      </c>
+      <c r="J175" t="s">
+        <v>859</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>970</v>
+      </c>
+      <c r="M175" t="s">
+        <v>861</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>971</v>
+      </c>
+      <c r="P175" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>972</v>
+      </c>
+      <c r="B176" t="s">
+        <v>973</v>
+      </c>
+      <c r="C176" t="s">
+        <v>603</v>
+      </c>
+      <c r="D176" t="s">
+        <v>486</v>
+      </c>
+      <c r="E176" t="s">
+        <v>51</v>
+      </c>
+      <c r="F176" t="s">
+        <v>60</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2009</v>
+      </c>
+      <c r="I176">
+        <v>2012</v>
+      </c>
+      <c r="J176" t="s">
+        <v>384</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176" t="s">
+        <v>974</v>
+      </c>
+      <c r="M176" t="s">
+        <v>799</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>975</v>
+      </c>
+      <c r="P176" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>977</v>
+      </c>
+      <c r="B177" t="s">
+        <v>978</v>
+      </c>
+      <c r="C177" t="s">
+        <v>603</v>
+      </c>
+      <c r="D177" t="s">
+        <v>368</v>
+      </c>
+      <c r="E177" t="s">
+        <v>51</v>
+      </c>
+      <c r="F177" t="s">
+        <v>60</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2009</v>
+      </c>
+      <c r="I177">
+        <v>2012</v>
+      </c>
+      <c r="J177" t="s">
+        <v>384</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>979</v>
+      </c>
+      <c r="M177" t="s">
+        <v>799</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>980</v>
+      </c>
+      <c r="P177" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>982</v>
+      </c>
+      <c r="B178" t="s">
+        <v>983</v>
+      </c>
+      <c r="C178" t="s">
+        <v>603</v>
+      </c>
+      <c r="D178" t="s">
+        <v>312</v>
+      </c>
+      <c r="E178" t="s">
+        <v>51</v>
+      </c>
+      <c r="F178" t="s">
+        <v>60</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2010</v>
+      </c>
+      <c r="I178">
+        <v>2012</v>
+      </c>
+      <c r="J178" t="s">
+        <v>384</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>984</v>
+      </c>
+      <c r="M178" t="s">
+        <v>799</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>985</v>
+      </c>
+      <c r="P178" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>987</v>
+      </c>
+      <c r="B179" t="s">
+        <v>988</v>
+      </c>
+      <c r="C179" t="s">
+        <v>603</v>
+      </c>
+      <c r="D179" t="s">
+        <v>631</v>
+      </c>
+      <c r="E179" t="s">
+        <v>51</v>
+      </c>
+      <c r="F179" t="s">
+        <v>60</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2010</v>
+      </c>
+      <c r="I179">
+        <v>2012</v>
+      </c>
+      <c r="J179" t="s">
+        <v>384</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>989</v>
+      </c>
+      <c r="M179" t="s">
+        <v>799</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>990</v>
+      </c>
+      <c r="P179" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>992</v>
+      </c>
+      <c r="B180" t="s">
+        <v>993</v>
+      </c>
+      <c r="C180" t="s">
+        <v>603</v>
+      </c>
+      <c r="D180" t="s">
+        <v>994</v>
+      </c>
+      <c r="E180" t="s">
+        <v>51</v>
+      </c>
+      <c r="F180" t="s">
+        <v>60</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2011</v>
+      </c>
+      <c r="I180">
+        <v>2022</v>
+      </c>
+      <c r="J180" t="s">
+        <v>384</v>
+      </c>
+      <c r="K180" t="s">
+        <v>995</v>
+      </c>
+      <c r="L180" t="s">
+        <v>996</v>
+      </c>
+      <c r="M180" t="s">
+        <v>799</v>
+      </c>
+      <c r="N180" t="s">
+        <v>442</v>
+      </c>
+      <c r="O180" t="s">
+        <v>997</v>
+      </c>
+      <c r="P180" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>999</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C181" t="s">
+        <v>603</v>
+      </c>
+      <c r="D181" t="s">
+        <v>417</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2000</v>
+      </c>
+      <c r="I181">
+        <v>2014</v>
+      </c>
+      <c r="J181" t="s">
+        <v>384</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1001</v>
+      </c>
+      <c r="M181" t="s">
+        <v>605</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C182" t="s">
+        <v>603</v>
+      </c>
+      <c r="D182" t="s">
+        <v>433</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>21</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>1997</v>
+      </c>
+      <c r="I182">
+        <v>2014</v>
+      </c>
+      <c r="J182" t="s">
+        <v>610</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M182" t="s">
+        <v>605</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C183" t="s">
+        <v>603</v>
+      </c>
+      <c r="D183" t="s">
+        <v>417</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>71</v>
+      </c>
+      <c r="G183" t="s">
+        <v>632</v>
+      </c>
+      <c r="H183">
+        <v>1994</v>
+      </c>
+      <c r="I183">
+        <v>2014</v>
+      </c>
+      <c r="J183" t="s">
+        <v>384</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M183" t="s">
+        <v>605</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C184" t="s">
+        <v>603</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>71</v>
+      </c>
+      <c r="G184" t="s">
+        <v>632</v>
+      </c>
+      <c r="H184">
+        <v>2002</v>
+      </c>
+      <c r="I184">
+        <v>2007</v>
+      </c>
+      <c r="J184" t="s">
+        <v>610</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M184" t="s">
+        <v>605</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C185" t="s">
+        <v>603</v>
+      </c>
+      <c r="D185" t="s">
+        <v>486</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H185">
+        <v>2010</v>
+      </c>
+      <c r="I185">
+        <v>2016</v>
+      </c>
+      <c r="J185" t="s">
+        <v>610</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M185" t="s">
+        <v>605</v>
+      </c>
+      <c r="N185" t="s">
+        <v>36</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C186" t="s">
+        <v>603</v>
+      </c>
+      <c r="D186" t="s">
+        <v>954</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2008</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>610</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M186" t="s">
+        <v>605</v>
+      </c>
+      <c r="N186" t="s">
+        <v>36</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C187" t="s">
+        <v>603</v>
+      </c>
+      <c r="D187" t="s">
+        <v>288</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>71</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>1995</v>
+      </c>
+      <c r="I187">
+        <v>2008</v>
+      </c>
+      <c r="J187" t="s">
+        <v>384</v>
+      </c>
+      <c r="K187" t="s">
+        <v>34</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M187" t="s">
+        <v>605</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C188" t="s">
+        <v>603</v>
+      </c>
+      <c r="D188" t="s">
+        <v>876</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>71</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2008</v>
+      </c>
+      <c r="I188">
+        <v>2014</v>
+      </c>
+      <c r="J188" t="s">
+        <v>610</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1038</v>
+      </c>
+      <c r="M188" t="s">
+        <v>605</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1039</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C189" t="s">
+        <v>603</v>
+      </c>
+      <c r="D189" t="s">
+        <v>288</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>71</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>1995</v>
+      </c>
+      <c r="I189">
+        <v>2010</v>
+      </c>
+      <c r="J189" t="s">
+        <v>859</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M189" t="s">
+        <v>605</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C190" t="s">
+        <v>603</v>
+      </c>
+      <c r="D190" t="s">
+        <v>288</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>71</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>1995</v>
+      </c>
+      <c r="I190">
+        <v>2016</v>
+      </c>
+      <c r="J190" t="s">
+        <v>610</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>605</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1048</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B191" t="s">
+        <v>777</v>
+      </c>
+      <c r="C191" t="s">
+        <v>752</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>42</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2009</v>
+      </c>
+      <c r="I191">
+        <v>2016</v>
+      </c>
+      <c r="J191" t="s">
+        <v>33</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>754</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D192" t="s">
+        <v>143</v>
+      </c>
+      <c r="E192" t="s">
+        <v>51</v>
+      </c>
+      <c r="F192" t="s">
+        <v>42</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2008</v>
+      </c>
+      <c r="I192">
+        <v>2011</v>
+      </c>
+      <c r="J192" t="s">
+        <v>72</v>
+      </c>
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1057</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D193" t="s">
+        <v>439</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2009</v>
+      </c>
+      <c r="I193">
+        <v>2011</v>
+      </c>
+      <c r="J193" t="s">
+        <v>739</v>
+      </c>
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D194" t="s">
+        <v>439</v>
+      </c>
+      <c r="E194" t="s">
+        <v>51</v>
+      </c>
+      <c r="F194" t="s">
+        <v>42</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2007</v>
+      </c>
+      <c r="I194">
+        <v>2011</v>
+      </c>
+      <c r="J194" t="s">
+        <v>72</v>
+      </c>
+      <c r="K194" t="s">
+        <v>34</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1068</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2014</v>
+      </c>
+      <c r="I195">
+        <v>2018</v>
+      </c>
+      <c r="J195" t="s">
+        <v>739</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1075</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C196" t="s">
         <v>18</v>
       </c>
-      <c r="F95" t="s">
-[...4390 lines deleted...]
-      </c>
       <c r="D196" t="s">
-        <v>42</v>
+        <v>1079</v>
       </c>
       <c r="E196" t="s">
-        <v>706</v>
+        <v>51</v>
       </c>
       <c r="F196" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>1080</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
       </c>
       <c r="H196">
         <v>2018</v>
       </c>
-      <c r="I196" t="s">
-        <v>707</v>
+      <c r="I196">
+        <v>2018</v>
       </c>
       <c r="J196" t="s">
-        <v>708</v>
+        <v>1081</v>
       </c>
       <c r="K196" t="s">
-        <v>709</v>
+        <v>1082</v>
       </c>
       <c r="L196" t="s">
-        <v>710</v>
+        <v>1083</v>
       </c>
       <c r="M196" t="s">
-        <v>711</v>
+        <v>1084</v>
       </c>
       <c r="N196" t="s">
-        <v>712</v>
+        <v>1085</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1087</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>