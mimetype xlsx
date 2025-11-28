--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,350 +12,472 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -619,785 +741,884 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...17 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...120 lines deleted...]
-        <v>2016</v>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>42</v>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...22 lines deleted...]
-      <c r="I7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
         <v>45</v>
       </c>
-      <c r="L7" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>81</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>71</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13">
+        <v>1987</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>46</v>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>71</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...21 lines deleted...]
-      <c r="H8">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>95</v>
+      </c>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>81</v>
+      </c>
+      <c r="K14" t="s">
+        <v>96</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>105</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>108</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" t="s">
+        <v>114</v>
+      </c>
+      <c r="G16" t="s">
+        <v>57</v>
+      </c>
+      <c r="H16">
         <v>2014</v>
       </c>
-      <c r="I8" t="s">
-[...11 lines deleted...]
-      <c r="M8" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...320 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="N16" t="s">
-        <v>86</v>
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>