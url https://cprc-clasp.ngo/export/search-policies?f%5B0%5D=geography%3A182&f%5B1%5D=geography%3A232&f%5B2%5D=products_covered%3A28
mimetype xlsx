--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -305,50 +305,53 @@
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -634,50 +637,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -1046,51 +1052,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1558,1002 +1564,1002 @@
       </c>
       <c r="P10" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>95</v>
       </c>
       <c r="B11" t="s">
         <v>96</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H11">
         <v>1997</v>
       </c>
       <c r="I11">
         <v>2005</v>
       </c>
       <c r="J11" t="s">
         <v>46</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>92</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2004</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
         <v>90</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
         <v>92</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>8</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13">
         <v>2025</v>
       </c>
       <c r="J13" t="s">
         <v>90</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
         <v>92</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D15" t="s">
         <v>64</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>63</v>
       </c>
       <c r="D16" t="s">
         <v>64</v>
       </c>
       <c r="E16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1995</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
         <v>65</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>65</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>55</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18">
         <v>2021</v>
       </c>
       <c r="J18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2018</v>
       </c>
       <c r="J19" t="s">
         <v>73</v>
       </c>
       <c r="K19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>55</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
         <v>64</v>
       </c>
       <c r="E21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1994</v>
       </c>
       <c r="I21">
         <v>2012</v>
       </c>
       <c r="J21" t="s">
         <v>65</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1999</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>65</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="M22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N22" t="s">
         <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2008</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
         <v>65</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C24" t="s">
         <v>43</v>
       </c>
       <c r="D24" t="s">
         <v>64</v>
       </c>
       <c r="E24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F24" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1994</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N24" t="s">
         <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
         <v>43</v>
       </c>
       <c r="D25" t="s">
         <v>64</v>
       </c>
       <c r="E25" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
       <c r="I25">
         <v>2012</v>
       </c>
       <c r="J25" t="s">
         <v>65</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N25" t="s">
         <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
         <v>43</v>
       </c>
       <c r="D26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E26" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F26" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G26" t="s">
         <v>35</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>65</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N26" t="s">
         <v>38</v>
       </c>
       <c r="O26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C27" t="s">
         <v>43</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F27" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2010</v>
       </c>
       <c r="I27">
         <v>2012</v>
       </c>
       <c r="J27" t="s">
         <v>65</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N27" t="s">
         <v>38</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
         <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>64</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>205</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
         <v>46</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="M28" t="s">
         <v>92</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P28" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B29" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C29" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D29" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>56</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="N29" t="s">
         <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P29" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B30" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C30" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D30" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30">
         <v>2016</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N30" t="s">
         <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="P30" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">