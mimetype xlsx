--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -12,1057 +12,1542 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1326,3747 +1811,4262 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N86"/>
+  <dimension ref="A1:P86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>81</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2008</v>
+      </c>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>81</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>100</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...104 lines deleted...]
-      <c r="C5" t="s">
+      <c r="H12">
+        <v>2006</v>
+      </c>
+      <c r="I12">
+        <v>2022</v>
+      </c>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...45 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2022</v>
+      </c>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2000</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>118</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>129</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" t="s">
         <v>52</v>
       </c>
-      <c r="G6"/>
-[...1 lines deleted...]
-      <c r="I6" t="s">
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>118</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>117</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
         <v>53</v>
       </c>
-      <c r="J6" t="s">
-[...32 lines deleted...]
-      <c r="G7">
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>120</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>80</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2016</v>
       </c>
-      <c r="H7">
-[...20 lines deleted...]
-      <c r="A8" t="s">
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>53</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>120</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>146</v>
+      </c>
+      <c r="B21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" t="s">
+        <v>117</v>
+      </c>
+      <c r="D21" t="s">
+        <v>148</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>118</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>120</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>117</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>53</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>120</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>117</v>
+      </c>
+      <c r="D23" t="s">
+        <v>148</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>42</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>53</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>120</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>42</v>
+      </c>
+      <c r="G24" t="s">
         <v>63</v>
       </c>
-      <c r="B8" t="s">
-[...159 lines deleted...]
-      <c r="N11" t="s">
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>106</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>162</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>167</v>
+      </c>
+      <c r="D25" t="s">
         <v>80</v>
       </c>
-    </row>
-[...556 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
-      <c r="I25" t="s">
-        <v>119</v>
+      <c r="I25">
+        <v>2010</v>
       </c>
       <c r="J25" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
+        <v>169</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>170</v>
+      </c>
+      <c r="P25" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>172</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>174</v>
+      </c>
+      <c r="D26" t="s">
+        <v>80</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>175</v>
+      </c>
+      <c r="G26" t="s">
+        <v>63</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>176</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>177</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>181</v>
+      </c>
+      <c r="D27" t="s">
+        <v>182</v>
+      </c>
+      <c r="E27" t="s">
+        <v>61</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>63</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>176</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>183</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" t="s">
+        <v>173</v>
+      </c>
+      <c r="C28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D28" t="s">
+        <v>182</v>
+      </c>
+      <c r="E28" t="s">
+        <v>61</v>
+      </c>
+      <c r="F28" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" t="s">
+        <v>63</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>176</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>186</v>
+      </c>
+      <c r="M28" t="s">
+        <v>183</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>187</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" t="s">
+        <v>173</v>
+      </c>
+      <c r="C29" t="s">
+        <v>188</v>
+      </c>
+      <c r="D29" t="s">
+        <v>182</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>175</v>
+      </c>
+      <c r="G29" t="s">
+        <v>63</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>176</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>189</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>190</v>
+      </c>
+      <c r="P29" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>192</v>
+      </c>
+      <c r="B30" t="s">
+        <v>193</v>
+      </c>
+      <c r="C30" t="s">
+        <v>105</v>
+      </c>
+      <c r="D30" t="s">
+        <v>80</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2006</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
+        <v>106</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>194</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2006</v>
+      </c>
+      <c r="I31">
+        <v>2010</v>
+      </c>
+      <c r="J31" t="s">
+        <v>106</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>194</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>201</v>
+      </c>
+      <c r="B32" t="s">
+        <v>202</v>
+      </c>
+      <c r="C32" t="s">
+        <v>105</v>
+      </c>
+      <c r="D32" t="s">
+        <v>80</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>52</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>106</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>194</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>207</v>
+      </c>
+      <c r="D33" t="s">
+        <v>80</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>208</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>205</v>
+      </c>
+      <c r="M33" t="s">
+        <v>209</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>207</v>
+      </c>
+      <c r="D34" t="s">
+        <v>214</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
+        <v>2018</v>
+      </c>
+      <c r="J34" t="s">
+        <v>208</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>212</v>
+      </c>
+      <c r="M34" t="s">
+        <v>209</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>215</v>
+      </c>
+      <c r="P34" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" t="s">
+        <v>218</v>
+      </c>
+      <c r="C35" t="s">
+        <v>207</v>
+      </c>
+      <c r="D35" t="s">
+        <v>89</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2017</v>
+      </c>
+      <c r="J35" t="s">
+        <v>219</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>217</v>
+      </c>
+      <c r="M35" t="s">
+        <v>209</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>220</v>
+      </c>
+      <c r="P35" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>222</v>
+      </c>
+      <c r="B36" t="s">
+        <v>223</v>
+      </c>
+      <c r="C36" t="s">
+        <v>207</v>
+      </c>
+      <c r="D36" t="s">
+        <v>129</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>52</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>208</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>224</v>
+      </c>
+      <c r="M36" t="s">
+        <v>209</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>225</v>
+      </c>
+      <c r="P36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>227</v>
+      </c>
+      <c r="B37" t="s">
+        <v>228</v>
+      </c>
+      <c r="C37" t="s">
+        <v>229</v>
+      </c>
+      <c r="D37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>52</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>219</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>230</v>
+      </c>
+      <c r="M37" t="s">
+        <v>231</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>232</v>
+      </c>
+      <c r="P37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>229</v>
+      </c>
+      <c r="D38" t="s">
+        <v>80</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>52</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>219</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>236</v>
+      </c>
+      <c r="M38" t="s">
+        <v>231</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>237</v>
+      </c>
+      <c r="P38" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>239</v>
+      </c>
+      <c r="B39" t="s">
+        <v>240</v>
+      </c>
+      <c r="C39" t="s">
+        <v>105</v>
+      </c>
+      <c r="D39" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" t="s">
+        <v>61</v>
+      </c>
+      <c r="F39" t="s">
+        <v>81</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1993</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>106</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>241</v>
+      </c>
+      <c r="M39" t="s">
+        <v>242</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>243</v>
+      </c>
+      <c r="P39" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>245</v>
+      </c>
+      <c r="B40" t="s">
+        <v>246</v>
+      </c>
+      <c r="C40" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" t="s">
+        <v>247</v>
+      </c>
+      <c r="E40" t="s">
+        <v>61</v>
+      </c>
+      <c r="F40" t="s">
+        <v>81</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1993</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>106</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>248</v>
+      </c>
+      <c r="M40" t="s">
+        <v>242</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>249</v>
+      </c>
+      <c r="P40" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>250</v>
+      </c>
+      <c r="B41" t="s">
+        <v>251</v>
+      </c>
+      <c r="C41" t="s">
+        <v>105</v>
+      </c>
+      <c r="D41" t="s">
+        <v>247</v>
+      </c>
+      <c r="E41" t="s">
+        <v>61</v>
+      </c>
+      <c r="F41" t="s">
+        <v>81</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1993</v>
+      </c>
+      <c r="I41">
+        <v>2013</v>
+      </c>
+      <c r="J41" t="s">
+        <v>106</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>252</v>
+      </c>
+      <c r="M41" t="s">
+        <v>242</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>253</v>
+      </c>
+      <c r="P41" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>255</v>
+      </c>
+      <c r="B42" t="s">
+        <v>256</v>
+      </c>
+      <c r="C42" t="s">
+        <v>105</v>
+      </c>
+      <c r="D42" t="s">
+        <v>80</v>
+      </c>
+      <c r="E42" t="s">
+        <v>61</v>
+      </c>
+      <c r="F42" t="s">
+        <v>81</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1993</v>
+      </c>
+      <c r="I42">
+        <v>2016</v>
+      </c>
+      <c r="J42" t="s">
+        <v>106</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>242</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>257</v>
+      </c>
+      <c r="P42" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>258</v>
+      </c>
+      <c r="B43" t="s">
+        <v>259</v>
+      </c>
+      <c r="C43" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43" t="s">
+        <v>129</v>
+      </c>
+      <c r="E43" t="s">
+        <v>61</v>
+      </c>
+      <c r="F43" t="s">
+        <v>81</v>
+      </c>
+      <c r="G43" t="s">
+        <v>52</v>
+      </c>
+      <c r="H43">
+        <v>2018</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>106</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>242</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>260</v>
+      </c>
+      <c r="P43" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>261</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>105</v>
+      </c>
+      <c r="D44" t="s">
+        <v>80</v>
+      </c>
+      <c r="E44" t="s">
+        <v>61</v>
+      </c>
+      <c r="F44" t="s">
+        <v>81</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1993</v>
+      </c>
+      <c r="I44">
+        <v>2010</v>
+      </c>
+      <c r="J44" t="s">
+        <v>106</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>263</v>
+      </c>
+      <c r="M44" t="s">
+        <v>242</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>264</v>
+      </c>
+      <c r="P44" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>265</v>
+      </c>
+      <c r="B45" t="s">
+        <v>266</v>
+      </c>
+      <c r="C45" t="s">
+        <v>167</v>
+      </c>
+      <c r="D45" t="s">
+        <v>247</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45">
+        <v>2014</v>
+      </c>
+      <c r="J45" t="s">
+        <v>168</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>267</v>
+      </c>
+      <c r="M45" t="s">
+        <v>169</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>268</v>
+      </c>
+      <c r="P45" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>270</v>
+      </c>
+      <c r="B46" t="s">
+        <v>271</v>
+      </c>
+      <c r="C46" t="s">
+        <v>167</v>
+      </c>
+      <c r="D46" t="s">
+        <v>148</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>42</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1999</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>168</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>272</v>
+      </c>
+      <c r="M46" t="s">
+        <v>169</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>273</v>
+      </c>
+      <c r="P46" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>275</v>
+      </c>
+      <c r="B47" t="s">
+        <v>276</v>
+      </c>
+      <c r="C47" t="s">
+        <v>277</v>
+      </c>
+      <c r="D47" t="s">
+        <v>278</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>62</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2018</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>176</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>279</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>280</v>
+      </c>
+      <c r="P47" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>282</v>
+      </c>
+      <c r="B48" t="s">
+        <v>283</v>
+      </c>
+      <c r="C48" t="s">
+        <v>99</v>
+      </c>
+      <c r="D48" t="s">
+        <v>129</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>42</v>
+      </c>
+      <c r="G48" t="s">
+        <v>52</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>100</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>284</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>285</v>
+      </c>
+      <c r="P48" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>287</v>
+      </c>
+      <c r="B49" t="s">
+        <v>288</v>
+      </c>
+      <c r="C49" t="s">
+        <v>99</v>
+      </c>
+      <c r="D49" t="s">
+        <v>214</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>62</v>
+      </c>
+      <c r="G49" t="s">
+        <v>52</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>219</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>289</v>
+      </c>
+      <c r="M49" t="s">
+        <v>284</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>290</v>
+      </c>
+      <c r="P49" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>292</v>
+      </c>
+      <c r="B50" t="s">
+        <v>293</v>
+      </c>
+      <c r="C50" t="s">
+        <v>294</v>
+      </c>
+      <c r="D50" t="s">
+        <v>295</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50">
+        <v>2016</v>
+      </c>
+      <c r="J50" t="s">
+        <v>33</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>183</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>296</v>
+      </c>
+      <c r="P50" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>298</v>
+      </c>
+      <c r="B51" t="s">
+        <v>299</v>
+      </c>
+      <c r="C51" t="s">
+        <v>300</v>
+      </c>
+      <c r="D51" t="s">
+        <v>301</v>
+      </c>
+      <c r="E51" t="s">
+        <v>61</v>
+      </c>
+      <c r="F51" t="s">
+        <v>42</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51">
+        <v>2018</v>
+      </c>
+      <c r="J51" t="s">
+        <v>118</v>
+      </c>
+      <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="N25" t="s">
-[...19 lines deleted...]
-      <c r="F26" t="s">
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>302</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>303</v>
+      </c>
+      <c r="P51" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>305</v>
+      </c>
+      <c r="B52" t="s">
+        <v>306</v>
+      </c>
+      <c r="C52" t="s">
+        <v>161</v>
+      </c>
+      <c r="D52" t="s">
+        <v>80</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>106</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>307</v>
+      </c>
+      <c r="M52" t="s">
+        <v>162</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>308</v>
+      </c>
+      <c r="P52" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>310</v>
+      </c>
+      <c r="B53" t="s">
+        <v>311</v>
+      </c>
+      <c r="C53" t="s">
+        <v>161</v>
+      </c>
+      <c r="D53" t="s">
+        <v>80</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>42</v>
+      </c>
+      <c r="G53" t="s">
         <v>52</v>
       </c>
-      <c r="G26"/>
-[...11 lines deleted...]
-      <c r="M26" t="s">
+      <c r="H53">
+        <v>2011</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>106</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>312</v>
+      </c>
+      <c r="M53" t="s">
+        <v>162</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>313</v>
+      </c>
+      <c r="P53" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>315</v>
+      </c>
+      <c r="B54" t="s">
+        <v>316</v>
+      </c>
+      <c r="C54" t="s">
+        <v>317</v>
+      </c>
+      <c r="D54" t="s">
+        <v>80</v>
+      </c>
+      <c r="E54" t="s">
+        <v>61</v>
+      </c>
+      <c r="F54" t="s">
+        <v>42</v>
+      </c>
+      <c r="G54" t="s">
+        <v>63</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>318</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>319</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>320</v>
+      </c>
+      <c r="P54" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>322</v>
+      </c>
+      <c r="B55" t="s">
+        <v>323</v>
+      </c>
+      <c r="C55" t="s">
+        <v>207</v>
+      </c>
+      <c r="D55" t="s">
+        <v>80</v>
+      </c>
+      <c r="E55" t="s">
+        <v>61</v>
+      </c>
+      <c r="F55" t="s">
+        <v>81</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2010</v>
+      </c>
+      <c r="I55">
+        <v>2022</v>
+      </c>
+      <c r="J55" t="s">
+        <v>106</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>324</v>
+      </c>
+      <c r="M55" t="s">
+        <v>325</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>326</v>
+      </c>
+      <c r="P55" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>328</v>
+      </c>
+      <c r="B56" t="s">
+        <v>329</v>
+      </c>
+      <c r="C56" t="s">
+        <v>207</v>
+      </c>
+      <c r="D56" t="s">
+        <v>80</v>
+      </c>
+      <c r="E56" t="s">
+        <v>61</v>
+      </c>
+      <c r="F56" t="s">
+        <v>81</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1995</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>106</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>330</v>
+      </c>
+      <c r="M56" t="s">
+        <v>325</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>331</v>
+      </c>
+      <c r="P56" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>333</v>
+      </c>
+      <c r="B57" t="s">
+        <v>334</v>
+      </c>
+      <c r="C57" t="s">
+        <v>207</v>
+      </c>
+      <c r="D57" t="s">
+        <v>247</v>
+      </c>
+      <c r="E57" t="s">
+        <v>61</v>
+      </c>
+      <c r="F57" t="s">
+        <v>81</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1996</v>
+      </c>
+      <c r="I57">
+        <v>2012</v>
+      </c>
+      <c r="J57" t="s">
+        <v>106</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>335</v>
+      </c>
+      <c r="M57" t="s">
+        <v>325</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>336</v>
+      </c>
+      <c r="P57" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>338</v>
+      </c>
+      <c r="B58" t="s">
+        <v>339</v>
+      </c>
+      <c r="C58" t="s">
+        <v>207</v>
+      </c>
+      <c r="D58" t="s">
+        <v>247</v>
+      </c>
+      <c r="E58" t="s">
+        <v>61</v>
+      </c>
+      <c r="F58" t="s">
+        <v>81</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>106</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>340</v>
+      </c>
+      <c r="M58" t="s">
+        <v>325</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>341</v>
+      </c>
+      <c r="P58" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>343</v>
+      </c>
+      <c r="B59" t="s">
+        <v>344</v>
+      </c>
+      <c r="C59" t="s">
+        <v>207</v>
+      </c>
+      <c r="D59" t="s">
+        <v>148</v>
+      </c>
+      <c r="E59" t="s">
+        <v>61</v>
+      </c>
+      <c r="F59" t="s">
+        <v>81</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1996</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>106</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>345</v>
+      </c>
+      <c r="M59" t="s">
+        <v>325</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>346</v>
+      </c>
+      <c r="P59" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>348</v>
+      </c>
+      <c r="B60" t="s">
+        <v>349</v>
+      </c>
+      <c r="C60" t="s">
+        <v>207</v>
+      </c>
+      <c r="D60" t="s">
+        <v>80</v>
+      </c>
+      <c r="E60" t="s">
+        <v>61</v>
+      </c>
+      <c r="F60" t="s">
+        <v>81</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>106</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>350</v>
+      </c>
+      <c r="M60" t="s">
+        <v>325</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>351</v>
+      </c>
+      <c r="P60" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>353</v>
+      </c>
+      <c r="B61" t="s">
+        <v>354</v>
+      </c>
+      <c r="C61" t="s">
+        <v>207</v>
+      </c>
+      <c r="D61" t="s">
+        <v>148</v>
+      </c>
+      <c r="E61" t="s">
+        <v>61</v>
+      </c>
+      <c r="F61" t="s">
+        <v>81</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1996</v>
+      </c>
+      <c r="I61">
+        <v>2013</v>
+      </c>
+      <c r="J61" t="s">
+        <v>106</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>355</v>
+      </c>
+      <c r="M61" t="s">
+        <v>325</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>356</v>
+      </c>
+      <c r="P61" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>358</v>
+      </c>
+      <c r="B62" t="s">
+        <v>359</v>
+      </c>
+      <c r="C62" t="s">
+        <v>207</v>
+      </c>
+      <c r="D62" t="s">
+        <v>148</v>
+      </c>
+      <c r="E62" t="s">
+        <v>61</v>
+      </c>
+      <c r="F62" t="s">
+        <v>81</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1997</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>106</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>360</v>
+      </c>
+      <c r="M62" t="s">
+        <v>325</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>361</v>
+      </c>
+      <c r="P62" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>363</v>
+      </c>
+      <c r="B63" t="s">
+        <v>364</v>
+      </c>
+      <c r="C63" t="s">
+        <v>207</v>
+      </c>
+      <c r="D63" t="s">
+        <v>80</v>
+      </c>
+      <c r="E63" t="s">
+        <v>61</v>
+      </c>
+      <c r="F63" t="s">
+        <v>81</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1998</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>106</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>365</v>
+      </c>
+      <c r="M63" t="s">
+        <v>325</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>366</v>
+      </c>
+      <c r="P63" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>368</v>
+      </c>
+      <c r="B64" t="s">
+        <v>369</v>
+      </c>
+      <c r="C64" t="s">
+        <v>207</v>
+      </c>
+      <c r="D64" t="s">
+        <v>148</v>
+      </c>
+      <c r="E64" t="s">
+        <v>61</v>
+      </c>
+      <c r="F64" t="s">
+        <v>81</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2003</v>
+      </c>
+      <c r="I64">
+        <v>2013</v>
+      </c>
+      <c r="J64" t="s">
+        <v>106</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>370</v>
+      </c>
+      <c r="M64" t="s">
+        <v>325</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>371</v>
+      </c>
+      <c r="P64" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>373</v>
+      </c>
+      <c r="B65" t="s">
+        <v>374</v>
+      </c>
+      <c r="C65" t="s">
+        <v>207</v>
+      </c>
+      <c r="D65" t="s">
+        <v>80</v>
+      </c>
+      <c r="E65" t="s">
+        <v>61</v>
+      </c>
+      <c r="F65" t="s">
+        <v>81</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2004</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>106</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>375</v>
+      </c>
+      <c r="M65" t="s">
+        <v>325</v>
+      </c>
+      <c r="N65" t="s">
+        <v>36</v>
+      </c>
+      <c r="O65" t="s">
+        <v>376</v>
+      </c>
+      <c r="P65" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>378</v>
+      </c>
+      <c r="B66" t="s">
+        <v>379</v>
+      </c>
+      <c r="C66" t="s">
+        <v>207</v>
+      </c>
+      <c r="D66" t="s">
+        <v>148</v>
+      </c>
+      <c r="E66" t="s">
+        <v>61</v>
+      </c>
+      <c r="F66" t="s">
+        <v>81</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2004</v>
+      </c>
+      <c r="I66">
+        <v>2012</v>
+      </c>
+      <c r="J66" t="s">
+        <v>106</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>380</v>
+      </c>
+      <c r="M66" t="s">
+        <v>325</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>381</v>
+      </c>
+      <c r="P66" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>383</v>
+      </c>
+      <c r="B67" t="s">
+        <v>384</v>
+      </c>
+      <c r="C67" t="s">
+        <v>207</v>
+      </c>
+      <c r="D67" t="s">
+        <v>148</v>
+      </c>
+      <c r="E67" t="s">
+        <v>61</v>
+      </c>
+      <c r="F67" t="s">
+        <v>81</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2004</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>106</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>380</v>
+      </c>
+      <c r="M67" t="s">
+        <v>325</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>385</v>
+      </c>
+      <c r="P67" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>387</v>
+      </c>
+      <c r="B68" t="s">
+        <v>388</v>
+      </c>
+      <c r="C68" t="s">
+        <v>207</v>
+      </c>
+      <c r="D68" t="s">
+        <v>247</v>
+      </c>
+      <c r="E68" t="s">
+        <v>61</v>
+      </c>
+      <c r="F68" t="s">
+        <v>81</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2004</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
+      <c r="J68" t="s">
+        <v>106</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>335</v>
+      </c>
+      <c r="M68" t="s">
+        <v>325</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>389</v>
+      </c>
+      <c r="P68" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>391</v>
+      </c>
+      <c r="B69" t="s">
+        <v>392</v>
+      </c>
+      <c r="C69" t="s">
+        <v>207</v>
+      </c>
+      <c r="D69" t="s">
+        <v>247</v>
+      </c>
+      <c r="E69" t="s">
+        <v>61</v>
+      </c>
+      <c r="F69" t="s">
+        <v>81</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2005</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>106</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>393</v>
+      </c>
+      <c r="M69" t="s">
+        <v>325</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>394</v>
+      </c>
+      <c r="P69" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>396</v>
+      </c>
+      <c r="B70" t="s">
+        <v>397</v>
+      </c>
+      <c r="C70" t="s">
+        <v>207</v>
+      </c>
+      <c r="D70" t="s">
+        <v>148</v>
+      </c>
+      <c r="E70" t="s">
+        <v>61</v>
+      </c>
+      <c r="F70" t="s">
+        <v>81</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2005</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>106</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>398</v>
+      </c>
+      <c r="M70" t="s">
+        <v>325</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>399</v>
+      </c>
+      <c r="P70" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>401</v>
+      </c>
+      <c r="B71" t="s">
+        <v>402</v>
+      </c>
+      <c r="C71" t="s">
+        <v>207</v>
+      </c>
+      <c r="D71" t="s">
+        <v>247</v>
+      </c>
+      <c r="E71" t="s">
+        <v>61</v>
+      </c>
+      <c r="F71" t="s">
+        <v>81</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2007</v>
+      </c>
+      <c r="I71">
+        <v>2012</v>
+      </c>
+      <c r="J71" t="s">
+        <v>106</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>403</v>
+      </c>
+      <c r="M71" t="s">
+        <v>325</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>404</v>
+      </c>
+      <c r="P71" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>406</v>
+      </c>
+      <c r="B72" t="s">
+        <v>407</v>
+      </c>
+      <c r="C72" t="s">
+        <v>207</v>
+      </c>
+      <c r="D72" t="s">
+        <v>129</v>
+      </c>
+      <c r="E72" t="s">
+        <v>61</v>
+      </c>
+      <c r="F72" t="s">
+        <v>81</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72">
+        <v>2014</v>
+      </c>
+      <c r="J72" t="s">
+        <v>100</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>408</v>
+      </c>
+      <c r="M72" t="s">
+        <v>409</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>410</v>
+      </c>
+      <c r="P72" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>412</v>
+      </c>
+      <c r="B73" t="s">
+        <v>413</v>
+      </c>
+      <c r="C73" t="s">
+        <v>207</v>
+      </c>
+      <c r="D73" t="s">
+        <v>80</v>
+      </c>
+      <c r="E73" t="s">
+        <v>61</v>
+      </c>
+      <c r="F73" t="s">
+        <v>81</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2009</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
+        <v>106</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>414</v>
+      </c>
+      <c r="M73" t="s">
+        <v>325</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>415</v>
+      </c>
+      <c r="P73" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>417</v>
+      </c>
+      <c r="B74" t="s">
+        <v>418</v>
+      </c>
+      <c r="C74" t="s">
+        <v>207</v>
+      </c>
+      <c r="D74" t="s">
+        <v>80</v>
+      </c>
+      <c r="E74" t="s">
+        <v>61</v>
+      </c>
+      <c r="F74" t="s">
+        <v>81</v>
+      </c>
+      <c r="G74" t="s">
+        <v>52</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>100</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>419</v>
+      </c>
+      <c r="M74" t="s">
+        <v>409</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>420</v>
+      </c>
+      <c r="P74"/>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>421</v>
+      </c>
+      <c r="B75" t="s">
+        <v>422</v>
+      </c>
+      <c r="C75" t="s">
+        <v>207</v>
+      </c>
+      <c r="D75" t="s">
+        <v>129</v>
+      </c>
+      <c r="E75" t="s">
+        <v>61</v>
+      </c>
+      <c r="F75" t="s">
+        <v>81</v>
+      </c>
+      <c r="G75" t="s">
+        <v>52</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>100</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>423</v>
+      </c>
+      <c r="M75" t="s">
+        <v>409</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>424</v>
+      </c>
+      <c r="P75"/>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>425</v>
+      </c>
+      <c r="B76" t="s">
+        <v>426</v>
+      </c>
+      <c r="C76" t="s">
+        <v>427</v>
+      </c>
+      <c r="D76" t="s">
+        <v>80</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>62</v>
+      </c>
+      <c r="G76" t="s">
+        <v>52</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>219</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>428</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>429</v>
+      </c>
+      <c r="P76" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>431</v>
+      </c>
+      <c r="B77" t="s">
+        <v>432</v>
+      </c>
+      <c r="C77" t="s">
+        <v>427</v>
+      </c>
+      <c r="D77" t="s">
+        <v>214</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>52</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>53</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>428</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>433</v>
+      </c>
+      <c r="P77" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>435</v>
+      </c>
+      <c r="B78" t="s">
+        <v>436</v>
+      </c>
+      <c r="C78" t="s">
+        <v>207</v>
+      </c>
+      <c r="D78" t="s">
+        <v>129</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>52</v>
+      </c>
+      <c r="H78">
+        <v>2012</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>106</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>437</v>
+      </c>
+      <c r="M78" t="s">
+        <v>209</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>438</v>
+      </c>
+      <c r="P78" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>440</v>
+      </c>
+      <c r="B79" t="s">
+        <v>441</v>
+      </c>
+      <c r="C79" t="s">
+        <v>442</v>
+      </c>
+      <c r="D79" t="s">
+        <v>443</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>52</v>
+      </c>
+      <c r="H79">
+        <v>2016</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>72</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>444</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>445</v>
+      </c>
+      <c r="P79" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>447</v>
+      </c>
+      <c r="B80" t="s">
+        <v>448</v>
+      </c>
+      <c r="C80" t="s">
+        <v>442</v>
+      </c>
+      <c r="D80" t="s">
+        <v>449</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>42</v>
+      </c>
+      <c r="G80" t="s">
+        <v>52</v>
+      </c>
+      <c r="H80">
+        <v>2017</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>72</v>
+      </c>
+      <c r="K80" t="s">
         <v>24</v>
       </c>
-      <c r="N26" t="s">
-[...19 lines deleted...]
-      <c r="F27" t="s">
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>444</v>
+      </c>
+      <c r="N80" t="s">
+        <v>36</v>
+      </c>
+      <c r="O80" t="s">
+        <v>450</v>
+      </c>
+      <c r="P80" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>452</v>
+      </c>
+      <c r="B81" t="s">
+        <v>453</v>
+      </c>
+      <c r="C81" t="s">
+        <v>294</v>
+      </c>
+      <c r="D81" t="s">
+        <v>454</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>42</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2009</v>
+      </c>
+      <c r="I81">
+        <v>2016</v>
+      </c>
+      <c r="J81" t="s">
+        <v>33</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>183</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>455</v>
+      </c>
+      <c r="P81" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>457</v>
+      </c>
+      <c r="B82" t="s">
+        <v>173</v>
+      </c>
+      <c r="C82" t="s">
+        <v>458</v>
+      </c>
+      <c r="D82" t="s">
+        <v>80</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>62</v>
+      </c>
+      <c r="G82" t="s">
         <v>52</v>
       </c>
-      <c r="G27"/>
-[...34 lines deleted...]
-      <c r="F28" t="s">
+      <c r="H82">
+        <v>2010</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>176</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>459</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>460</v>
+      </c>
+      <c r="P82" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>462</v>
+      </c>
+      <c r="B83" t="s">
+        <v>463</v>
+      </c>
+      <c r="C83" t="s">
+        <v>464</v>
+      </c>
+      <c r="D83" t="s">
+        <v>182</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>62</v>
+      </c>
+      <c r="G83" t="s">
         <v>52</v>
       </c>
-      <c r="G28"/>
-[...36 lines deleted...]
-      <c r="F29" t="s">
+      <c r="H83">
+        <v>2007</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>176</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>465</v>
+      </c>
+      <c r="M83" t="s">
+        <v>466</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>467</v>
+      </c>
+      <c r="P83" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>469</v>
+      </c>
+      <c r="B84" t="s">
+        <v>470</v>
+      </c>
+      <c r="C84" t="s">
+        <v>464</v>
+      </c>
+      <c r="D84" t="s">
+        <v>80</v>
+      </c>
+      <c r="E84" t="s">
+        <v>61</v>
+      </c>
+      <c r="F84" t="s">
+        <v>42</v>
+      </c>
+      <c r="G84" t="s">
         <v>52</v>
       </c>
-      <c r="G29"/>
-[...208 lines deleted...]
-      <c r="H34">
+      <c r="H84">
+        <v>2007</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>72</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>471</v>
+      </c>
+      <c r="M84" t="s">
+        <v>466</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>472</v>
+      </c>
+      <c r="P84" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>474</v>
+      </c>
+      <c r="B85" t="s">
+        <v>475</v>
+      </c>
+      <c r="C85" t="s">
+        <v>464</v>
+      </c>
+      <c r="D85" t="s">
+        <v>214</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>52</v>
+      </c>
+      <c r="H85">
+        <v>2007</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>176</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>471</v>
+      </c>
+      <c r="M85" t="s">
+        <v>466</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>476</v>
+      </c>
+      <c r="P85" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>477</v>
+      </c>
+      <c r="B86" t="s">
+        <v>478</v>
+      </c>
+      <c r="C86" t="s">
+        <v>464</v>
+      </c>
+      <c r="D86" t="s">
+        <v>182</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86">
         <v>2018</v>
       </c>
-      <c r="I34" t="s">
-[...307 lines deleted...]
-      <c r="K41" t="s">
+      <c r="J86" t="s">
         <v>176</v>
       </c>
-      <c r="L41" t="s">
-[...1917 lines deleted...]
-      </c>
       <c r="K86" t="s">
-        <v>320</v>
+        <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>312</v>
+        <v>479</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>466</v>
       </c>
       <c r="N86" t="s">
-        <v>321</v>
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>480</v>
+      </c>
+      <c r="P86" t="s">
+        <v>481</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>