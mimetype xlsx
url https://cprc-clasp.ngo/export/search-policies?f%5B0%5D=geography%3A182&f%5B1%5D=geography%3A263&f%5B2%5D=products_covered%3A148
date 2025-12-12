--- v0 (2025-10-14)
+++ v1 (2025-12-12)
@@ -12,338 +12,427 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -607,709 +696,796 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="432.894" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...39 lines deleted...]
-      <c r="N3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
-      </c>
-[...58 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H5">
         <v>2002</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2002</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2025</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2005</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
-[...12 lines deleted...]
-        <v>46</v>
+      <c r="F9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...18 lines deleted...]
-      <c r="G6">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>78</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
         <v>2014</v>
       </c>
-      <c r="H6">
-[...2 lines deleted...]
-      <c r="I6" t="s">
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>62</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>50</v>
       </c>
-      <c r="J6" t="s">
-[...10 lines deleted...]
-        <v>52</v>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13">
+        <v>1994</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>62</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...24 lines deleted...]
-      <c r="I7" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>50</v>
       </c>
-      <c r="J7" t="s">
-[...63 lines deleted...]
-      <c r="B9" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="C9" t="s">
-[...247 lines deleted...]
-        <v>82</v>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>