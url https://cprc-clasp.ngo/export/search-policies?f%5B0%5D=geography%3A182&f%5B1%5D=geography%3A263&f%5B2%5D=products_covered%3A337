--- v0 (2025-11-06)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -382,50 +382,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
     <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
@@ -1441,126 +1444,126 @@
       </c>
       <c r="P13" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>120</v>
       </c>
       <c r="B14" t="s">
         <v>121</v>
       </c>
       <c r="C14" t="s">
         <v>90</v>
       </c>
       <c r="D14" t="s">
         <v>122</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>54</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H14">
         <v>2002</v>
       </c>
       <c r="I14">
         <v>2007</v>
       </c>
       <c r="J14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M14" t="s">
         <v>93</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>54</v>
       </c>
       <c r="G15" t="s">
         <v>64</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
         <v>65</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">