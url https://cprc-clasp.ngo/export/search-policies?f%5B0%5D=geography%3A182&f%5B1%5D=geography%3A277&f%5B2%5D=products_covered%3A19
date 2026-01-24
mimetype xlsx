--- v0 (2025-11-26)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="457">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -282,71 +282,50 @@
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
@@ -642,102 +621,96 @@
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
@@ -782,51 +755,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
   </si>
   <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
     <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
@@ -854,51 +827,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1071,158 +1044,185 @@
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
     <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
   </si>
   <si>
+    <t>August 2019</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for washing machines.</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>Drum washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
   </si>
   <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy specifies labeling requirements for clothes dryers.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
   </si>
   <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
     <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
@@ -1377,50 +1377,53 @@
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
     <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
   </si>
@@ -1801,51 +1804,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2267,2490 +2270,2492 @@
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>88</v>
       </c>
       <c r="P9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>90</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>92</v>
       </c>
       <c r="D10" t="s">
         <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="E11" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="H12"/>
-      <c r="I12"/>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2002</v>
+      </c>
       <c r="J12" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="M12" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P12" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="E13" t="s">
         <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>69</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I13">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
         <v>120</v>
       </c>
-      <c r="K13" t="s">
-[...2 lines deleted...]
-      <c r="L13" t="s">
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>121</v>
       </c>
-      <c r="M13" t="s">
+      <c r="P13" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D14" t="s">
         <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I14">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J14" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
         <v>127</v>
       </c>
       <c r="M14" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>133</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2000</v>
       </c>
       <c r="I15">
         <v>2009</v>
       </c>
       <c r="J15" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
         <v>134</v>
       </c>
-      <c r="M15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P15" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" t="s">
         <v>138</v>
       </c>
-      <c r="B16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="I16">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="M16" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P16" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B17" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C17" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D17" t="s">
-        <v>145</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
         <v>146</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
         <v>147</v>
       </c>
       <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
         <v>148</v>
       </c>
-      <c r="N17" t="s">
-[...2 lines deleted...]
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
         <v>151</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D18" t="s">
         <v>61</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="I18">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J18" t="s">
+        <v>96</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
         <v>153</v>
       </c>
-      <c r="K18" t="s">
-[...2 lines deleted...]
-      <c r="L18" t="s">
+      <c r="M18" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>155</v>
       </c>
       <c r="P18" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>157</v>
       </c>
       <c r="B19" t="s">
         <v>158</v>
       </c>
       <c r="C19" t="s">
         <v>159</v>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H19">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>103</v>
+        <v>160</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M19" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D20" t="s">
-        <v>61</v>
+        <v>168</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="G20" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
       <c r="J20" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
         <v>169</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>170</v>
       </c>
       <c r="P20" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>172</v>
       </c>
       <c r="B21" t="s">
         <v>173</v>
       </c>
       <c r="C21" t="s">
         <v>174</v>
       </c>
       <c r="D21" t="s">
-        <v>175</v>
+        <v>112</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I21">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="K21" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>175</v>
+      </c>
       <c r="M21" t="s">
         <v>176</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>177</v>
       </c>
       <c r="P21" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>179</v>
       </c>
       <c r="B22" t="s">
         <v>180</v>
       </c>
       <c r="C22" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="D22" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
         <v>69</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="I22">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L22" t="s">
+        <v>181</v>
+      </c>
+      <c r="M22" t="s">
+        <v>176</v>
+      </c>
+      <c r="N22" t="s">
         <v>182</v>
       </c>
-      <c r="M22" t="s">
+      <c r="O22" t="s">
         <v>183</v>
       </c>
-      <c r="N22" t="s">
-[...2 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>185</v>
+      </c>
+      <c r="B23" t="s">
         <v>186</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>181</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
         <v>61</v>
       </c>
       <c r="E23" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="I23">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>103</v>
+        <v>70</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
+        <v>63</v>
+      </c>
+      <c r="M23" t="s">
+        <v>64</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>187</v>
+      </c>
+      <c r="P23" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B24" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
       <c r="D24" t="s">
-        <v>61</v>
+        <v>191</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H24">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I24">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J24" t="s">
-        <v>70</v>
+        <v>193</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>64</v>
+        <v>194</v>
       </c>
       <c r="N24" t="s">
-        <v>27</v>
+        <v>182</v>
       </c>
       <c r="O24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C25" t="s">
-        <v>198</v>
+        <v>60</v>
       </c>
       <c r="D25" t="s">
         <v>199</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>200</v>
+        <v>69</v>
       </c>
       <c r="G25" t="s">
-        <v>201</v>
+        <v>54</v>
       </c>
       <c r="H25">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
+        <v>96</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>200</v>
+      </c>
+      <c r="M25" t="s">
+        <v>201</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>202</v>
       </c>
-      <c r="K25" t="s">
-[...3 lines deleted...]
-      <c r="M25" t="s">
+      <c r="P25" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>204</v>
+      </c>
+      <c r="B26" t="s">
+        <v>205</v>
+      </c>
+      <c r="C26" t="s">
         <v>206</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>94</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2024</v>
+      </c>
+      <c r="J26" t="s">
         <v>207</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
         <v>208</v>
       </c>
-      <c r="E26" t="s">
-[...18 lines deleted...]
-      <c r="L26" t="s">
+      <c r="M26" t="s">
         <v>209</v>
       </c>
-      <c r="M26" t="s">
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>210</v>
       </c>
-      <c r="N26" t="s">
-[...2 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>212</v>
+      </c>
+      <c r="B27" t="s">
         <v>213</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D27" t="s">
         <v>61</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="I27">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J27" t="s">
+        <v>146</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>215</v>
+      </c>
+      <c r="M27" t="s">
         <v>216</v>
       </c>
-      <c r="K27" t="s">
-[...2 lines deleted...]
-      <c r="L27" t="s">
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>217</v>
       </c>
-      <c r="M27" t="s">
+      <c r="P27" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B28" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C28" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="D28" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1989</v>
       </c>
       <c r="I28">
         <v>2015</v>
       </c>
       <c r="J28" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="M28" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="P28" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B29" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="C29" t="s">
-        <v>223</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>101</v>
+        <v>69</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J29" t="s">
-        <v>153</v>
+        <v>113</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="M29" t="s">
-        <v>225</v>
+        <v>115</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="P29" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B30" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C30" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="D30" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I30">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J30" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="P30" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>233</v>
+      </c>
+      <c r="B31" t="s">
+        <v>234</v>
+      </c>
+      <c r="C31" t="s">
+        <v>206</v>
+      </c>
+      <c r="D31" t="s">
+        <v>61</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>94</v>
+      </c>
+      <c r="G31" t="s">
+        <v>235</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>236</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>237</v>
+      </c>
+      <c r="M31" t="s">
+        <v>209</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>238</v>
       </c>
-      <c r="B31" t="s">
+      <c r="P31" t="s">
         <v>239</v>
-      </c>
-[...38 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B32" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C32" t="s">
-        <v>244</v>
+        <v>85</v>
       </c>
       <c r="D32" t="s">
         <v>61</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="G32" t="s">
         <v>54</v>
       </c>
       <c r="H32">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I32"/>
+        <v>2023</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
       <c r="J32" t="s">
-        <v>245</v>
+        <v>193</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="M32" t="s">
-        <v>218</v>
+        <v>87</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="P32" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B33" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C33" t="s">
-        <v>85</v>
+        <v>247</v>
       </c>
       <c r="D33" t="s">
         <v>61</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="G33" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2023</v>
+        <v>1984</v>
       </c>
       <c r="I33">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>202</v>
+        <v>248</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
+        <v>249</v>
+      </c>
+      <c r="M33" t="s">
+        <v>250</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>251</v>
       </c>
-      <c r="M33" t="s">
-[...5 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>253</v>
+      </c>
+      <c r="B34" t="s">
         <v>254</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D34" t="s">
         <v>61</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H34">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
+        <v>256</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>257</v>
       </c>
-      <c r="K34" t="s">
-[...2 lines deleted...]
-      <c r="L34" t="s">
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
         <v>258</v>
       </c>
-      <c r="M34" t="s">
+      <c r="P34" t="s">
         <v>259</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B35" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C35" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="D35" t="s">
         <v>61</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>54</v>
       </c>
       <c r="H35">
         <v>2016</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="P35" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="B36" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="C36" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="D36" t="s">
         <v>61</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>54</v>
       </c>
       <c r="H36">
         <v>2016</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
+        <v>257</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
         <v>266</v>
       </c>
-      <c r="N36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="B37" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="C37" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D37" t="s">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>43</v>
       </c>
       <c r="G37" t="s">
         <v>54</v>
       </c>
       <c r="H37">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>265</v>
+        <v>113</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>270</v>
+      </c>
       <c r="M37" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="P37" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B38" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C38" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="D38" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>43</v>
       </c>
       <c r="G38" t="s">
         <v>54</v>
       </c>
       <c r="H38">
         <v>1990</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="M38" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="P38" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="B39" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C39" t="s">
-        <v>278</v>
+        <v>152</v>
       </c>
       <c r="D39" t="s">
-        <v>61</v>
+        <v>280</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="G39" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H39">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2008</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
       <c r="J39" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
+        <v>281</v>
+      </c>
+      <c r="M39" t="s">
+        <v>282</v>
+      </c>
+      <c r="N39" t="s">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>283</v>
+      </c>
+      <c r="P39" t="s">
         <v>284</v>
-      </c>
-[...10 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B40" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="D40" t="s">
-        <v>289</v>
+        <v>112</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H40">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I40">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>44</v>
+        <v>146</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
+        <v>287</v>
+      </c>
+      <c r="M40" t="s">
+        <v>288</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>289</v>
+      </c>
+      <c r="P40" t="s">
         <v>290</v>
-      </c>
-[...10 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>291</v>
+      </c>
+      <c r="B41" t="s">
+        <v>292</v>
+      </c>
+      <c r="C41" t="s">
+        <v>293</v>
+      </c>
+      <c r="D41" t="s">
+        <v>61</v>
+      </c>
+      <c r="E41" t="s">
+        <v>93</v>
+      </c>
+      <c r="F41" t="s">
+        <v>94</v>
+      </c>
+      <c r="G41" t="s">
+        <v>95</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>294</v>
       </c>
-      <c r="B41" t="s">
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
         <v>295</v>
       </c>
-      <c r="C41" t="s">
-[...26 lines deleted...]
-      <c r="L41" t="s">
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
         <v>296</v>
       </c>
-      <c r="M41" t="s">
+      <c r="P41" t="s">
         <v>297</v>
-      </c>
-[...7 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>298</v>
+      </c>
+      <c r="B42" t="s">
+        <v>299</v>
+      </c>
+      <c r="C42" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42" t="s">
+        <v>112</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+      <c r="H42">
+        <v>2014</v>
+      </c>
+      <c r="I42">
+        <v>2022</v>
+      </c>
+      <c r="J42" t="s">
+        <v>146</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
         <v>300</v>
       </c>
-      <c r="B42" t="s">
+      <c r="M42" t="s">
+        <v>288</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
         <v>301</v>
       </c>
-      <c r="C42" t="s">
+      <c r="P42" t="s">
         <v>302</v>
-      </c>
-[...31 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B43" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C43" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="D43" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="I43">
-        <v>2022</v>
+        <v>2006</v>
       </c>
       <c r="J43" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>309</v>
+        <v>127</v>
       </c>
       <c r="M43" t="s">
-        <v>297</v>
+        <v>128</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="P43" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="B44" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="C44" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2002</v>
       </c>
       <c r="I44">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="J44" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="M44" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="P44" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>310</v>
+      </c>
+      <c r="B45" t="s">
+        <v>311</v>
+      </c>
+      <c r="C45" t="s">
+        <v>137</v>
+      </c>
+      <c r="D45" t="s">
+        <v>312</v>
+      </c>
+      <c r="E45" t="s">
+        <v>93</v>
+      </c>
+      <c r="F45" t="s">
+        <v>313</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>314</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>315</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
         <v>316</v>
       </c>
-      <c r="B45" t="s">
+      <c r="P45" t="s">
         <v>317</v>
-      </c>
-[...40 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="B46" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C46" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D46" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="E46" t="s">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="G46" t="s">
         <v>54</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="P46" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B47" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C47" t="s">
-        <v>144</v>
+        <v>322</v>
       </c>
       <c r="D47" t="s">
-        <v>321</v>
+        <v>61</v>
       </c>
       <c r="E47" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>322</v>
+        <v>94</v>
       </c>
       <c r="G47" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I47"/>
+        <v>2010</v>
+      </c>
+      <c r="I47">
+        <v>2016</v>
+      </c>
       <c r="J47" t="s">
+        <v>146</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
         <v>323</v>
       </c>
-      <c r="K47" t="s">
-[...2 lines deleted...]
-      <c r="L47"/>
       <c r="M47" t="s">
         <v>324</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="P47" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B48" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C48" t="s">
-        <v>331</v>
+        <v>85</v>
       </c>
       <c r="D48" t="s">
         <v>61</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H48">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>153</v>
+        <v>329</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
+        <v>330</v>
+      </c>
+      <c r="M48" t="s">
+        <v>87</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>331</v>
+      </c>
+      <c r="P48" t="s">
         <v>332</v>
-      </c>
-[...10 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B49" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C49" t="s">
-        <v>85</v>
+        <v>247</v>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F49" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="G49" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I49"/>
+        <v>1993</v>
+      </c>
+      <c r="I49">
+        <v>2010</v>
+      </c>
       <c r="J49" t="s">
-        <v>93</v>
+        <v>248</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
+        <v>335</v>
+      </c>
+      <c r="M49" t="s">
+        <v>336</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>337</v>
+      </c>
+      <c r="P49" t="s">
         <v>338</v>
-      </c>
-[...10 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>339</v>
+      </c>
+      <c r="B50" t="s">
+        <v>340</v>
+      </c>
+      <c r="C50" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D50" t="s">
         <v>61</v>
       </c>
       <c r="E50" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I50">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J50" t="s">
-        <v>257</v>
+        <v>329</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
-      <c r="L50" t="s">
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>342</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
         <v>343</v>
       </c>
-      <c r="M50" t="s">
+      <c r="P50" t="s">
         <v>344</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B51" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C51" t="s">
-        <v>92</v>
+        <v>125</v>
       </c>
       <c r="D51" t="s">
         <v>61</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F51" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I51">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J51" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="P51" t="s">
-        <v>96</v>
+        <v>306</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>348</v>
+      </c>
+      <c r="B52" t="s">
+        <v>349</v>
+      </c>
+      <c r="C52" t="s">
         <v>350</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52" t="s">
+        <v>191</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>351</v>
       </c>
-      <c r="C52" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>352</v>
       </c>
       <c r="H52">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>133</v>
+        <v>353</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
-      <c r="L52"/>
+      <c r="L52" t="s">
+        <v>354</v>
+      </c>
       <c r="M52" t="s">
-        <v>135</v>
+        <v>355</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="P52" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B53" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C53" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="D53" t="s">
-        <v>199</v>
+        <v>361</v>
       </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>356</v>
+        <v>43</v>
       </c>
       <c r="G53" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I53"/>
+        <v>2015</v>
+      </c>
+      <c r="I53">
+        <v>2018</v>
+      </c>
       <c r="J53" t="s">
-        <v>357</v>
+        <v>256</v>
       </c>
       <c r="K53" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="P53" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B54" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C54" t="s">
-        <v>364</v>
+        <v>341</v>
       </c>
       <c r="D54" t="s">
-        <v>365</v>
+        <v>61</v>
       </c>
       <c r="E54" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>352</v>
       </c>
       <c r="H54">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>265</v>
+        <v>329</v>
       </c>
       <c r="K54" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>367</v>
       </c>
       <c r="P54" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>369</v>
       </c>
       <c r="B55" t="s">
         <v>370</v>
       </c>
       <c r="C55" t="s">
         <v>371</v>
       </c>
       <c r="D55" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>43</v>
       </c>
       <c r="G55" t="s">
         <v>54</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
         <v>372</v>
       </c>
       <c r="M55" t="s">
         <v>373</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
         <v>374</v>
       </c>
       <c r="P55" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>376</v>
       </c>
       <c r="B56" t="s">
         <v>377</v>
       </c>
       <c r="C56" t="s">
         <v>371</v>
       </c>
       <c r="D56" t="s">
         <v>61</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>54</v>
       </c>
       <c r="H56">
         <v>2015</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
         <v>378</v>
       </c>
       <c r="M56" t="s">
         <v>373</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>379</v>
       </c>
       <c r="P56" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>381</v>
       </c>
       <c r="B57" t="s">
         <v>382</v>
       </c>
       <c r="C57" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="D57" t="s">
         <v>61</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2011</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
         <v>383</v>
       </c>
       <c r="M57" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>384</v>
       </c>
       <c r="P57" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>386</v>
       </c>
       <c r="B58" t="s">
         <v>387</v>
       </c>
       <c r="C58" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="D58" t="s">
         <v>61</v>
       </c>
       <c r="E58" t="s">
         <v>42</v>
       </c>
       <c r="F58" t="s">
         <v>69</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2000</v>
       </c>
       <c r="I58">
         <v>2012</v>
       </c>
       <c r="J58" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
         <v>388</v>
       </c>
       <c r="M58" t="s">
         <v>389</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>390</v>
       </c>
       <c r="P58" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>392</v>
       </c>
       <c r="B59" t="s">
         <v>393</v>
       </c>
       <c r="C59" t="s">
         <v>394</v>
       </c>
       <c r="D59" t="s">
         <v>395</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>54</v>
       </c>
       <c r="H59">
         <v>2016</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>396</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>397</v>
       </c>
       <c r="P59" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>399</v>
       </c>
       <c r="B60" t="s">
         <v>400</v>
       </c>
       <c r="C60" t="s">
         <v>394</v>
       </c>
       <c r="D60" t="s">
         <v>401</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>54</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>396</v>
       </c>
       <c r="N60" t="s">
         <v>36</v>
       </c>
       <c r="O60" t="s">
         <v>402</v>
       </c>
       <c r="P60" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>404</v>
       </c>
       <c r="B61" t="s">
         <v>405</v>
       </c>
@@ -4831,378 +4836,378 @@
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>413</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>414</v>
       </c>
       <c r="P62" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>416</v>
       </c>
       <c r="B63" t="s">
         <v>417</v>
       </c>
       <c r="C63" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D63" t="s">
         <v>61</v>
       </c>
       <c r="E63" t="s">
         <v>42</v>
       </c>
       <c r="F63" t="s">
         <v>69</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2007</v>
       </c>
       <c r="I63">
         <v>2012</v>
       </c>
       <c r="J63" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
         <v>418</v>
       </c>
       <c r="M63" t="s">
         <v>419</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>420</v>
       </c>
       <c r="P63" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>422</v>
       </c>
       <c r="B64" t="s">
         <v>423</v>
       </c>
       <c r="C64" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D64" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="E64" t="s">
         <v>42</v>
       </c>
       <c r="F64" t="s">
         <v>69</v>
       </c>
       <c r="G64" t="s">
         <v>54</v>
       </c>
       <c r="H64">
         <v>2013</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
         <v>424</v>
       </c>
       <c r="M64" t="s">
         <v>419</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>425</v>
       </c>
       <c r="P64" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>427</v>
       </c>
       <c r="B65" t="s">
         <v>428</v>
       </c>
       <c r="C65" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D65" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>1997</v>
       </c>
       <c r="I65">
         <v>2022</v>
       </c>
       <c r="J65" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>429</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>430</v>
       </c>
       <c r="P65" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>432</v>
       </c>
       <c r="B66" t="s">
         <v>433</v>
       </c>
       <c r="C66" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D66" t="s">
         <v>434</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>54</v>
+        <v>435</v>
       </c>
       <c r="H66">
         <v>2014</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>429</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P66" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B67" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C67" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D67" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2014</v>
       </c>
       <c r="I67">
         <v>2024</v>
       </c>
       <c r="J67" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
         <v>429</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P67" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B68" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C68" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="D68" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>43</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2015</v>
       </c>
       <c r="I68">
         <v>2016</v>
       </c>
       <c r="J68" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="K68" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="L68" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="M68" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N68" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="O68" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="P68" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B69" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C69" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="D69" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
         <v>69</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2011</v>
       </c>
       <c r="I69">
         <v>2017</v>
       </c>
       <c r="J69" t="s">
         <v>70</v>
       </c>
       <c r="K69" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="N69" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="O69" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P69" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">