--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -5349,51 +5349,53 @@
         <v>214</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>419</v>
       </c>
       <c r="B68" t="s">
         <v>420</v>
       </c>
       <c r="C68" t="s">
         <v>181</v>
       </c>
       <c r="D68" t="s">
         <v>53</v>
       </c>
       <c r="E68" t="s">
         <v>34</v>
       </c>
       <c r="F68" t="s">
         <v>35</v>
       </c>
       <c r="G68" t="s">
         <v>46</v>
       </c>
-      <c r="H68"/>
+      <c r="H68">
+        <v>2024</v>
+      </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>421</v>
       </c>
       <c r="K68" t="s">
         <v>37</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>389</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>422</v>
       </c>
       <c r="P68" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>424</v>
       </c>