--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -3172,51 +3172,53 @@
         <v>138</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>267</v>
       </c>
       <c r="B36" t="s">
         <v>268</v>
       </c>
       <c r="C36" t="s">
         <v>121</v>
       </c>
       <c r="D36" t="s">
         <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>34</v>
       </c>
       <c r="F36" t="s">
         <v>35</v>
       </c>
       <c r="G36" t="s">
         <v>46</v>
       </c>
-      <c r="H36"/>
+      <c r="H36">
+        <v>2024</v>
+      </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>269</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>254</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>270</v>
       </c>
       <c r="P36" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>272</v>
       </c>