--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -149,72 +149,72 @@
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
@@ -805,51 +805,51 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>49</v>
       </c>
       <c r="H5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>35</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>