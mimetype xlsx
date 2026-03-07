--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,6326 +12,9703 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1986">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3054">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>Non-Directional lamps</t>
-[...7 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-rice-cookers</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...2 lines deleted...]
-    <t>Ministry of Energy and Mineral Resources</t>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
+  </si>
+  <si>
+    <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
+  </si>
+  <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
   </si>
   <si>
     <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
+    <t>Power Supply and Power Conversion</t>
+  </si>
+  <si>
+    <t>February 2025</t>
+  </si>
+  <si>
+    <t>GB 20943-2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
+  </si>
+  <si>
+    <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
+  </si>
+  <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
+    <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
+    <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
+  </si>
+  <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
+    <t>Induction Cookstoves or Hobs</t>
+  </si>
+  <si>
+    <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
+  </si>
+  <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
-  </si>
-[...40 lines deleted...]
-    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
+  </si>
+  <si>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>MEPS for electric pressure cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
-[...1 lines deleted...]
-  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
   </si>
   <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Televisions</t>
   </si>
   <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Guyana Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators</t>
   </si>
   <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
   </si>
   <si>
-    <t>AS/NZS 4934.1-2014</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -6595,27117 +9972,30852 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N637"/>
+  <dimension ref="A1:P636"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1979</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1998</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>90</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>96</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>103</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>84</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>118</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15">
+        <v>1991</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1986</v>
+      </c>
+      <c r="I16">
+        <v>2006</v>
+      </c>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>123</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>63</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>123</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2006</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>33</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>123</v>
+      </c>
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>63</v>
+      </c>
+      <c r="H19">
+        <v>2006</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>33</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>123</v>
+      </c>
+      <c r="D20" t="s">
+        <v>114</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>63</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>125</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" t="s">
+        <v>114</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J21" t="s">
+        <v>148</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>125</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" t="s">
+        <v>89</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...54 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...793 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>120</v>
+        <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>93</v>
+        <v>157</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>125</v>
       </c>
       <c r="N22" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
         <v>123</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1998</v>
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>63</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K23"/>
+        <v>33</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
       <c r="L23" t="s">
-        <v>93</v>
+        <v>162</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>125</v>
       </c>
       <c r="N23" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>123</v>
+      </c>
+      <c r="D24" t="s">
+        <v>166</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1998</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>33</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
         <v>125</v>
       </c>
-      <c r="B24" t="s">
-[...14 lines deleted...]
-      <c r="G24">
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>123</v>
+      </c>
+      <c r="D25" t="s">
+        <v>170</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>63</v>
+      </c>
+      <c r="H25">
         <v>1990</v>
       </c>
-      <c r="H24"/>
-[...13 lines deleted...]
-      <c r="N24" t="s">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>33</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>125</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="25" spans="1:14">
-[...18 lines deleted...]
-      <c r="G25">
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>172</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>123</v>
+      </c>
+      <c r="D26" t="s">
+        <v>174</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>63</v>
+      </c>
+      <c r="H26">
         <v>1990</v>
       </c>
-      <c r="H25"/>
-[...13 lines deleted...]
-      <c r="N25" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>125</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" t="s">
+        <v>178</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>63</v>
+      </c>
+      <c r="H27">
+        <v>1990</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>33</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>125</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" t="s">
+        <v>181</v>
+      </c>
+      <c r="C28" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" t="s">
+        <v>182</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>63</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>33</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>125</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>184</v>
+      </c>
+      <c r="B29" t="s">
+        <v>185</v>
+      </c>
+      <c r="C29" t="s">
+        <v>186</v>
+      </c>
+      <c r="D29" t="s">
+        <v>187</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>52</v>
+      </c>
+      <c r="G29" t="s">
+        <v>63</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>188</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>189</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>190</v>
+      </c>
+      <c r="P29" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>192</v>
+      </c>
+      <c r="B30" t="s">
+        <v>193</v>
+      </c>
+      <c r="C30" t="s">
+        <v>194</v>
+      </c>
+      <c r="D30" t="s">
+        <v>195</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>52</v>
+      </c>
+      <c r="G30" t="s">
+        <v>63</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>196</v>
+      </c>
+      <c r="K30" t="s">
+        <v>197</v>
+      </c>
+      <c r="L30" t="s">
+        <v>198</v>
+      </c>
+      <c r="M30" t="s">
+        <v>199</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>200</v>
+      </c>
+      <c r="P30" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>204</v>
+      </c>
+      <c r="D31" t="s">
+        <v>205</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" t="s">
+        <v>63</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>206</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>36</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>204</v>
+      </c>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>63</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>206</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>213</v>
+      </c>
+      <c r="M32" t="s">
+        <v>208</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>204</v>
+      </c>
+      <c r="D33" t="s">
+        <v>218</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" t="s">
+        <v>63</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>206</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>219</v>
+      </c>
+      <c r="M33" t="s">
+        <v>208</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>204</v>
+      </c>
+      <c r="D34" t="s">
+        <v>224</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>52</v>
+      </c>
+      <c r="G34" t="s">
+        <v>63</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>206</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>225</v>
+      </c>
+      <c r="M34" t="s">
+        <v>208</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>228</v>
+      </c>
+      <c r="B35" t="s">
+        <v>229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>204</v>
+      </c>
+      <c r="D35" t="s">
+        <v>218</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>52</v>
+      </c>
+      <c r="G35" t="s">
+        <v>63</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>230</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>231</v>
+      </c>
+      <c r="M35" t="s">
+        <v>208</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>204</v>
+      </c>
+      <c r="D36" t="s">
         <v>130</v>
       </c>
-    </row>
-[...59 lines deleted...]
-      <c r="G27">
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>52</v>
+      </c>
+      <c r="G36" t="s">
+        <v>63</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>206</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>236</v>
+      </c>
+      <c r="M36" t="s">
+        <v>208</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>237</v>
+      </c>
+      <c r="P36" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>239</v>
+      </c>
+      <c r="B37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C37" t="s">
+        <v>204</v>
+      </c>
+      <c r="D37" t="s">
+        <v>241</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>52</v>
+      </c>
+      <c r="G37" t="s">
+        <v>63</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>206</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>236</v>
+      </c>
+      <c r="M37" t="s">
+        <v>208</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>242</v>
+      </c>
+      <c r="P37" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>244</v>
+      </c>
+      <c r="B38" t="s">
+        <v>245</v>
+      </c>
+      <c r="C38" t="s">
+        <v>204</v>
+      </c>
+      <c r="D38" t="s">
+        <v>96</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>52</v>
+      </c>
+      <c r="G38" t="s">
+        <v>63</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>206</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>246</v>
+      </c>
+      <c r="M38" t="s">
+        <v>208</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>247</v>
+      </c>
+      <c r="P38" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>249</v>
+      </c>
+      <c r="B39" t="s">
+        <v>250</v>
+      </c>
+      <c r="C39" t="s">
+        <v>204</v>
+      </c>
+      <c r="D39" t="s">
+        <v>251</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>52</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2020</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>73</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>252</v>
+      </c>
+      <c r="M39" t="s">
+        <v>253</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>254</v>
+      </c>
+      <c r="P39" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>257</v>
+      </c>
+      <c r="C40" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" t="s">
+        <v>258</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>52</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>73</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>259</v>
+      </c>
+      <c r="M40" t="s">
+        <v>260</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>261</v>
+      </c>
+      <c r="P40" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>263</v>
+      </c>
+      <c r="B41" t="s">
+        <v>264</v>
+      </c>
+      <c r="C41" t="s">
+        <v>204</v>
+      </c>
+      <c r="D41" t="s">
+        <v>265</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>52</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>73</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>266</v>
+      </c>
+      <c r="M41" t="s">
+        <v>253</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>267</v>
+      </c>
+      <c r="P41" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
+        <v>264</v>
+      </c>
+      <c r="C42" t="s">
+        <v>204</v>
+      </c>
+      <c r="D42" t="s">
+        <v>265</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>52</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>73</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>266</v>
+      </c>
+      <c r="M42" t="s">
+        <v>253</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>269</v>
+      </c>
+      <c r="P42"/>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>270</v>
+      </c>
+      <c r="B43" t="s">
+        <v>271</v>
+      </c>
+      <c r="C43" t="s">
+        <v>204</v>
+      </c>
+      <c r="D43" t="s">
+        <v>272</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>52</v>
+      </c>
+      <c r="G43" t="s">
+        <v>63</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>73</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>273</v>
+      </c>
+      <c r="M43" t="s">
+        <v>208</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>274</v>
+      </c>
+      <c r="P43" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
+        <v>277</v>
+      </c>
+      <c r="C44" t="s">
+        <v>204</v>
+      </c>
+      <c r="D44" t="s">
+        <v>278</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>52</v>
+      </c>
+      <c r="G44" t="s">
+        <v>63</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>206</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>279</v>
+      </c>
+      <c r="M44" t="s">
+        <v>208</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>280</v>
+      </c>
+      <c r="P44" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>282</v>
+      </c>
+      <c r="B45" t="s">
+        <v>283</v>
+      </c>
+      <c r="C45" t="s">
+        <v>204</v>
+      </c>
+      <c r="D45" t="s">
+        <v>284</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>52</v>
+      </c>
+      <c r="G45" t="s">
+        <v>63</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>206</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>285</v>
+      </c>
+      <c r="M45" t="s">
+        <v>208</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>286</v>
+      </c>
+      <c r="P45" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>288</v>
+      </c>
+      <c r="B46" t="s">
+        <v>289</v>
+      </c>
+      <c r="C46" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" t="s">
+        <v>290</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>52</v>
+      </c>
+      <c r="G46" t="s">
+        <v>63</v>
+      </c>
+      <c r="H46">
+        <v>2020</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>206</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>291</v>
+      </c>
+      <c r="M46" t="s">
+        <v>208</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>292</v>
+      </c>
+      <c r="P46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>204</v>
+      </c>
+      <c r="D47" t="s">
+        <v>296</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>52</v>
+      </c>
+      <c r="G47" t="s">
+        <v>63</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>206</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>297</v>
+      </c>
+      <c r="M47" t="s">
+        <v>208</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" t="s">
+        <v>301</v>
+      </c>
+      <c r="C48" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" t="s">
+        <v>224</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" t="s">
+        <v>63</v>
+      </c>
+      <c r="H48">
+        <v>2020</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>206</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>302</v>
+      </c>
+      <c r="M48" t="s">
+        <v>208</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>305</v>
+      </c>
+      <c r="B49" t="s">
+        <v>306</v>
+      </c>
+      <c r="C49" t="s">
+        <v>204</v>
+      </c>
+      <c r="D49" t="s">
+        <v>307</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>52</v>
+      </c>
+      <c r="G49" t="s">
+        <v>63</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>230</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>308</v>
+      </c>
+      <c r="M49" t="s">
+        <v>208</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>309</v>
+      </c>
+      <c r="P49" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>310</v>
+      </c>
+      <c r="B50" t="s">
+        <v>311</v>
+      </c>
+      <c r="C50" t="s">
+        <v>204</v>
+      </c>
+      <c r="D50" t="s">
+        <v>312</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>52</v>
+      </c>
+      <c r="G50" t="s">
+        <v>63</v>
+      </c>
+      <c r="H50">
+        <v>2020</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>206</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>313</v>
+      </c>
+      <c r="M50" t="s">
+        <v>208</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>314</v>
+      </c>
+      <c r="P50" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>316</v>
+      </c>
+      <c r="B51" t="s">
+        <v>317</v>
+      </c>
+      <c r="C51" t="s">
+        <v>204</v>
+      </c>
+      <c r="D51" t="s">
+        <v>318</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>52</v>
+      </c>
+      <c r="G51" t="s">
+        <v>63</v>
+      </c>
+      <c r="H51">
+        <v>2018</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>206</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>319</v>
+      </c>
+      <c r="M51" t="s">
+        <v>208</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>320</v>
+      </c>
+      <c r="P51" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>321</v>
+      </c>
+      <c r="B52" t="s">
+        <v>322</v>
+      </c>
+      <c r="C52" t="s">
+        <v>204</v>
+      </c>
+      <c r="D52" t="s">
+        <v>218</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>52</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2005</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>323</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>324</v>
+      </c>
+      <c r="M52" t="s">
+        <v>208</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>325</v>
+      </c>
+      <c r="P52" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>327</v>
+      </c>
+      <c r="B53" t="s">
+        <v>328</v>
+      </c>
+      <c r="C53" t="s">
+        <v>204</v>
+      </c>
+      <c r="D53" t="s">
+        <v>130</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>52</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2008</v>
+      </c>
+      <c r="I53">
         <v>2012</v>
       </c>
-      <c r="H27"/>
-[...244 lines deleted...]
-      <c r="G33">
+      <c r="J53" t="s">
+        <v>206</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>329</v>
+      </c>
+      <c r="M53" t="s">
+        <v>208</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>330</v>
+      </c>
+      <c r="P53" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>332</v>
+      </c>
+      <c r="B54" t="s">
+        <v>333</v>
+      </c>
+      <c r="C54" t="s">
+        <v>204</v>
+      </c>
+      <c r="D54" t="s">
+        <v>170</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>52</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2008</v>
       </c>
-      <c r="H33"/>
-[...212 lines deleted...]
-      <c r="I38" t="s">
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>206</v>
+      </c>
+      <c r="K54" t="s">
+        <v>334</v>
+      </c>
+      <c r="L54" t="s">
+        <v>335</v>
+      </c>
+      <c r="M54" t="s">
+        <v>208</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>336</v>
+      </c>
+      <c r="P54" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>338</v>
+      </c>
+      <c r="B55" t="s">
+        <v>339</v>
+      </c>
+      <c r="C55" t="s">
+        <v>204</v>
+      </c>
+      <c r="D55" t="s">
+        <v>218</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>52</v>
       </c>
-      <c r="J38" t="s">
-[...40 lines deleted...]
-      <c r="I39" t="s">
+      <c r="G55" t="s">
+        <v>63</v>
+      </c>
+      <c r="H55">
+        <v>2009</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>90</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>340</v>
+      </c>
+      <c r="M55" t="s">
+        <v>208</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>341</v>
+      </c>
+      <c r="P55" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>343</v>
+      </c>
+      <c r="B56" t="s">
+        <v>344</v>
+      </c>
+      <c r="C56" t="s">
+        <v>204</v>
+      </c>
+      <c r="D56" t="s">
+        <v>345</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>52</v>
       </c>
-      <c r="J39" t="s">
-[...40 lines deleted...]
-      <c r="I40" t="s">
+      <c r="G56" t="s">
+        <v>63</v>
+      </c>
+      <c r="H56">
+        <v>2009</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>206</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>346</v>
+      </c>
+      <c r="M56" t="s">
+        <v>208</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>347</v>
+      </c>
+      <c r="P56" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>349</v>
+      </c>
+      <c r="B57" t="s">
+        <v>350</v>
+      </c>
+      <c r="C57" t="s">
+        <v>204</v>
+      </c>
+      <c r="D57" t="s">
+        <v>351</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>52</v>
       </c>
-      <c r="J40" t="s">
-[...40 lines deleted...]
-      <c r="I41" t="s">
+      <c r="G57" t="s">
+        <v>63</v>
+      </c>
+      <c r="H57">
+        <v>2009</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>206</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>352</v>
+      </c>
+      <c r="M57" t="s">
+        <v>208</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>353</v>
+      </c>
+      <c r="P57" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>355</v>
+      </c>
+      <c r="B58" t="s">
+        <v>356</v>
+      </c>
+      <c r="C58" t="s">
+        <v>204</v>
+      </c>
+      <c r="D58" t="s">
+        <v>318</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>52</v>
       </c>
-      <c r="J41" t="s">
-[...717 lines deleted...]
-        <v>2009</v>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2010</v>
       </c>
-      <c r="I58" t="s">
-        <v>154</v>
+      <c r="I58">
+        <v>2010</v>
       </c>
       <c r="J58" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K58" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>156</v>
+        <v>357</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N58" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>358</v>
+      </c>
+      <c r="P58" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>260</v>
+        <v>360</v>
       </c>
       <c r="B59" t="s">
-        <v>152</v>
+        <v>361</v>
       </c>
       <c r="C59" t="s">
-        <v>261</v>
+        <v>204</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
       <c r="E59" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>52</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2009</v>
+      </c>
+      <c r="I59">
         <v>2010</v>
       </c>
-      <c r="H59">
+      <c r="J59" t="s">
+        <v>206</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>362</v>
+      </c>
+      <c r="M59" t="s">
+        <v>208</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>363</v>
+      </c>
+      <c r="P59" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>365</v>
+      </c>
+      <c r="B60" t="s">
+        <v>366</v>
+      </c>
+      <c r="C60" t="s">
+        <v>204</v>
+      </c>
+      <c r="D60" t="s">
+        <v>367</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>52</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
         <v>2019</v>
       </c>
-      <c r="I59" t="s">
-[...37 lines deleted...]
-      <c r="G60">
+      <c r="J60" t="s">
+        <v>368</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>369</v>
+      </c>
+      <c r="M60" t="s">
+        <v>208</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>370</v>
+      </c>
+      <c r="P60" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>372</v>
+      </c>
+      <c r="B61" t="s">
+        <v>373</v>
+      </c>
+      <c r="C61" t="s">
+        <v>204</v>
+      </c>
+      <c r="D61" t="s">
+        <v>374</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>52</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2005</v>
       </c>
-      <c r="H60">
+      <c r="I61">
         <v>2015</v>
       </c>
-      <c r="I60" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>29</v>
+        <v>368</v>
       </c>
       <c r="K61" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>156</v>
+        <v>375</v>
       </c>
       <c r="M61" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="N61" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>376</v>
+      </c>
+      <c r="P61" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>273</v>
+        <v>378</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>379</v>
       </c>
       <c r="C62" t="s">
-        <v>274</v>
+        <v>204</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>380</v>
       </c>
       <c r="E62" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>52</v>
+      </c>
+      <c r="G62" t="s">
+        <v>63</v>
       </c>
       <c r="H62">
         <v>2010</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K62" t="s">
-        <v>275</v>
+        <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>156</v>
+        <v>381</v>
       </c>
       <c r="M62" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="N62" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O62" t="s">
+        <v>382</v>
+      </c>
+      <c r="P62" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>277</v>
+        <v>384</v>
       </c>
       <c r="B63" t="s">
-        <v>152</v>
+        <v>385</v>
       </c>
       <c r="C63" t="s">
-        <v>119</v>
+        <v>204</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>386</v>
       </c>
       <c r="E63" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>52</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
         <v>2010</v>
       </c>
-      <c r="I63" t="s">
-        <v>154</v>
+      <c r="I63">
+        <v>2010</v>
       </c>
       <c r="J63" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K63" t="s">
-        <v>278</v>
+        <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>156</v>
+        <v>387</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N63" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O63" t="s">
+        <v>388</v>
+      </c>
+      <c r="P63" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>280</v>
+        <v>390</v>
       </c>
       <c r="B64" t="s">
-        <v>152</v>
+        <v>391</v>
       </c>
       <c r="C64" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E64" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>52</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2005</v>
+      </c>
+      <c r="I64">
+        <v>2010</v>
+      </c>
+      <c r="J64" t="s">
+        <v>206</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>392</v>
+      </c>
+      <c r="M64" t="s">
+        <v>208</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>393</v>
+      </c>
+      <c r="P64" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>395</v>
+      </c>
+      <c r="B65" t="s">
+        <v>396</v>
+      </c>
+      <c r="C65" t="s">
+        <v>204</v>
+      </c>
+      <c r="D65" t="s">
+        <v>258</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>52</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2011</v>
       </c>
-      <c r="H64">
+      <c r="I65">
         <v>2013</v>
       </c>
-      <c r="I64" t="s">
-[...37 lines deleted...]
-      <c r="G65">
+      <c r="J65" t="s">
+        <v>368</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>259</v>
+      </c>
+      <c r="M65" t="s">
+        <v>208</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>397</v>
+      </c>
+      <c r="P65" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>399</v>
+      </c>
+      <c r="B66" t="s">
+        <v>400</v>
+      </c>
+      <c r="C66" t="s">
+        <v>204</v>
+      </c>
+      <c r="D66" t="s">
+        <v>401</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>52</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2011</v>
       </c>
-      <c r="H65">
+      <c r="I66">
         <v>2017</v>
       </c>
-      <c r="I65" t="s">
-[...37 lines deleted...]
-      <c r="G66">
+      <c r="J66" t="s">
+        <v>368</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>402</v>
+      </c>
+      <c r="M66" t="s">
+        <v>208</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>403</v>
+      </c>
+      <c r="P66" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>405</v>
+      </c>
+      <c r="B67" t="s">
+        <v>406</v>
+      </c>
+      <c r="C67" t="s">
+        <v>204</v>
+      </c>
+      <c r="D67" t="s">
+        <v>345</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>52</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2012</v>
       </c>
-      <c r="H66">
+      <c r="I67">
         <v>2012</v>
       </c>
-      <c r="I66" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="K67" t="s">
-        <v>292</v>
+        <v>407</v>
       </c>
       <c r="L67" t="s">
-        <v>156</v>
+        <v>408</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N67" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>409</v>
+      </c>
+      <c r="P67" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>294</v>
+        <v>411</v>
       </c>
       <c r="B68" t="s">
-        <v>152</v>
+        <v>412</v>
       </c>
       <c r="C68" t="s">
-        <v>58</v>
+        <v>204</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>413</v>
       </c>
       <c r="E68" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
-      <c r="I68" t="s">
-        <v>154</v>
+      <c r="I68">
+        <v>2013</v>
       </c>
       <c r="J68" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K68" t="s">
-        <v>295</v>
+        <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>156</v>
+        <v>414</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N68" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>415</v>
+      </c>
+      <c r="P68" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>297</v>
+        <v>417</v>
       </c>
       <c r="B69" t="s">
-        <v>152</v>
+        <v>418</v>
       </c>
       <c r="C69" t="s">
-        <v>298</v>
+        <v>204</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E69" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>52</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2012</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>206</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>419</v>
+      </c>
+      <c r="M69" t="s">
+        <v>208</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>420</v>
+      </c>
+      <c r="P69" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>422</v>
+      </c>
+      <c r="B70" t="s">
+        <v>423</v>
+      </c>
+      <c r="C70" t="s">
+        <v>204</v>
+      </c>
+      <c r="D70" t="s">
+        <v>424</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>52</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2007</v>
       </c>
-      <c r="H69">
+      <c r="I70">
         <v>2013</v>
       </c>
-      <c r="I69" t="s">
-[...37 lines deleted...]
-      <c r="G70">
+      <c r="J70" t="s">
+        <v>206</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>425</v>
+      </c>
+      <c r="M70" t="s">
+        <v>208</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>426</v>
+      </c>
+      <c r="P70" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>428</v>
+      </c>
+      <c r="B71" t="s">
+        <v>429</v>
+      </c>
+      <c r="C71" t="s">
+        <v>204</v>
+      </c>
+      <c r="D71" t="s">
+        <v>135</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>52</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2008</v>
       </c>
-      <c r="H70">
+      <c r="I71">
         <v>2013</v>
       </c>
-      <c r="I70" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K71" t="s">
-        <v>305</v>
+        <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>156</v>
+        <v>430</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N71" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>431</v>
+      </c>
+      <c r="P71" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>307</v>
+        <v>433</v>
       </c>
       <c r="B72" t="s">
-        <v>152</v>
+        <v>434</v>
       </c>
       <c r="C72" t="s">
-        <v>308</v>
+        <v>204</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E72" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>52</v>
+      </c>
+      <c r="G72" t="s">
+        <v>63</v>
       </c>
       <c r="H72">
         <v>2015</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K72" t="s">
-        <v>309</v>
+        <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>156</v>
+        <v>435</v>
       </c>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N72" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>436</v>
+      </c>
+      <c r="P72" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>311</v>
+        <v>438</v>
       </c>
       <c r="B73" t="s">
-        <v>152</v>
+        <v>439</v>
       </c>
       <c r="C73" t="s">
-        <v>92</v>
+        <v>204</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>440</v>
       </c>
       <c r="E73" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G73">
+        <v>52</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2008</v>
       </c>
-      <c r="H73">
+      <c r="I73">
         <v>2015</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K73" t="s">
-        <v>312</v>
+        <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>156</v>
+        <v>441</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N73" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>442</v>
+      </c>
+      <c r="P73" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>314</v>
+        <v>444</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>445</v>
       </c>
       <c r="C74" t="s">
-        <v>315</v>
+        <v>204</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E74" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G74">
+        <v>52</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2008</v>
+      </c>
+      <c r="I74">
+        <v>2015</v>
+      </c>
+      <c r="J74" t="s">
+        <v>206</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>446</v>
+      </c>
+      <c r="M74" t="s">
+        <v>208</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>447</v>
+      </c>
+      <c r="P74" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>449</v>
+      </c>
+      <c r="B75" t="s">
+        <v>450</v>
+      </c>
+      <c r="C75" t="s">
+        <v>204</v>
+      </c>
+      <c r="D75" t="s">
+        <v>451</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>52</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2009</v>
       </c>
-      <c r="H74">
+      <c r="I75">
         <v>2015</v>
       </c>
-      <c r="I74" t="s">
-[...37 lines deleted...]
-      <c r="G75">
+      <c r="J75" t="s">
+        <v>206</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>452</v>
+      </c>
+      <c r="M75" t="s">
+        <v>208</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>453</v>
+      </c>
+      <c r="P75" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>455</v>
+      </c>
+      <c r="B76" t="s">
+        <v>456</v>
+      </c>
+      <c r="C76" t="s">
+        <v>204</v>
+      </c>
+      <c r="D76" t="s">
+        <v>457</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>52</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2009</v>
       </c>
-      <c r="H75">
+      <c r="I76">
         <v>2015</v>
       </c>
-      <c r="I75" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J76" t="s">
-        <v>240</v>
+        <v>206</v>
       </c>
       <c r="K76" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="L76" t="s">
-        <v>156</v>
+        <v>458</v>
       </c>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N76" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>459</v>
+      </c>
+      <c r="P76" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>325</v>
+        <v>461</v>
       </c>
       <c r="B77" t="s">
-        <v>152</v>
+        <v>462</v>
       </c>
       <c r="C77" t="s">
-        <v>326</v>
+        <v>204</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>457</v>
       </c>
       <c r="E77" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>52</v>
+      </c>
+      <c r="G77" t="s">
+        <v>63</v>
       </c>
       <c r="H77">
         <v>2015</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K77" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="L77" t="s">
-        <v>156</v>
+        <v>463</v>
       </c>
       <c r="M77" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="N77" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>464</v>
+      </c>
+      <c r="P77" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>329</v>
+        <v>466</v>
       </c>
       <c r="B78" t="s">
-        <v>152</v>
+        <v>467</v>
       </c>
       <c r="C78" t="s">
+        <v>204</v>
+      </c>
+      <c r="D78" t="s">
+        <v>468</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>52</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2008</v>
+      </c>
+      <c r="I78">
+        <v>2015</v>
+      </c>
+      <c r="J78" t="s">
+        <v>206</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>469</v>
+      </c>
+      <c r="M78" t="s">
+        <v>208</v>
+      </c>
+      <c r="N78" t="s">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>470</v>
+      </c>
+      <c r="P78" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>472</v>
+      </c>
+      <c r="B79" t="s">
+        <v>473</v>
+      </c>
+      <c r="C79" t="s">
+        <v>204</v>
+      </c>
+      <c r="D79" t="s">
+        <v>135</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>52</v>
+      </c>
+      <c r="G79" t="s">
+        <v>63</v>
+      </c>
+      <c r="H79">
+        <v>2020</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>206</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>474</v>
+      </c>
+      <c r="M79" t="s">
+        <v>208</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>475</v>
+      </c>
+      <c r="P79" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>477</v>
+      </c>
+      <c r="B80" t="s">
+        <v>478</v>
+      </c>
+      <c r="C80" t="s">
+        <v>204</v>
+      </c>
+      <c r="D80" t="s">
+        <v>479</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>52</v>
+      </c>
+      <c r="G80" t="s">
+        <v>63</v>
+      </c>
+      <c r="H80">
+        <v>2018</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>480</v>
+      </c>
+      <c r="K80" t="s">
+        <v>481</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>482</v>
+      </c>
+      <c r="N80" t="s">
+        <v>483</v>
+      </c>
+      <c r="O80" t="s">
+        <v>484</v>
+      </c>
+      <c r="P80" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>477</v>
+      </c>
+      <c r="B81" t="s">
+        <v>486</v>
+      </c>
+      <c r="C81" t="s">
+        <v>204</v>
+      </c>
+      <c r="D81" t="s">
+        <v>487</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>52</v>
+      </c>
+      <c r="G81" t="s">
+        <v>63</v>
+      </c>
+      <c r="H81">
+        <v>2021</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>480</v>
+      </c>
+      <c r="K81" t="s">
+        <v>481</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>482</v>
+      </c>
+      <c r="N81" t="s">
+        <v>483</v>
+      </c>
+      <c r="O81" t="s">
+        <v>488</v>
+      </c>
+      <c r="P81" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>477</v>
+      </c>
+      <c r="B82" t="s">
+        <v>486</v>
+      </c>
+      <c r="C82" t="s">
+        <v>204</v>
+      </c>
+      <c r="D82" t="s">
+        <v>489</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>52</v>
+      </c>
+      <c r="G82" t="s">
+        <v>63</v>
+      </c>
+      <c r="H82">
+        <v>2021</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>480</v>
+      </c>
+      <c r="K82" t="s">
+        <v>481</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>482</v>
+      </c>
+      <c r="N82" t="s">
+        <v>483</v>
+      </c>
+      <c r="O82" t="s">
+        <v>490</v>
+      </c>
+      <c r="P82" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>477</v>
+      </c>
+      <c r="B83" t="s">
+        <v>486</v>
+      </c>
+      <c r="C83" t="s">
+        <v>204</v>
+      </c>
+      <c r="D83" t="s">
+        <v>491</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>52</v>
+      </c>
+      <c r="G83" t="s">
+        <v>63</v>
+      </c>
+      <c r="H83">
+        <v>2021</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>480</v>
+      </c>
+      <c r="K83" t="s">
+        <v>481</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>482</v>
+      </c>
+      <c r="N83" t="s">
+        <v>483</v>
+      </c>
+      <c r="O83" t="s">
+        <v>492</v>
+      </c>
+      <c r="P83" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>477</v>
+      </c>
+      <c r="B84" t="s">
+        <v>493</v>
+      </c>
+      <c r="C84" t="s">
+        <v>204</v>
+      </c>
+      <c r="D84" t="s">
+        <v>479</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>52</v>
+      </c>
+      <c r="G84" t="s">
+        <v>63</v>
+      </c>
+      <c r="H84">
+        <v>2021</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>480</v>
+      </c>
+      <c r="K84" t="s">
+        <v>481</v>
+      </c>
+      <c r="L84" t="s">
+        <v>494</v>
+      </c>
+      <c r="M84" t="s">
+        <v>482</v>
+      </c>
+      <c r="N84" t="s">
+        <v>483</v>
+      </c>
+      <c r="O84" t="s">
+        <v>495</v>
+      </c>
+      <c r="P84" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>496</v>
+      </c>
+      <c r="B85" t="s">
+        <v>497</v>
+      </c>
+      <c r="C85" t="s">
+        <v>498</v>
+      </c>
+      <c r="D85" t="s">
+        <v>61</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>62</v>
+      </c>
+      <c r="G85" t="s">
+        <v>499</v>
+      </c>
+      <c r="H85"/>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>64</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>500</v>
+      </c>
+      <c r="N85" t="s">
+        <v>66</v>
+      </c>
+      <c r="O85" t="s">
+        <v>501</v>
+      </c>
+      <c r="P85" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>503</v>
+      </c>
+      <c r="B86" t="s">
+        <v>504</v>
+      </c>
+      <c r="C86" t="s">
+        <v>505</v>
+      </c>
+      <c r="D86" t="s">
+        <v>506</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>43</v>
+      </c>
+      <c r="G86" t="s">
+        <v>63</v>
+      </c>
+      <c r="H86">
+        <v>2016</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>188</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>507</v>
+      </c>
+      <c r="M86" t="s">
+        <v>508</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>509</v>
+      </c>
+      <c r="P86" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>511</v>
+      </c>
+      <c r="B87" t="s">
+        <v>512</v>
+      </c>
+      <c r="C87" t="s">
+        <v>204</v>
+      </c>
+      <c r="D87" t="s">
+        <v>479</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>52</v>
+      </c>
+      <c r="G87" t="s">
+        <v>63</v>
+      </c>
+      <c r="H87">
+        <v>2020</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>73</v>
+      </c>
+      <c r="K87" t="s">
+        <v>481</v>
+      </c>
+      <c r="L87" t="s">
+        <v>513</v>
+      </c>
+      <c r="M87" t="s">
+        <v>514</v>
+      </c>
+      <c r="N87" t="s">
+        <v>483</v>
+      </c>
+      <c r="O87" t="s">
+        <v>515</v>
+      </c>
+      <c r="P87" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>517</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88" t="s">
+        <v>204</v>
+      </c>
+      <c r="D88" t="s">
+        <v>518</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>52</v>
+      </c>
+      <c r="G88" t="s">
+        <v>63</v>
+      </c>
+      <c r="H88">
+        <v>2021</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>73</v>
+      </c>
+      <c r="K88" t="s">
+        <v>481</v>
+      </c>
+      <c r="L88" t="s">
+        <v>519</v>
+      </c>
+      <c r="M88" t="s">
+        <v>514</v>
+      </c>
+      <c r="N88" t="s">
+        <v>483</v>
+      </c>
+      <c r="O88" t="s">
+        <v>520</v>
+      </c>
+      <c r="P88" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>522</v>
+      </c>
+      <c r="B89" t="s">
+        <v>523</v>
+      </c>
+      <c r="C89" t="s">
+        <v>524</v>
+      </c>
+      <c r="D89" t="s">
+        <v>224</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>63</v>
+      </c>
+      <c r="H89">
+        <v>2008</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>196</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>525</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>526</v>
+      </c>
+      <c r="P89" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>528</v>
+      </c>
+      <c r="B90" t="s">
+        <v>529</v>
+      </c>
+      <c r="C90" t="s">
+        <v>524</v>
+      </c>
+      <c r="D90" t="s">
         <v>102</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78">
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>530</v>
+      </c>
+      <c r="G90" t="s">
+        <v>63</v>
+      </c>
+      <c r="H90">
+        <v>2017</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>196</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>531</v>
+      </c>
+      <c r="M90" t="s">
+        <v>525</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>532</v>
+      </c>
+      <c r="P90" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>534</v>
+      </c>
+      <c r="B91" t="s">
+        <v>535</v>
+      </c>
+      <c r="C91" t="s">
+        <v>524</v>
+      </c>
+      <c r="D91" t="s">
+        <v>536</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>537</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2011</v>
+      </c>
+      <c r="I91">
+        <v>2023</v>
+      </c>
+      <c r="J91" t="s">
+        <v>538</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>525</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>539</v>
+      </c>
+      <c r="P91" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>541</v>
+      </c>
+      <c r="B92" t="s">
+        <v>542</v>
+      </c>
+      <c r="C92" t="s">
+        <v>543</v>
+      </c>
+      <c r="D92" t="s">
+        <v>544</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>63</v>
+      </c>
+      <c r="H92">
         <v>2020</v>
       </c>
-      <c r="H78"/>
-[...38 lines deleted...]
-      <c r="G79">
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>538</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>545</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>546</v>
+      </c>
+      <c r="P92" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>548</v>
+      </c>
+      <c r="B93" t="s">
+        <v>549</v>
+      </c>
+      <c r="C93" t="s">
+        <v>543</v>
+      </c>
+      <c r="D93" t="s">
+        <v>550</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>63</v>
+      </c>
+      <c r="H93">
+        <v>2020</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>538</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>545</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>551</v>
+      </c>
+      <c r="P93" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>553</v>
+      </c>
+      <c r="B94" t="s">
+        <v>554</v>
+      </c>
+      <c r="C94" t="s">
+        <v>80</v>
+      </c>
+      <c r="D94" t="s">
+        <v>114</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>52</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>1986</v>
+      </c>
+      <c r="I94">
         <v>2018</v>
       </c>
-      <c r="H79"/>
-[...192 lines deleted...]
-      <c r="E84" t="s">
+      <c r="J94" t="s">
+        <v>90</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>555</v>
+      </c>
+      <c r="M94" t="s">
+        <v>84</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>556</v>
+      </c>
+      <c r="P94" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>558</v>
+      </c>
+      <c r="B95" t="s">
+        <v>559</v>
+      </c>
+      <c r="C95" t="s">
+        <v>560</v>
+      </c>
+      <c r="D95" t="s">
+        <v>61</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>62</v>
+      </c>
+      <c r="G95" t="s">
+        <v>499</v>
+      </c>
+      <c r="H95"/>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>64</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>561</v>
+      </c>
+      <c r="N95" t="s">
+        <v>66</v>
+      </c>
+      <c r="O95" t="s">
+        <v>562</v>
+      </c>
+      <c r="P95" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>564</v>
+      </c>
+      <c r="B96" t="s">
+        <v>565</v>
+      </c>
+      <c r="C96" t="s">
+        <v>566</v>
+      </c>
+      <c r="D96" t="s">
+        <v>567</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>499</v>
+      </c>
+      <c r="H96"/>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>568</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>569</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>570</v>
+      </c>
+      <c r="P96" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>572</v>
+      </c>
+      <c r="B97" t="s">
+        <v>573</v>
+      </c>
+      <c r="C97" t="s">
+        <v>566</v>
+      </c>
+      <c r="D97" t="s">
+        <v>574</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>499</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>568</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>575</v>
+      </c>
+      <c r="N97" t="s">
+        <v>576</v>
+      </c>
+      <c r="O97" t="s">
+        <v>577</v>
+      </c>
+      <c r="P97" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>579</v>
+      </c>
+      <c r="B98" t="s">
+        <v>580</v>
+      </c>
+      <c r="C98" t="s">
+        <v>581</v>
+      </c>
+      <c r="D98" t="s">
+        <v>96</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
         <v>43</v>
       </c>
-      <c r="F84" t="s">
-[...251 lines deleted...]
-      <c r="H90">
+      <c r="G98" t="s">
+        <v>582</v>
+      </c>
+      <c r="H98">
         <v>2023</v>
       </c>
-      <c r="I90" t="s">
-[...193 lines deleted...]
-      <c r="E95" t="s">
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>583</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>584</v>
+      </c>
+      <c r="M98" t="s">
+        <v>585</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>586</v>
+      </c>
+      <c r="P98"/>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>587</v>
+      </c>
+      <c r="B99" t="s">
+        <v>588</v>
+      </c>
+      <c r="C99" t="s">
+        <v>581</v>
+      </c>
+      <c r="D99" t="s">
+        <v>589</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
         <v>43</v>
       </c>
-      <c r="F95" t="s">
-[...159 lines deleted...]
-        <v>2023</v>
+      <c r="G99" t="s">
+        <v>22</v>
       </c>
       <c r="H99">
         <v>2023</v>
       </c>
-      <c r="I99" t="s">
-        <v>20</v>
+      <c r="I99">
+        <v>2023</v>
       </c>
       <c r="J99" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K99" t="s">
-        <v>415</v>
+        <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>411</v>
+        <v>590</v>
       </c>
       <c r="M99" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N99" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>591</v>
+      </c>
+      <c r="P99" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>417</v>
+        <v>593</v>
       </c>
       <c r="B100" t="s">
-        <v>418</v>
+        <v>594</v>
       </c>
       <c r="C100" t="s">
-        <v>419</v>
+        <v>595</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>596</v>
       </c>
       <c r="E100" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G100"/>
+        <v>43</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
       <c r="H100"/>
-      <c r="I100" t="s">
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>73</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>597</v>
+      </c>
+      <c r="M100" t="s">
+        <v>598</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>599</v>
+      </c>
+      <c r="P100" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>601</v>
+      </c>
+      <c r="B101" t="s">
+        <v>602</v>
+      </c>
+      <c r="C101" t="s">
+        <v>603</v>
+      </c>
+      <c r="D101" t="s">
+        <v>604</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>43</v>
+      </c>
+      <c r="G101" t="s">
+        <v>63</v>
+      </c>
+      <c r="H101">
+        <v>2023</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>605</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>606</v>
+      </c>
+      <c r="M101" t="s">
+        <v>607</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>608</v>
+      </c>
+      <c r="P101" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>610</v>
+      </c>
+      <c r="B102" t="s">
+        <v>611</v>
+      </c>
+      <c r="C102" t="s">
+        <v>612</v>
+      </c>
+      <c r="D102" t="s">
+        <v>161</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
         <v>52</v>
       </c>
-      <c r="J100" t="s">
-[...76 lines deleted...]
-      <c r="G102">
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
         <v>1993</v>
       </c>
-      <c r="H102">
+      <c r="I102">
         <v>2009</v>
       </c>
-      <c r="I102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J102" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K102" t="s">
-        <v>432</v>
+        <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>433</v>
+        <v>613</v>
       </c>
       <c r="M102" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N102" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>615</v>
+      </c>
+      <c r="P102" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>435</v>
+        <v>617</v>
       </c>
       <c r="B103" t="s">
-        <v>431</v>
+        <v>618</v>
       </c>
       <c r="C103" t="s">
-        <v>436</v>
+        <v>612</v>
       </c>
       <c r="D103" t="s">
-        <v>17</v>
+        <v>619</v>
       </c>
       <c r="E103" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
       </c>
       <c r="H103">
         <v>2012</v>
       </c>
-      <c r="I103" t="s">
-        <v>437</v>
+      <c r="I103">
+        <v>2012</v>
       </c>
       <c r="J103" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
       <c r="M103" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N103" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>621</v>
+      </c>
+      <c r="P103" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>439</v>
+        <v>623</v>
       </c>
       <c r="B104" t="s">
-        <v>431</v>
+        <v>624</v>
       </c>
       <c r="C104" t="s">
-        <v>440</v>
+        <v>612</v>
       </c>
       <c r="D104" t="s">
-        <v>17</v>
+        <v>625</v>
       </c>
       <c r="E104" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G104">
+        <v>52</v>
+      </c>
+      <c r="G104" t="s">
+        <v>63</v>
+      </c>
+      <c r="H104">
         <v>2009</v>
       </c>
-      <c r="H104"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I104"/>
       <c r="J104" t="s">
-        <v>29</v>
+        <v>626</v>
       </c>
       <c r="K104" t="s">
-        <v>442</v>
+        <v>34</v>
       </c>
       <c r="L104" t="s">
-        <v>433</v>
+        <v>627</v>
       </c>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N104" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>628</v>
+      </c>
+      <c r="P104" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>444</v>
+        <v>629</v>
       </c>
       <c r="B105" t="s">
-        <v>431</v>
+        <v>630</v>
       </c>
       <c r="C105" t="s">
-        <v>298</v>
+        <v>612</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>424</v>
       </c>
       <c r="E105" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>52</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>2000</v>
       </c>
-      <c r="H105">
+      <c r="I105">
         <v>2009</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J105" t="s">
-        <v>29</v>
+        <v>620</v>
       </c>
       <c r="K105" t="s">
-        <v>445</v>
+        <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>433</v>
+        <v>631</v>
       </c>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N105" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>632</v>
+      </c>
+      <c r="P105" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>447</v>
+        <v>633</v>
       </c>
       <c r="B106" t="s">
-        <v>431</v>
+        <v>634</v>
       </c>
       <c r="C106" t="s">
-        <v>448</v>
+        <v>612</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>635</v>
       </c>
       <c r="E106" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
       </c>
       <c r="H106">
         <v>2012</v>
       </c>
-      <c r="I106" t="s">
-        <v>449</v>
+      <c r="I106">
+        <v>2012</v>
       </c>
       <c r="J106" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>636</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N106" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>637</v>
+      </c>
+      <c r="P106" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>451</v>
+        <v>638</v>
       </c>
       <c r="B107" t="s">
-        <v>431</v>
+        <v>639</v>
       </c>
       <c r="C107" t="s">
-        <v>452</v>
+        <v>612</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>640</v>
       </c>
       <c r="E107" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G107">
+        <v>52</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
         <v>2000</v>
       </c>
-      <c r="H107">
+      <c r="I107">
         <v>2009</v>
       </c>
-      <c r="I107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J107" t="s">
-        <v>29</v>
+        <v>620</v>
       </c>
       <c r="K107" t="s">
-        <v>445</v>
+        <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>433</v>
+        <v>631</v>
       </c>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N107" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>641</v>
+      </c>
+      <c r="P107" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>454</v>
+        <v>642</v>
       </c>
       <c r="B108" t="s">
-        <v>431</v>
+        <v>643</v>
       </c>
       <c r="C108" t="s">
-        <v>225</v>
+        <v>612</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="E108" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>52</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>1992</v>
       </c>
-      <c r="H108">
+      <c r="I108">
         <v>2016</v>
       </c>
-      <c r="I108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J108" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N108" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>644</v>
+      </c>
+      <c r="P108" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>456</v>
+        <v>645</v>
       </c>
       <c r="B109" t="s">
-        <v>431</v>
+        <v>646</v>
       </c>
       <c r="C109" t="s">
-        <v>188</v>
+        <v>612</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E109" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
       </c>
       <c r="H109">
         <v>2012</v>
       </c>
-      <c r="I109" t="s">
-        <v>437</v>
+      <c r="I109">
+        <v>2012</v>
       </c>
       <c r="J109" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N109" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>647</v>
+      </c>
+      <c r="P109" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>458</v>
+        <v>648</v>
       </c>
       <c r="B110" t="s">
-        <v>431</v>
+        <v>649</v>
       </c>
       <c r="C110" t="s">
-        <v>126</v>
+        <v>612</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="E110" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G110">
+        <v>52</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
         <v>2010</v>
       </c>
-      <c r="H110">
+      <c r="I110">
         <v>2015</v>
       </c>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>240</v>
+        <v>620</v>
       </c>
       <c r="K110" t="s">
-        <v>459</v>
+        <v>334</v>
       </c>
       <c r="L110" t="s">
-        <v>433</v>
+        <v>650</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N110" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>651</v>
+      </c>
+      <c r="P110" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>461</v>
+        <v>652</v>
       </c>
       <c r="B111" t="s">
-        <v>431</v>
+        <v>653</v>
       </c>
       <c r="C111" t="s">
-        <v>202</v>
+        <v>612</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>278</v>
       </c>
       <c r="E111" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>52</v>
+      </c>
+      <c r="G111" t="s">
+        <v>63</v>
+      </c>
+      <c r="H111">
         <v>2009</v>
       </c>
-      <c r="H111"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>29</v>
+        <v>620</v>
       </c>
       <c r="K111" t="s">
-        <v>462</v>
+        <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>433</v>
+        <v>654</v>
       </c>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N111" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>655</v>
+      </c>
+      <c r="P111" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>464</v>
+        <v>656</v>
       </c>
       <c r="B112" t="s">
-        <v>431</v>
+        <v>657</v>
       </c>
       <c r="C112" t="s">
-        <v>266</v>
+        <v>612</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="E112" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>52</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
       </c>
       <c r="H112">
         <v>2010</v>
       </c>
-      <c r="I112" t="s">
-        <v>59</v>
+      <c r="I112">
+        <v>2010</v>
       </c>
       <c r="J112" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K112" t="s">
-        <v>465</v>
+        <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>433</v>
+        <v>658</v>
       </c>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N112" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>659</v>
+      </c>
+      <c r="P112" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>467</v>
+        <v>660</v>
       </c>
       <c r="B113" t="s">
-        <v>431</v>
+        <v>661</v>
       </c>
       <c r="C113" t="s">
-        <v>468</v>
+        <v>612</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>662</v>
       </c>
       <c r="E113" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>52</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>2002</v>
       </c>
-      <c r="H113">
+      <c r="I113">
         <v>2010</v>
       </c>
-      <c r="I113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J113" t="s">
-        <v>29</v>
+        <v>620</v>
       </c>
       <c r="K113" t="s">
-        <v>469</v>
+        <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>433</v>
+        <v>663</v>
       </c>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N113" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>664</v>
+      </c>
+      <c r="P113" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>471</v>
+        <v>665</v>
       </c>
       <c r="B114" t="s">
-        <v>431</v>
+        <v>666</v>
       </c>
       <c r="C114" t="s">
-        <v>472</v>
+        <v>612</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>667</v>
       </c>
       <c r="E114" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>52</v>
+      </c>
+      <c r="G114" t="s">
+        <v>63</v>
+      </c>
+      <c r="H114">
         <v>2009</v>
       </c>
-      <c r="H114"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K114" t="s">
-        <v>473</v>
+        <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>433</v>
+        <v>668</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N114" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>669</v>
+      </c>
+      <c r="P114" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>475</v>
+        <v>670</v>
       </c>
       <c r="B115" t="s">
-        <v>431</v>
+        <v>671</v>
       </c>
       <c r="C115" t="s">
-        <v>476</v>
+        <v>612</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>672</v>
       </c>
       <c r="E115" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G115">
+        <v>52</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
         <v>1994</v>
       </c>
-      <c r="H115">
+      <c r="I115">
         <v>2003</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J115" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N115" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>673</v>
+      </c>
+      <c r="P115" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>478</v>
+        <v>674</v>
       </c>
       <c r="B116" t="s">
-        <v>431</v>
+        <v>675</v>
       </c>
       <c r="C116" t="s">
-        <v>414</v>
+        <v>612</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>589</v>
       </c>
       <c r="E116" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>52</v>
+      </c>
+      <c r="G116" t="s">
+        <v>63</v>
+      </c>
+      <c r="H116">
         <v>2010</v>
       </c>
-      <c r="H116"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N116" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>676</v>
+      </c>
+      <c r="P116" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>480</v>
+        <v>677</v>
       </c>
       <c r="B117" t="s">
-        <v>431</v>
+        <v>678</v>
       </c>
       <c r="C117" t="s">
-        <v>481</v>
+        <v>612</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>679</v>
       </c>
       <c r="E117" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G117">
+        <v>52</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
         <v>2000</v>
       </c>
-      <c r="H117">
+      <c r="I117">
         <v>2010</v>
       </c>
-      <c r="I117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J117" t="s">
-        <v>240</v>
+        <v>620</v>
       </c>
       <c r="K117" t="s">
-        <v>482</v>
+        <v>334</v>
       </c>
       <c r="L117" t="s">
-        <v>433</v>
+        <v>680</v>
       </c>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N117" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>681</v>
+      </c>
+      <c r="P117" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>484</v>
+        <v>682</v>
       </c>
       <c r="B118" t="s">
-        <v>431</v>
+        <v>683</v>
       </c>
       <c r="C118" t="s">
-        <v>102</v>
+        <v>612</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E118" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G118">
+        <v>52</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
         <v>1996</v>
       </c>
-      <c r="H118">
+      <c r="I118">
         <v>2009</v>
       </c>
-      <c r="I118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J118" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K118" t="s">
-        <v>485</v>
+        <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>433</v>
+        <v>684</v>
       </c>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N118" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>685</v>
+      </c>
+      <c r="P118" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>484</v>
+        <v>682</v>
       </c>
       <c r="B119" t="s">
-        <v>431</v>
+        <v>683</v>
       </c>
       <c r="C119" t="s">
-        <v>210</v>
+        <v>612</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>290</v>
       </c>
       <c r="E119" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G119">
+        <v>52</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
         <v>1997</v>
       </c>
-      <c r="H119">
+      <c r="I119">
         <v>2009</v>
       </c>
-      <c r="I119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J119" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K119" t="s">
-        <v>487</v>
+        <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>433</v>
+        <v>686</v>
       </c>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N119" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>687</v>
+      </c>
+      <c r="P119" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>489</v>
+        <v>688</v>
       </c>
       <c r="B120" t="s">
-        <v>431</v>
+        <v>689</v>
       </c>
       <c r="C120" t="s">
-        <v>490</v>
+        <v>612</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>690</v>
       </c>
       <c r="E120" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G120">
+        <v>52</v>
+      </c>
+      <c r="G120" t="s">
+        <v>63</v>
+      </c>
+      <c r="H120">
         <v>2009</v>
       </c>
-      <c r="H120"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I120"/>
       <c r="J120" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K120" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>433</v>
+        <v>691</v>
       </c>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N120" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>692</v>
+      </c>
+      <c r="P120" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>493</v>
+        <v>693</v>
       </c>
       <c r="B121" t="s">
-        <v>431</v>
+        <v>694</v>
       </c>
       <c r="C121" t="s">
-        <v>266</v>
+        <v>612</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="E121" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G121">
+        <v>52</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>1992</v>
       </c>
-      <c r="H121">
+      <c r="I121">
         <v>2009</v>
       </c>
-      <c r="I121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J121" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K121" t="s">
-        <v>465</v>
+        <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>433</v>
+        <v>658</v>
       </c>
       <c r="M121" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N121" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>695</v>
+      </c>
+      <c r="P121" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>495</v>
+        <v>697</v>
       </c>
       <c r="B122" t="s">
-        <v>431</v>
+        <v>698</v>
       </c>
       <c r="C122" t="s">
-        <v>229</v>
+        <v>612</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>318</v>
       </c>
       <c r="E122" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>52</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
       </c>
       <c r="H122">
         <v>2010</v>
       </c>
-      <c r="I122" t="s">
-        <v>437</v>
+      <c r="I122">
+        <v>2010</v>
       </c>
       <c r="J122" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122"/>
       <c r="M122" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N122" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>699</v>
+      </c>
+      <c r="P122" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>497</v>
+        <v>700</v>
       </c>
       <c r="B123" t="s">
-        <v>431</v>
+        <v>701</v>
       </c>
       <c r="C123" t="s">
-        <v>498</v>
+        <v>612</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>702</v>
       </c>
       <c r="E123" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>52</v>
+      </c>
+      <c r="G123" t="s">
+        <v>63</v>
+      </c>
+      <c r="H123">
         <v>2009</v>
       </c>
-      <c r="H123"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I123"/>
       <c r="J123" t="s">
-        <v>29</v>
+        <v>620</v>
       </c>
       <c r="K123" t="s">
-        <v>499</v>
+        <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>433</v>
+        <v>703</v>
       </c>
       <c r="M123" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N123" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>704</v>
+      </c>
+      <c r="P123" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>501</v>
+        <v>705</v>
       </c>
       <c r="B124" t="s">
-        <v>152</v>
+        <v>706</v>
       </c>
       <c r="C124" t="s">
-        <v>96</v>
+        <v>204</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E124" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G124">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
         <v>2018</v>
       </c>
-      <c r="H124">
+      <c r="I124">
         <v>2024</v>
       </c>
-      <c r="I124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J124" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
       <c r="M124" t="s">
-        <v>31</v>
+        <v>707</v>
       </c>
       <c r="N124" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O124" t="s">
+        <v>708</v>
+      </c>
+      <c r="P124" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>504</v>
+        <v>710</v>
       </c>
       <c r="B125" t="s">
-        <v>408</v>
+        <v>711</v>
       </c>
       <c r="C125" t="s">
-        <v>505</v>
+        <v>581</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>712</v>
       </c>
       <c r="E125" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>43</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
         <v>2009</v>
       </c>
-      <c r="H125">
+      <c r="I125">
         <v>2024</v>
       </c>
-      <c r="I125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J125" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K125" t="s">
-        <v>506</v>
+        <v>34</v>
       </c>
       <c r="L125" t="s">
-        <v>411</v>
+        <v>713</v>
       </c>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N125" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>714</v>
+      </c>
+      <c r="P125" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>508</v>
+        <v>716</v>
       </c>
       <c r="B126" t="s">
-        <v>408</v>
+        <v>717</v>
       </c>
       <c r="C126" t="s">
-        <v>188</v>
+        <v>581</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E126" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G126">
+        <v>43</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2009</v>
       </c>
-      <c r="H126">
+      <c r="I126">
         <v>2024</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K126" t="s">
-        <v>509</v>
+        <v>34</v>
       </c>
       <c r="L126" t="s">
-        <v>411</v>
+        <v>718</v>
       </c>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N126" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>719</v>
+      </c>
+      <c r="P126" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>511</v>
+        <v>721</v>
       </c>
       <c r="B127" t="s">
-        <v>408</v>
+        <v>722</v>
       </c>
       <c r="C127" t="s">
-        <v>266</v>
+        <v>581</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="E127" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G127">
+        <v>43</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
         <v>2007</v>
       </c>
-      <c r="H127">
+      <c r="I127">
         <v>2020</v>
       </c>
-      <c r="I127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J127" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K127" t="s">
-        <v>512</v>
+        <v>34</v>
       </c>
       <c r="L127" t="s">
-        <v>411</v>
+        <v>723</v>
       </c>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N127" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>724</v>
+      </c>
+      <c r="P127" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>514</v>
+        <v>726</v>
       </c>
       <c r="B128" t="s">
-        <v>408</v>
+        <v>727</v>
       </c>
       <c r="C128" t="s">
-        <v>270</v>
+        <v>581</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>380</v>
       </c>
       <c r="E128" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>43</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
         <v>2009</v>
       </c>
-      <c r="H128">
+      <c r="I128">
         <v>2023</v>
       </c>
-      <c r="I128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J128" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K128" t="s">
-        <v>515</v>
+        <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>411</v>
+        <v>728</v>
       </c>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N128" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>729</v>
+      </c>
+      <c r="P128" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>517</v>
+        <v>731</v>
       </c>
       <c r="B129" t="s">
-        <v>408</v>
+        <v>732</v>
       </c>
       <c r="C129" t="s">
-        <v>518</v>
+        <v>581</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>733</v>
       </c>
       <c r="E129" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G129">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>582</v>
+      </c>
+      <c r="H129">
         <v>2025</v>
       </c>
-      <c r="H129"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>520</v>
+        <v>734</v>
       </c>
       <c r="K129" t="s">
-        <v>521</v>
+        <v>735</v>
       </c>
       <c r="L129" t="s">
-        <v>411</v>
+        <v>736</v>
       </c>
       <c r="M129" t="s">
-        <v>522</v>
+        <v>585</v>
       </c>
       <c r="N129" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>737</v>
+      </c>
+      <c r="O129" t="s">
+        <v>738</v>
+      </c>
+      <c r="P129" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>524</v>
+        <v>740</v>
       </c>
       <c r="B130" t="s">
-        <v>408</v>
+        <v>741</v>
       </c>
       <c r="C130" t="s">
-        <v>266</v>
+        <v>581</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="E130" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G130">
+        <v>43</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
         <v>2006</v>
       </c>
-      <c r="H130">
+      <c r="I130">
         <v>2024</v>
       </c>
-      <c r="I130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J130" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K130" t="s">
-        <v>525</v>
+        <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>411</v>
+        <v>742</v>
       </c>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N130" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>743</v>
+      </c>
+      <c r="P130" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>527</v>
+        <v>745</v>
       </c>
       <c r="B131" t="s">
-        <v>408</v>
+        <v>746</v>
       </c>
       <c r="C131" t="s">
-        <v>528</v>
+        <v>581</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>747</v>
       </c>
       <c r="E131" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G131">
+        <v>43</v>
+      </c>
+      <c r="G131" t="s">
+        <v>63</v>
+      </c>
+      <c r="H131">
         <v>2023</v>
       </c>
-      <c r="H131"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I131"/>
       <c r="J131" t="s">
-        <v>29</v>
+        <v>748</v>
       </c>
       <c r="K131" t="s">
-        <v>530</v>
+        <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>411</v>
+        <v>749</v>
       </c>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N131" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>750</v>
+      </c>
+      <c r="P131" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>532</v>
+        <v>752</v>
       </c>
       <c r="B132" t="s">
-        <v>408</v>
+        <v>753</v>
       </c>
       <c r="C132" t="s">
-        <v>119</v>
+        <v>581</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E132" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G132">
+        <v>43</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
         <v>2011</v>
       </c>
-      <c r="H132">
+      <c r="I132">
         <v>2022</v>
       </c>
-      <c r="I132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J132" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K132" t="s">
-        <v>533</v>
+        <v>34</v>
       </c>
       <c r="L132" t="s">
-        <v>411</v>
+        <v>754</v>
       </c>
       <c r="M132" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N132" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>755</v>
+      </c>
+      <c r="P132" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>535</v>
+        <v>757</v>
       </c>
       <c r="B133" t="s">
-        <v>408</v>
+        <v>758</v>
       </c>
       <c r="C133" t="s">
-        <v>119</v>
+        <v>581</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E133" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G133">
+        <v>43</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
         <v>2007</v>
       </c>
-      <c r="H133">
+      <c r="I133">
         <v>2024</v>
       </c>
-      <c r="I133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J133" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K133" t="s">
-        <v>536</v>
+        <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>411</v>
+        <v>759</v>
       </c>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N133" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>760</v>
+      </c>
+      <c r="P133" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>538</v>
+        <v>762</v>
       </c>
       <c r="B134" t="s">
-        <v>408</v>
+        <v>763</v>
       </c>
       <c r="C134" t="s">
-        <v>539</v>
+        <v>581</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>764</v>
       </c>
       <c r="E134" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="G134">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>8</v>
+      </c>
+      <c r="H134">
         <v>2007</v>
       </c>
-      <c r="H134">
+      <c r="I134">
         <v>2025</v>
       </c>
-      <c r="I134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J134" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>605</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N134" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>765</v>
+      </c>
+      <c r="P134" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>542</v>
+        <v>767</v>
       </c>
       <c r="B135" t="s">
-        <v>408</v>
+        <v>768</v>
       </c>
       <c r="C135" t="s">
-        <v>119</v>
+        <v>581</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E135" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G135">
+        <v>43</v>
+      </c>
+      <c r="G135" t="s">
+        <v>63</v>
+      </c>
+      <c r="H135">
         <v>2015</v>
       </c>
-      <c r="H135">
+      <c r="I135">
         <v>2022</v>
       </c>
-      <c r="I135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J135" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K135" t="s">
-        <v>543</v>
+        <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>411</v>
+        <v>769</v>
       </c>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N135" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>770</v>
+      </c>
+      <c r="P135" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>545</v>
+        <v>772</v>
       </c>
       <c r="B136" t="s">
-        <v>408</v>
+        <v>773</v>
       </c>
       <c r="C136" t="s">
-        <v>74</v>
+        <v>581</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E136" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G136">
+        <v>43</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
         <v>2015</v>
       </c>
-      <c r="H136">
+      <c r="I136">
         <v>2023</v>
       </c>
-      <c r="I136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J136" t="s">
-        <v>29</v>
+        <v>774</v>
       </c>
       <c r="K136" t="s">
-        <v>547</v>
+        <v>34</v>
       </c>
       <c r="L136" t="s">
-        <v>411</v>
+        <v>775</v>
       </c>
       <c r="M136" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N136" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>776</v>
+      </c>
+      <c r="P136" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>549</v>
+        <v>778</v>
       </c>
       <c r="B137" t="s">
-        <v>408</v>
+        <v>779</v>
       </c>
       <c r="C137" t="s">
-        <v>247</v>
+        <v>581</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>345</v>
       </c>
       <c r="E137" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G137">
+        <v>43</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
         <v>2009</v>
       </c>
-      <c r="H137">
+      <c r="I137">
         <v>2022</v>
       </c>
-      <c r="I137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J137" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K137" t="s">
-        <v>550</v>
+        <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>411</v>
+        <v>780</v>
       </c>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N137" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>781</v>
+      </c>
+      <c r="P137" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>552</v>
+        <v>783</v>
       </c>
       <c r="B138" t="s">
-        <v>408</v>
+        <v>784</v>
       </c>
       <c r="C138" t="s">
-        <v>87</v>
+        <v>581</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="E138" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G138">
+        <v>43</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
         <v>2009</v>
       </c>
-      <c r="H138">
+      <c r="I138">
         <v>2018</v>
       </c>
-      <c r="I138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J138" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K138" t="s">
-        <v>553</v>
+        <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>411</v>
+        <v>785</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N138" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>786</v>
+      </c>
+      <c r="P138" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>555</v>
+        <v>788</v>
       </c>
       <c r="B139" t="s">
-        <v>408</v>
+        <v>789</v>
       </c>
       <c r="C139" t="s">
-        <v>188</v>
+        <v>581</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E139" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G139">
+        <v>43</v>
+      </c>
+      <c r="G139" t="s">
+        <v>63</v>
+      </c>
+      <c r="H139">
         <v>2023</v>
       </c>
-      <c r="H139"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I139"/>
       <c r="J139" t="s">
-        <v>29</v>
+        <v>748</v>
       </c>
       <c r="K139" t="s">
-        <v>556</v>
+        <v>34</v>
       </c>
       <c r="L139" t="s">
-        <v>411</v>
+        <v>790</v>
       </c>
       <c r="M139" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N139" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>791</v>
+      </c>
+      <c r="P139" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>558</v>
+        <v>793</v>
       </c>
       <c r="B140" t="s">
-        <v>408</v>
+        <v>794</v>
       </c>
       <c r="C140" t="s">
-        <v>298</v>
+        <v>581</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>424</v>
       </c>
       <c r="E140" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G140">
+        <v>43</v>
+      </c>
+      <c r="G140" t="s">
+        <v>63</v>
+      </c>
+      <c r="H140">
         <v>2023</v>
       </c>
-      <c r="H140"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I140"/>
       <c r="J140" t="s">
-        <v>29</v>
+        <v>734</v>
       </c>
       <c r="K140" t="s">
-        <v>559</v>
+        <v>34</v>
       </c>
       <c r="L140" t="s">
-        <v>411</v>
+        <v>795</v>
       </c>
       <c r="M140" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N140" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>796</v>
+      </c>
+      <c r="P140" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>561</v>
+        <v>798</v>
       </c>
       <c r="B141" t="s">
-        <v>562</v>
+        <v>799</v>
       </c>
       <c r="C141" t="s">
-        <v>563</v>
+        <v>800</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>801</v>
       </c>
       <c r="E141" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G141">
+        <v>43</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
         <v>2016</v>
       </c>
-      <c r="H141">
+      <c r="I141">
         <v>2019</v>
       </c>
-      <c r="I141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J141" t="s">
-        <v>564</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="K141" t="s">
+        <v>802</v>
+      </c>
+      <c r="L141"/>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>803</v>
       </c>
       <c r="N141" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>804</v>
+      </c>
+      <c r="P141" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
+        <v>806</v>
+      </c>
+      <c r="B142" t="s">
+        <v>807</v>
+      </c>
+      <c r="C142" t="s">
+        <v>808</v>
+      </c>
+      <c r="D142" t="s">
+        <v>809</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>43</v>
+      </c>
+      <c r="G142" t="s">
+        <v>63</v>
+      </c>
+      <c r="H142">
+        <v>2021</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>568</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>810</v>
+      </c>
+      <c r="M142" t="s">
+        <v>811</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>812</v>
+      </c>
+      <c r="P142" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>814</v>
+      </c>
+      <c r="B143" t="s">
+        <v>815</v>
+      </c>
+      <c r="C143" t="s">
+        <v>41</v>
+      </c>
+      <c r="D143" t="s">
+        <v>81</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>43</v>
+      </c>
+      <c r="G143" t="s">
+        <v>63</v>
+      </c>
+      <c r="H143">
+        <v>2023</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>734</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>46</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>816</v>
+      </c>
+      <c r="P143" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>818</v>
+      </c>
+      <c r="B144" t="s">
+        <v>819</v>
+      </c>
+      <c r="C144" t="s">
+        <v>41</v>
+      </c>
+      <c r="D144" t="s">
+        <v>161</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>43</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2015</v>
+      </c>
+      <c r="I144">
+        <v>2023</v>
+      </c>
+      <c r="J144" t="s">
+        <v>734</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>820</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>821</v>
+      </c>
+      <c r="P144" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>823</v>
+      </c>
+      <c r="B145" t="s">
+        <v>824</v>
+      </c>
+      <c r="C145" t="s">
+        <v>41</v>
+      </c>
+      <c r="D145" t="s">
+        <v>258</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>43</v>
+      </c>
+      <c r="G145" t="s">
+        <v>63</v>
+      </c>
+      <c r="H145">
+        <v>2023</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>734</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>820</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>825</v>
+      </c>
+      <c r="P145" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>826</v>
+      </c>
+      <c r="B146" t="s">
+        <v>827</v>
+      </c>
+      <c r="C146" t="s">
+        <v>41</v>
+      </c>
+      <c r="D146" t="s">
+        <v>135</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>43</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2022</v>
+      </c>
+      <c r="I146">
+        <v>2024</v>
+      </c>
+      <c r="J146" t="s">
+        <v>734</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>820</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>828</v>
+      </c>
+      <c r="P146" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>829</v>
+      </c>
+      <c r="B147" t="s">
+        <v>830</v>
+      </c>
+      <c r="C147" t="s">
+        <v>41</v>
+      </c>
+      <c r="D147" t="s">
+        <v>374</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>43</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147"/>
+      <c r="I147">
+        <v>2024</v>
+      </c>
+      <c r="J147" t="s">
+        <v>734</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>820</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>831</v>
+      </c>
+      <c r="P147" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>832</v>
+      </c>
+      <c r="B148" t="s">
+        <v>833</v>
+      </c>
+      <c r="C148" t="s">
+        <v>41</v>
+      </c>
+      <c r="D148" t="s">
+        <v>635</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>43</v>
+      </c>
+      <c r="G148" t="s">
+        <v>63</v>
+      </c>
+      <c r="H148">
+        <v>2025</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>734</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>820</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>834</v>
+      </c>
+      <c r="P148" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>835</v>
+      </c>
+      <c r="B149" t="s">
+        <v>836</v>
+      </c>
+      <c r="C149" t="s">
+        <v>837</v>
+      </c>
+      <c r="D149" t="s">
+        <v>135</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>63</v>
+      </c>
+      <c r="H149">
+        <v>2014</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>620</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149"/>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>838</v>
+      </c>
+      <c r="P149" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>840</v>
+      </c>
+      <c r="B150" t="s">
+        <v>841</v>
+      </c>
+      <c r="C150" t="s">
+        <v>204</v>
+      </c>
+      <c r="D150" t="s">
+        <v>374</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>842</v>
+      </c>
+      <c r="H150">
+        <v>1989</v>
+      </c>
+      <c r="I150">
+        <v>2016</v>
+      </c>
+      <c r="J150" t="s">
+        <v>230</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>843</v>
+      </c>
+      <c r="M150" t="s">
+        <v>844</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>845</v>
+      </c>
+      <c r="P150" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>847</v>
+      </c>
+      <c r="B151" t="s">
+        <v>848</v>
+      </c>
+      <c r="C151" t="s">
+        <v>204</v>
+      </c>
+      <c r="D151" t="s">
+        <v>374</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>849</v>
+      </c>
+      <c r="H151">
+        <v>1989</v>
+      </c>
+      <c r="I151">
+        <v>2025</v>
+      </c>
+      <c r="J151" t="s">
+        <v>850</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>851</v>
+      </c>
+      <c r="M151" t="s">
+        <v>844</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>852</v>
+      </c>
+      <c r="P151" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>854</v>
+      </c>
+      <c r="B152" t="s">
+        <v>855</v>
+      </c>
+      <c r="C152" t="s">
+        <v>204</v>
+      </c>
+      <c r="D152" t="s">
+        <v>424</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>1989</v>
+      </c>
+      <c r="I152">
+        <v>2013</v>
+      </c>
+      <c r="J152" t="s">
+        <v>230</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>425</v>
+      </c>
+      <c r="M152" t="s">
+        <v>208</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>856</v>
+      </c>
+      <c r="P152" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>858</v>
+      </c>
+      <c r="B153" t="s">
+        <v>317</v>
+      </c>
+      <c r="C153" t="s">
+        <v>204</v>
+      </c>
+      <c r="D153" t="s">
+        <v>318</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>859</v>
+      </c>
+      <c r="H153">
+        <v>1989</v>
+      </c>
+      <c r="I153">
+        <v>2017</v>
+      </c>
+      <c r="J153" t="s">
+        <v>860</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>319</v>
+      </c>
+      <c r="M153" t="s">
+        <v>844</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>861</v>
+      </c>
+      <c r="P153" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>863</v>
+      </c>
+      <c r="B154" t="s">
+        <v>864</v>
+      </c>
+      <c r="C154" t="s">
+        <v>204</v>
+      </c>
+      <c r="D154" t="s">
         <v>567</v>
       </c>
-      <c r="B142" t="s">
-[...14 lines deleted...]
-      <c r="G142">
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>859</v>
+      </c>
+      <c r="H154">
+        <v>1989</v>
+      </c>
+      <c r="I154">
+        <v>2009</v>
+      </c>
+      <c r="J154" t="s">
+        <v>860</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>362</v>
+      </c>
+      <c r="M154" t="s">
+        <v>208</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>865</v>
+      </c>
+      <c r="P154" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>867</v>
+      </c>
+      <c r="B155" t="s">
+        <v>868</v>
+      </c>
+      <c r="C155" t="s">
+        <v>204</v>
+      </c>
+      <c r="D155" t="s">
+        <v>567</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>1989</v>
+      </c>
+      <c r="I155">
         <v>2021</v>
       </c>
-      <c r="H142"/>
-[...160 lines deleted...]
-      <c r="G146">
+      <c r="J155" t="s">
+        <v>860</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>869</v>
+      </c>
+      <c r="M155" t="s">
+        <v>870</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>871</v>
+      </c>
+      <c r="P155" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>873</v>
+      </c>
+      <c r="B156" t="s">
+        <v>874</v>
+      </c>
+      <c r="C156" t="s">
+        <v>204</v>
+      </c>
+      <c r="D156" t="s">
+        <v>139</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>859</v>
+      </c>
+      <c r="H156">
+        <v>2000</v>
+      </c>
+      <c r="I156">
+        <v>2012</v>
+      </c>
+      <c r="J156" t="s">
+        <v>860</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>875</v>
+      </c>
+      <c r="M156" t="s">
+        <v>208</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>876</v>
+      </c>
+      <c r="P156" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>878</v>
+      </c>
+      <c r="B157" t="s">
+        <v>879</v>
+      </c>
+      <c r="C157" t="s">
+        <v>204</v>
+      </c>
+      <c r="D157" t="s">
+        <v>880</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>1999</v>
+      </c>
+      <c r="I157">
         <v>2022</v>
       </c>
-      <c r="H146">
-[...41 lines deleted...]
-      <c r="H147">
+      <c r="J157" t="s">
+        <v>860</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>870</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>881</v>
+      </c>
+      <c r="P157" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>883</v>
+      </c>
+      <c r="B158" t="s">
+        <v>884</v>
+      </c>
+      <c r="C158" t="s">
+        <v>204</v>
+      </c>
+      <c r="D158" t="s">
+        <v>130</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2002</v>
+      </c>
+      <c r="I158">
         <v>2021</v>
       </c>
-      <c r="I147" t="s">
-[...204 lines deleted...]
-      <c r="H152">
+      <c r="J158" t="s">
+        <v>206</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>885</v>
+      </c>
+      <c r="M158" t="s">
+        <v>208</v>
+      </c>
+      <c r="N158" t="s">
+        <v>36</v>
+      </c>
+      <c r="O158" t="s">
+        <v>886</v>
+      </c>
+      <c r="P158" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>888</v>
+      </c>
+      <c r="B159" t="s">
+        <v>889</v>
+      </c>
+      <c r="C159" t="s">
+        <v>204</v>
+      </c>
+      <c r="D159" t="s">
+        <v>135</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2003</v>
+      </c>
+      <c r="I159">
         <v>2013</v>
       </c>
-      <c r="I152" t="s">
-[...47 lines deleted...]
-      <c r="K153" t="s">
+      <c r="J159" t="s">
         <v>230</v>
       </c>
-      <c r="L153" t="s">
-[...31 lines deleted...]
-      <c r="H154">
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>890</v>
+      </c>
+      <c r="M159" t="s">
+        <v>208</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>891</v>
+      </c>
+      <c r="P159" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>893</v>
+      </c>
+      <c r="B160" t="s">
+        <v>894</v>
+      </c>
+      <c r="C160" t="s">
+        <v>204</v>
+      </c>
+      <c r="D160" t="s">
+        <v>367</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
         <v>2009</v>
       </c>
-      <c r="I154" t="s">
-[...258 lines deleted...]
-      <c r="H160">
+      <c r="I160">
         <v>2020</v>
       </c>
-      <c r="I160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J160" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K160" t="s">
-        <v>623</v>
+        <v>34</v>
       </c>
       <c r="L160" t="s">
-        <v>156</v>
+        <v>895</v>
       </c>
       <c r="M160" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="N160" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O160" t="s">
+        <v>896</v>
+      </c>
+      <c r="P160" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>625</v>
+        <v>898</v>
       </c>
       <c r="B161" t="s">
-        <v>152</v>
+        <v>899</v>
       </c>
       <c r="C161" t="s">
-        <v>166</v>
+        <v>204</v>
       </c>
       <c r="D161" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E161" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F161" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
       </c>
       <c r="H161">
         <v>2005</v>
       </c>
-      <c r="I161" t="s">
-        <v>170</v>
+      <c r="I161">
+        <v>2005</v>
       </c>
       <c r="J161" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K161" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>156</v>
+        <v>225</v>
       </c>
       <c r="M161" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N161" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>900</v>
+      </c>
+      <c r="P161" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>627</v>
+        <v>902</v>
       </c>
       <c r="B162" t="s">
-        <v>152</v>
+        <v>903</v>
       </c>
       <c r="C162" t="s">
-        <v>99</v>
+        <v>204</v>
       </c>
       <c r="D162" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="E162" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>859</v>
       </c>
       <c r="H162">
         <v>2005</v>
       </c>
-      <c r="I162" t="s">
+      <c r="I162">
+        <v>2004</v>
+      </c>
+      <c r="J162" t="s">
+        <v>860</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>904</v>
+      </c>
+      <c r="M162" t="s">
+        <v>208</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>905</v>
+      </c>
+      <c r="P162" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>907</v>
+      </c>
+      <c r="B163" t="s">
+        <v>908</v>
+      </c>
+      <c r="C163" t="s">
+        <v>204</v>
+      </c>
+      <c r="D163" t="s">
+        <v>161</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>1989</v>
+      </c>
+      <c r="I163">
+        <v>2018</v>
+      </c>
+      <c r="J163" t="s">
+        <v>230</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>324</v>
+      </c>
+      <c r="M163" t="s">
+        <v>208</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>909</v>
+      </c>
+      <c r="P163" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>911</v>
+      </c>
+      <c r="B164" t="s">
+        <v>912</v>
+      </c>
+      <c r="C164" t="s">
+        <v>204</v>
+      </c>
+      <c r="D164" t="s">
+        <v>96</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2004</v>
+      </c>
+      <c r="I164">
+        <v>2017</v>
+      </c>
+      <c r="J164" t="s">
+        <v>230</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>913</v>
+      </c>
+      <c r="M164" t="s">
+        <v>208</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>914</v>
+      </c>
+      <c r="P164" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>916</v>
+      </c>
+      <c r="B165" t="s">
+        <v>917</v>
+      </c>
+      <c r="C165" t="s">
+        <v>204</v>
+      </c>
+      <c r="D165" t="s">
+        <v>918</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>582</v>
+      </c>
+      <c r="H165">
+        <v>2024</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>23</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>919</v>
+      </c>
+      <c r="M165" t="s">
+        <v>920</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>921</v>
+      </c>
+      <c r="P165" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>923</v>
+      </c>
+      <c r="B166" t="s">
+        <v>924</v>
+      </c>
+      <c r="C166" t="s">
+        <v>204</v>
+      </c>
+      <c r="D166" t="s">
+        <v>386</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2010</v>
+      </c>
+      <c r="I166">
+        <v>2021</v>
+      </c>
+      <c r="J166" t="s">
+        <v>206</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>925</v>
+      </c>
+      <c r="M166" t="s">
+        <v>208</v>
+      </c>
+      <c r="N166" t="s">
+        <v>36</v>
+      </c>
+      <c r="O166" t="s">
+        <v>926</v>
+      </c>
+      <c r="P166" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>928</v>
+      </c>
+      <c r="B167" t="s">
+        <v>929</v>
+      </c>
+      <c r="C167" t="s">
+        <v>204</v>
+      </c>
+      <c r="D167" t="s">
+        <v>930</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2005</v>
+      </c>
+      <c r="I167">
+        <v>2011</v>
+      </c>
+      <c r="J167" t="s">
+        <v>230</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>931</v>
+      </c>
+      <c r="M167" t="s">
+        <v>208</v>
+      </c>
+      <c r="N167" t="s">
+        <v>36</v>
+      </c>
+      <c r="O167" t="s">
+        <v>932</v>
+      </c>
+      <c r="P167" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>934</v>
+      </c>
+      <c r="B168" t="s">
+        <v>935</v>
+      </c>
+      <c r="C168" t="s">
+        <v>204</v>
+      </c>
+      <c r="D168" t="s">
+        <v>380</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>2006</v>
+      </c>
+      <c r="I168">
+        <v>2024</v>
+      </c>
+      <c r="J168" t="s">
+        <v>23</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>936</v>
+      </c>
+      <c r="M168" t="s">
+        <v>208</v>
+      </c>
+      <c r="N168" t="s">
+        <v>36</v>
+      </c>
+      <c r="O168" t="s">
+        <v>937</v>
+      </c>
+      <c r="P168" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>939</v>
+      </c>
+      <c r="B169" t="s">
+        <v>940</v>
+      </c>
+      <c r="C169" t="s">
+        <v>204</v>
+      </c>
+      <c r="D169" t="s">
+        <v>139</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>859</v>
+      </c>
+      <c r="H169">
+        <v>2005</v>
+      </c>
+      <c r="I169">
+        <v>2015</v>
+      </c>
+      <c r="J169" t="s">
+        <v>860</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>941</v>
+      </c>
+      <c r="M169" t="s">
+        <v>208</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>942</v>
+      </c>
+      <c r="P169" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>944</v>
+      </c>
+      <c r="B170" t="s">
+        <v>945</v>
+      </c>
+      <c r="C170" t="s">
+        <v>204</v>
+      </c>
+      <c r="D170" t="s">
         <v>170</v>
       </c>
-      <c r="J162" t="s">
-[...252 lines deleted...]
-      <c r="G168">
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
         <v>2006</v>
       </c>
-      <c r="H168">
-[...87 lines deleted...]
-      <c r="H170">
+      <c r="I170">
         <v>2016</v>
       </c>
-      <c r="I170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J170" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="K170" t="s">
-        <v>654</v>
+        <v>334</v>
       </c>
       <c r="L170" t="s">
-        <v>156</v>
+        <v>946</v>
       </c>
       <c r="M170" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N170" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>947</v>
+      </c>
+      <c r="P170" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>656</v>
+        <v>949</v>
       </c>
       <c r="B171" t="s">
-        <v>152</v>
+        <v>950</v>
       </c>
       <c r="C171" t="s">
-        <v>657</v>
+        <v>204</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>951</v>
       </c>
       <c r="E171" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G171">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>952</v>
+      </c>
+      <c r="H171">
         <v>2007</v>
       </c>
-      <c r="H171">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="I171">
+        <v>2013</v>
       </c>
       <c r="J171" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K171" t="s">
-        <v>658</v>
+        <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>156</v>
+        <v>953</v>
       </c>
       <c r="M171" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="N171" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O171" t="s">
+        <v>954</v>
+      </c>
+      <c r="P171" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>660</v>
+        <v>956</v>
       </c>
       <c r="B172" t="s">
-        <v>661</v>
+        <v>957</v>
       </c>
       <c r="C172" t="s">
-        <v>662</v>
+        <v>204</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>958</v>
       </c>
       <c r="E172" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="G172">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>8</v>
+      </c>
+      <c r="H172">
         <v>2007</v>
       </c>
-      <c r="H172">
+      <c r="I172">
         <v>2025</v>
       </c>
-      <c r="I172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J172" t="s">
-        <v>29</v>
+        <v>959</v>
       </c>
       <c r="K172" t="s">
-        <v>664</v>
+        <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>593</v>
+        <v>960</v>
       </c>
       <c r="M172" t="s">
-        <v>24</v>
+        <v>844</v>
       </c>
       <c r="N172" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>961</v>
+      </c>
+      <c r="P172" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>666</v>
+        <v>963</v>
       </c>
       <c r="B173" t="s">
-        <v>152</v>
+        <v>964</v>
       </c>
       <c r="C173" t="s">
-        <v>162</v>
+        <v>204</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E173" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
       </c>
       <c r="H173">
         <v>2008</v>
       </c>
-      <c r="I173" t="s">
-        <v>170</v>
+      <c r="I173">
+        <v>2008</v>
       </c>
       <c r="J173" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K173" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>156</v>
+        <v>340</v>
       </c>
       <c r="M173" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N173" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>965</v>
+      </c>
+      <c r="P173" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>668</v>
+        <v>967</v>
       </c>
       <c r="B174" t="s">
-        <v>152</v>
+        <v>968</v>
       </c>
       <c r="C174" t="s">
-        <v>119</v>
+        <v>204</v>
       </c>
       <c r="D174" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E174" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F174" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G174">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
         <v>1989</v>
       </c>
-      <c r="H174">
+      <c r="I174">
         <v>2020</v>
       </c>
-      <c r="I174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J174" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="K174" t="s">
-        <v>669</v>
+        <v>34</v>
       </c>
       <c r="L174" t="s">
-        <v>593</v>
+        <v>969</v>
       </c>
       <c r="M174" t="s">
-        <v>24</v>
+        <v>844</v>
       </c>
       <c r="N174" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>970</v>
+      </c>
+      <c r="P174" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>671</v>
+        <v>972</v>
       </c>
       <c r="B175" t="s">
-        <v>152</v>
+        <v>973</v>
       </c>
       <c r="C175" t="s">
-        <v>672</v>
+        <v>204</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>974</v>
       </c>
       <c r="E175" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G175">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>859</v>
+      </c>
+      <c r="H175">
         <v>2008</v>
       </c>
-      <c r="H175">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="I175">
+        <v>2014</v>
       </c>
       <c r="J175" t="s">
-        <v>29</v>
+        <v>860</v>
       </c>
       <c r="K175" t="s">
-        <v>673</v>
+        <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>156</v>
+        <v>975</v>
       </c>
       <c r="M175" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N175" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>976</v>
+      </c>
+      <c r="P175" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>675</v>
+        <v>978</v>
       </c>
       <c r="B176" t="s">
-        <v>661</v>
+        <v>979</v>
       </c>
       <c r="C176" t="s">
-        <v>676</v>
+        <v>980</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>981</v>
       </c>
       <c r="E176" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F176" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G176">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
         <v>2008</v>
       </c>
-      <c r="H176">
+      <c r="I176">
         <v>2024</v>
       </c>
-      <c r="I176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J176" t="s">
-        <v>29</v>
+        <v>860</v>
       </c>
       <c r="K176" t="s">
-        <v>677</v>
+        <v>34</v>
       </c>
       <c r="L176" t="s">
-        <v>607</v>
+        <v>982</v>
       </c>
       <c r="M176" t="s">
-        <v>522</v>
+        <v>870</v>
       </c>
       <c r="N176" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:14">
+        <v>737</v>
+      </c>
+      <c r="O176" t="s">
+        <v>983</v>
+      </c>
+      <c r="P176" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>679</v>
+        <v>985</v>
       </c>
       <c r="B177" t="s">
-        <v>152</v>
+        <v>986</v>
       </c>
       <c r="C177" t="s">
-        <v>153</v>
+        <v>204</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="E177" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F177" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
       </c>
       <c r="H177">
         <v>2008</v>
       </c>
-      <c r="I177" t="s">
-        <v>170</v>
+      <c r="I177">
+        <v>2008</v>
       </c>
       <c r="J177" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K177" t="s">
-        <v>155</v>
+        <v>34</v>
       </c>
       <c r="L177" t="s">
-        <v>156</v>
+        <v>207</v>
       </c>
       <c r="M177" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="N177" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O177" t="s">
+        <v>987</v>
+      </c>
+      <c r="P177" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>681</v>
+        <v>989</v>
       </c>
       <c r="B178" t="s">
-        <v>152</v>
+        <v>990</v>
       </c>
       <c r="C178" t="s">
-        <v>247</v>
+        <v>204</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>345</v>
       </c>
       <c r="E178" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F178" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G178">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
         <v>2008</v>
       </c>
-      <c r="H178">
+      <c r="I178">
         <v>2011</v>
       </c>
-      <c r="I178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J178" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K178" t="s">
-        <v>248</v>
+        <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>156</v>
+        <v>346</v>
       </c>
       <c r="M178" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N178" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>991</v>
+      </c>
+      <c r="P178" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>683</v>
+        <v>993</v>
       </c>
       <c r="B179" t="s">
-        <v>152</v>
+        <v>994</v>
       </c>
       <c r="C179" t="s">
-        <v>251</v>
+        <v>204</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>351</v>
       </c>
       <c r="E179" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F179" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G179">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
         <v>2008</v>
       </c>
-      <c r="H179">
+      <c r="I179">
         <v>2016</v>
       </c>
-      <c r="I179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J179" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K179" t="s">
-        <v>684</v>
+        <v>34</v>
       </c>
       <c r="L179" t="s">
-        <v>156</v>
+        <v>995</v>
       </c>
       <c r="M179" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N179" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>996</v>
+      </c>
+      <c r="P179" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>686</v>
+        <v>998</v>
       </c>
       <c r="B180" t="s">
-        <v>152</v>
+        <v>998</v>
       </c>
       <c r="C180" t="s">
-        <v>315</v>
+        <v>204</v>
       </c>
       <c r="D180" t="s">
-        <v>17</v>
+        <v>451</v>
       </c>
       <c r="E180" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G180">
+        <v>21</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
         <v>2010</v>
       </c>
-      <c r="H180">
+      <c r="I180">
         <v>2015</v>
       </c>
-      <c r="I180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J180" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="K180" t="s">
-        <v>316</v>
+        <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>156</v>
+        <v>452</v>
       </c>
       <c r="M180" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N180" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>999</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>688</v>
+        <v>1001</v>
       </c>
       <c r="B181" t="s">
-        <v>152</v>
+        <v>1002</v>
       </c>
       <c r="C181" t="s">
+        <v>204</v>
+      </c>
+      <c r="D181" t="s">
+        <v>679</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181" t="s">
+        <v>63</v>
+      </c>
+      <c r="H181">
+        <v>2010</v>
+      </c>
+      <c r="I181">
+        <v>2021</v>
+      </c>
+      <c r="J181" t="s">
+        <v>206</v>
+      </c>
+      <c r="K181" t="s">
+        <v>334</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1003</v>
+      </c>
+      <c r="M181" t="s">
+        <v>208</v>
+      </c>
+      <c r="N181" t="s">
+        <v>36</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C182" t="s">
+        <v>204</v>
+      </c>
+      <c r="D182" t="s">
+        <v>679</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>21</v>
+      </c>
+      <c r="G182" t="s">
+        <v>63</v>
+      </c>
+      <c r="H182">
+        <v>2010</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>230</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N182" t="s">
+        <v>36</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C183" t="s">
+        <v>204</v>
+      </c>
+      <c r="D183" t="s">
+        <v>401</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>859</v>
+      </c>
+      <c r="H183">
+        <v>2010</v>
+      </c>
+      <c r="I183">
+        <v>2017</v>
+      </c>
+      <c r="J183" t="s">
+        <v>860</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183" t="s">
+        <v>302</v>
+      </c>
+      <c r="M183" t="s">
+        <v>208</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C184" t="s">
+        <v>204</v>
+      </c>
+      <c r="D184" t="s">
+        <v>258</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>1989</v>
+      </c>
+      <c r="I184">
+        <v>2016</v>
+      </c>
+      <c r="J184" t="s">
+        <v>230</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>259</v>
+      </c>
+      <c r="M184" t="s">
+        <v>208</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C185" t="s">
+        <v>204</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2010</v>
+      </c>
+      <c r="I185">
+        <v>2021</v>
+      </c>
+      <c r="J185" t="s">
+        <v>73</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M185" t="s">
+        <v>844</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C186" t="s">
+        <v>204</v>
+      </c>
+      <c r="D186" t="s">
+        <v>491</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2011</v>
+      </c>
+      <c r="I186">
+        <v>2020</v>
+      </c>
+      <c r="J186" t="s">
+        <v>230</v>
+      </c>
+      <c r="K186" t="s">
         <v>481</v>
       </c>
-      <c r="D181" t="s">
-[...8 lines deleted...]
-      <c r="G181">
+      <c r="L186" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N186" t="s">
+        <v>483</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C187" t="s">
+        <v>204</v>
+      </c>
+      <c r="D187" t="s">
+        <v>479</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
         <v>2010</v>
       </c>
-      <c r="H181">
+      <c r="I187">
+        <v>2017</v>
+      </c>
+      <c r="J187" t="s">
+        <v>230</v>
+      </c>
+      <c r="K187" t="s">
+        <v>481</v>
+      </c>
+      <c r="L187" t="s">
+        <v>494</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N187" t="s">
+        <v>483</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C188" t="s">
+        <v>204</v>
+      </c>
+      <c r="D188" t="s">
+        <v>284</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2011</v>
+      </c>
+      <c r="I188">
+        <v>2016</v>
+      </c>
+      <c r="J188" t="s">
+        <v>230</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188" t="s">
+        <v>285</v>
+      </c>
+      <c r="M188" t="s">
+        <v>208</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1037</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C189" t="s">
+        <v>204</v>
+      </c>
+      <c r="D189" t="s">
+        <v>81</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2011</v>
+      </c>
+      <c r="I189">
+        <v>2012</v>
+      </c>
+      <c r="J189" t="s">
+        <v>230</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189" t="s">
+        <v>419</v>
+      </c>
+      <c r="M189" t="s">
+        <v>208</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C190" t="s">
+        <v>204</v>
+      </c>
+      <c r="D190" t="s">
+        <v>81</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2011</v>
+      </c>
+      <c r="I190">
+        <v>2017</v>
+      </c>
+      <c r="J190" t="s">
+        <v>230</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M190" t="s">
+        <v>208</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1046</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C191" t="s">
+        <v>204</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>63</v>
+      </c>
+      <c r="H191">
         <v>2021</v>
       </c>
-      <c r="I181" t="s">
-[...25 lines deleted...]
-      <c r="C182" t="s">
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>206</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B192" t="s">
+        <v>406</v>
+      </c>
+      <c r="C192" t="s">
+        <v>204</v>
+      </c>
+      <c r="D192" t="s">
+        <v>345</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>842</v>
+      </c>
+      <c r="H192">
+        <v>2011</v>
+      </c>
+      <c r="I192">
+        <v>2012</v>
+      </c>
+      <c r="J192" t="s">
+        <v>860</v>
+      </c>
+      <c r="K192" t="s">
+        <v>407</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M192" t="s">
+        <v>208</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1056</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C193" t="s">
+        <v>204</v>
+      </c>
+      <c r="D193" t="s">
+        <v>345</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>8</v>
+      </c>
+      <c r="H193">
+        <v>2011</v>
+      </c>
+      <c r="I193">
+        <v>2025</v>
+      </c>
+      <c r="J193" t="s">
+        <v>860</v>
+      </c>
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1060</v>
+      </c>
+      <c r="M193" t="s">
+        <v>870</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1061</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C194" t="s">
+        <v>204</v>
+      </c>
+      <c r="D194" t="s">
+        <v>487</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2012</v>
+      </c>
+      <c r="I194">
+        <v>2020</v>
+      </c>
+      <c r="J194" t="s">
+        <v>230</v>
+      </c>
+      <c r="K194" t="s">
         <v>481</v>
       </c>
-      <c r="D182" t="s">
-[...8 lines deleted...]
-      <c r="G182">
+      <c r="L194" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N194" t="s">
+        <v>483</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1066</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C195" t="s">
+        <v>204</v>
+      </c>
+      <c r="D195" t="s">
+        <v>489</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2013</v>
+      </c>
+      <c r="I195">
+        <v>2020</v>
+      </c>
+      <c r="J195" t="s">
+        <v>230</v>
+      </c>
+      <c r="K195" t="s">
+        <v>481</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N195" t="s">
+        <v>483</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1070</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C196" t="s">
+        <v>204</v>
+      </c>
+      <c r="D196" t="s">
+        <v>479</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196" t="s">
+        <v>63</v>
+      </c>
+      <c r="H196">
+        <v>2013</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>206</v>
+      </c>
+      <c r="K196" t="s">
+        <v>481</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N196" t="s">
+        <v>483</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1075</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C197" t="s">
+        <v>204</v>
+      </c>
+      <c r="D197" t="s">
+        <v>413</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2012</v>
+      </c>
+      <c r="I197">
+        <v>2016</v>
+      </c>
+      <c r="J197" t="s">
+        <v>230</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M197" t="s">
+        <v>208</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C198" t="s">
+        <v>204</v>
+      </c>
+      <c r="D198" t="s">
+        <v>386</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>63</v>
+      </c>
+      <c r="H198">
+        <v>2012</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>206</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1084</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N198" t="s">
+        <v>36</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C199" t="s">
+        <v>204</v>
+      </c>
+      <c r="D199" t="s">
+        <v>197</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199" t="s">
+        <v>63</v>
+      </c>
+      <c r="H199">
+        <v>2020</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>206</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1089</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N199" t="s">
+        <v>36</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1090</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C200" t="s">
+        <v>204</v>
+      </c>
+      <c r="D200" t="s">
+        <v>135</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2003</v>
+      </c>
+      <c r="I200">
+        <v>2013</v>
+      </c>
+      <c r="J200" t="s">
+        <v>230</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1094</v>
+      </c>
+      <c r="M200" t="s">
+        <v>208</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C201" t="s">
+        <v>204</v>
+      </c>
+      <c r="D201" t="s">
+        <v>139</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>859</v>
+      </c>
+      <c r="H201">
+        <v>2000</v>
+      </c>
+      <c r="I201">
+        <v>2012</v>
+      </c>
+      <c r="J201" t="s">
+        <v>230</v>
+      </c>
+      <c r="K201" t="s">
+        <v>34</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1099</v>
+      </c>
+      <c r="M201" t="s">
+        <v>208</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C202" t="s">
+        <v>204</v>
+      </c>
+      <c r="D202" t="s">
+        <v>102</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2003</v>
+      </c>
+      <c r="I202">
+        <v>2013</v>
+      </c>
+      <c r="J202" t="s">
+        <v>230</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1104</v>
+      </c>
+      <c r="M202" t="s">
+        <v>208</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C203" t="s">
+        <v>204</v>
+      </c>
+      <c r="D203" t="s">
+        <v>124</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" t="s">
+        <v>63</v>
+      </c>
+      <c r="H203">
+        <v>2013</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>230</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M203" t="s">
+        <v>208</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B204" t="s">
+        <v>229</v>
+      </c>
+      <c r="C204" t="s">
+        <v>204</v>
+      </c>
+      <c r="D204" t="s">
+        <v>96</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" t="s">
+        <v>63</v>
+      </c>
+      <c r="H204">
+        <v>2013</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>206</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204" t="s">
+        <v>231</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C205" t="s">
+        <v>204</v>
+      </c>
+      <c r="D205" t="s">
+        <v>345</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>21</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2008</v>
+      </c>
+      <c r="I205">
+        <v>2013</v>
+      </c>
+      <c r="J205" t="s">
+        <v>230</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1117</v>
+      </c>
+      <c r="M205" t="s">
+        <v>208</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C206" t="s">
+        <v>204</v>
+      </c>
+      <c r="D206" t="s">
+        <v>241</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" t="s">
+        <v>63</v>
+      </c>
+      <c r="H206">
+        <v>2014</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>230</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206" t="s">
+        <v>236</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N206" t="s">
+        <v>36</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C207" t="s">
+        <v>204</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>21</v>
+      </c>
+      <c r="G207" t="s">
+        <v>582</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I207">
+        <v>2024</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1128</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207"/>
+      <c r="M207" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N207" t="s">
+        <v>36</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C208" t="s">
+        <v>204</v>
+      </c>
+      <c r="D208" t="s">
+        <v>130</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>21</v>
+      </c>
+      <c r="G208" t="s">
+        <v>63</v>
+      </c>
+      <c r="H208">
+        <v>2014</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>230</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1133</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N208" t="s">
+        <v>36</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C209" t="s">
+        <v>204</v>
+      </c>
+      <c r="D209" t="s">
+        <v>135</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>21</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2013</v>
+      </c>
+      <c r="I209">
+        <v>2020</v>
+      </c>
+      <c r="J209" t="s">
+        <v>230</v>
+      </c>
+      <c r="K209" t="s">
+        <v>34</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1138</v>
+      </c>
+      <c r="M209" t="s">
+        <v>208</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C210" t="s">
+        <v>204</v>
+      </c>
+      <c r="D210" t="s">
+        <v>457</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>21</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H210">
+        <v>2014</v>
+      </c>
+      <c r="I210">
+        <v>2015</v>
+      </c>
+      <c r="J210" t="s">
+        <v>230</v>
+      </c>
+      <c r="K210" t="s">
+        <v>334</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1144</v>
+      </c>
+      <c r="M210" t="s">
+        <v>208</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C211" t="s">
+        <v>204</v>
+      </c>
+      <c r="D211" t="s">
+        <v>479</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>2014</v>
+      </c>
+      <c r="I211">
+        <v>2020</v>
+      </c>
+      <c r="J211" t="s">
+        <v>230</v>
+      </c>
+      <c r="K211" t="s">
+        <v>481</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M211" t="s">
+        <v>482</v>
+      </c>
+      <c r="N211" t="s">
+        <v>483</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1149</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C212" t="s">
+        <v>204</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>21</v>
+      </c>
+      <c r="G212" t="s">
+        <v>842</v>
+      </c>
+      <c r="H212">
+        <v>2008</v>
+      </c>
+      <c r="I212">
+        <v>2015</v>
+      </c>
+      <c r="J212" t="s">
+        <v>860</v>
+      </c>
+      <c r="K212" t="s">
+        <v>334</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M212" t="s">
+        <v>208</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1155</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C213" t="s">
+        <v>204</v>
+      </c>
+      <c r="D213" t="s">
+        <v>312</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>21</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2008</v>
+      </c>
+      <c r="I213">
+        <v>2015</v>
+      </c>
+      <c r="J213" t="s">
+        <v>230</v>
+      </c>
+      <c r="K213" t="s">
+        <v>34</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M213" t="s">
+        <v>208</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C214" t="s">
+        <v>204</v>
+      </c>
+      <c r="D214" t="s">
+        <v>635</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>63</v>
+      </c>
+      <c r="H214">
+        <v>2015</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>230</v>
+      </c>
+      <c r="K214" t="s">
+        <v>34</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M214" t="s">
+        <v>208</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1165</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C215" t="s">
+        <v>204</v>
+      </c>
+      <c r="D215" t="s">
+        <v>135</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>2005</v>
+      </c>
+      <c r="I215">
+        <v>2015</v>
+      </c>
+      <c r="J215" t="s">
+        <v>230</v>
+      </c>
+      <c r="K215" t="s">
+        <v>34</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M215" t="s">
+        <v>208</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C216" t="s">
+        <v>204</v>
+      </c>
+      <c r="D216" t="s">
+        <v>272</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>63</v>
+      </c>
+      <c r="H216">
+        <v>2016</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>230</v>
+      </c>
+      <c r="K216" t="s">
+        <v>34</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1174</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1175</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C217" t="s">
+        <v>204</v>
+      </c>
+      <c r="D217" t="s">
+        <v>930</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>21</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2005</v>
+      </c>
+      <c r="I217">
+        <v>2016</v>
+      </c>
+      <c r="J217" t="s">
+        <v>230</v>
+      </c>
+      <c r="K217" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1179</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N217" t="s">
+        <v>36</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1180</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C218" t="s">
+        <v>204</v>
+      </c>
+      <c r="D218" t="s">
+        <v>296</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>63</v>
+      </c>
+      <c r="H218">
+        <v>2016</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>230</v>
+      </c>
+      <c r="K218" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1185</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C219" t="s">
+        <v>204</v>
+      </c>
+      <c r="D219" t="s">
+        <v>930</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>22</v>
+      </c>
+      <c r="H219">
+        <v>2005</v>
+      </c>
+      <c r="I219">
+        <v>2017</v>
+      </c>
+      <c r="J219" t="s">
+        <v>230</v>
+      </c>
+      <c r="K219" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1189</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N219" t="s">
+        <v>36</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C220" t="s">
+        <v>204</v>
+      </c>
+      <c r="D220" t="s">
+        <v>197</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>63</v>
+      </c>
+      <c r="H220">
+        <v>2017</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>230</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1194</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N220" t="s">
+        <v>36</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C221" t="s">
+        <v>204</v>
+      </c>
+      <c r="D221" t="s">
+        <v>518</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2017</v>
+      </c>
+      <c r="I221">
+        <v>2021</v>
+      </c>
+      <c r="J221" t="s">
+        <v>73</v>
+      </c>
+      <c r="K221" t="s">
+        <v>481</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1199</v>
+      </c>
+      <c r="M221" t="s">
+        <v>844</v>
+      </c>
+      <c r="N221" t="s">
+        <v>483</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1200</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C222" t="s">
+        <v>204</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>63</v>
+      </c>
+      <c r="H222">
+        <v>2019</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>206</v>
+      </c>
+      <c r="K222" t="s">
+        <v>34</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1205</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B223" t="s">
+        <v>277</v>
+      </c>
+      <c r="C223" t="s">
+        <v>204</v>
+      </c>
+      <c r="D223" t="s">
+        <v>278</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>859</v>
+      </c>
+      <c r="H223">
+        <v>2018</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>860</v>
+      </c>
+      <c r="K223" t="s">
+        <v>34</v>
+      </c>
+      <c r="L223" t="s">
+        <v>279</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1209</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C224" t="s">
+        <v>204</v>
+      </c>
+      <c r="D224" t="s">
+        <v>278</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2018</v>
+      </c>
+      <c r="I224">
+        <v>2024</v>
+      </c>
+      <c r="J224" t="s">
+        <v>860</v>
+      </c>
+      <c r="K224" t="s">
+        <v>34</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1213</v>
+      </c>
+      <c r="M224" t="s">
+        <v>870</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B225" t="s">
+        <v>301</v>
+      </c>
+      <c r="C225" t="s">
+        <v>204</v>
+      </c>
+      <c r="D225" t="s">
+        <v>224</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H225">
+        <v>2020</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>206</v>
+      </c>
+      <c r="K225" t="s">
+        <v>34</v>
+      </c>
+      <c r="L225" t="s">
+        <v>302</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1217</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C226" t="s">
+        <v>204</v>
+      </c>
+      <c r="D226" t="s">
+        <v>224</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>21</v>
+      </c>
+      <c r="G226" t="s">
+        <v>8</v>
+      </c>
+      <c r="H226">
+        <v>1989</v>
+      </c>
+      <c r="I226">
+        <v>2025</v>
+      </c>
+      <c r="J226" t="s">
+        <v>850</v>
+      </c>
+      <c r="K226" t="s">
+        <v>34</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1221</v>
+      </c>
+      <c r="M226" t="s">
+        <v>870</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B227" t="s">
+        <v>217</v>
+      </c>
+      <c r="C227" t="s">
+        <v>204</v>
+      </c>
+      <c r="D227" t="s">
+        <v>218</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>21</v>
+      </c>
+      <c r="G227" t="s">
+        <v>63</v>
+      </c>
+      <c r="H227">
+        <v>2020</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>206</v>
+      </c>
+      <c r="K227" t="s">
+        <v>34</v>
+      </c>
+      <c r="L227" t="s">
+        <v>219</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B228" t="s">
+        <v>311</v>
+      </c>
+      <c r="C228" t="s">
+        <v>204</v>
+      </c>
+      <c r="D228" t="s">
+        <v>312</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>63</v>
+      </c>
+      <c r="H228">
+        <v>2020</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>206</v>
+      </c>
+      <c r="K228" t="s">
+        <v>34</v>
+      </c>
+      <c r="L228" t="s">
+        <v>313</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1228</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C229" t="s">
+        <v>204</v>
+      </c>
+      <c r="D229" t="s">
+        <v>930</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" t="s">
+        <v>63</v>
+      </c>
+      <c r="H229">
+        <v>2020</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>206</v>
+      </c>
+      <c r="K229" t="s">
+        <v>34</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1232</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N229" t="s">
+        <v>36</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C230" t="s">
+        <v>204</v>
+      </c>
+      <c r="D230" t="s">
+        <v>278</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" t="s">
+        <v>63</v>
+      </c>
+      <c r="H230">
+        <v>2020</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>206</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1237</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N230" t="s">
+        <v>36</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C231" t="s">
+        <v>204</v>
+      </c>
+      <c r="D231" t="s">
+        <v>930</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231" t="s">
+        <v>63</v>
+      </c>
+      <c r="H231">
+        <v>2020</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>206</v>
+      </c>
+      <c r="K231" t="s">
+        <v>34</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1242</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C232" t="s">
+        <v>204</v>
+      </c>
+      <c r="D232" t="s">
+        <v>662</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H232">
+        <v>2021</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>206</v>
+      </c>
+      <c r="K232" t="s">
+        <v>1247</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N232" t="s">
+        <v>1249</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1250</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C233" t="s">
+        <v>204</v>
+      </c>
+      <c r="D233" t="s">
+        <v>662</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>8</v>
+      </c>
+      <c r="H233">
+        <v>2019</v>
+      </c>
+      <c r="I233">
+        <v>2025</v>
+      </c>
+      <c r="J233" t="s">
+        <v>605</v>
+      </c>
+      <c r="K233" t="s">
+        <v>34</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1254</v>
+      </c>
+      <c r="M233" t="s">
+        <v>870</v>
+      </c>
+      <c r="N233" t="s">
+        <v>1249</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1255</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C234" t="s">
+        <v>204</v>
+      </c>
+      <c r="D234" t="s">
+        <v>479</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H234">
+        <v>2019</v>
+      </c>
+      <c r="I234"/>
+      <c r="J234" t="s">
+        <v>860</v>
+      </c>
+      <c r="K234" t="s">
+        <v>481</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1260</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N234" t="s">
+        <v>483</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1261</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C235" t="s">
+        <v>204</v>
+      </c>
+      <c r="D235" t="s">
+        <v>479</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>21</v>
+      </c>
+      <c r="G235" t="s">
+        <v>8</v>
+      </c>
+      <c r="H235">
+        <v>2019</v>
+      </c>
+      <c r="I235">
+        <v>2025</v>
+      </c>
+      <c r="J235" t="s">
+        <v>860</v>
+      </c>
+      <c r="K235" t="s">
+        <v>34</v>
+      </c>
+      <c r="L235"/>
+      <c r="M235" t="s">
+        <v>870</v>
+      </c>
+      <c r="N235" t="s">
+        <v>1249</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C236" t="s">
+        <v>204</v>
+      </c>
+      <c r="D236" t="s">
+        <v>679</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>63</v>
+      </c>
+      <c r="H236">
+        <v>2020</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>206</v>
+      </c>
+      <c r="K236" t="s">
+        <v>34</v>
+      </c>
+      <c r="L236" t="s">
+        <v>302</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N236" t="s">
+        <v>36</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1269</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C237" t="s">
+        <v>204</v>
+      </c>
+      <c r="D237" t="s">
+        <v>307</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>21</v>
+      </c>
+      <c r="G237" t="s">
+        <v>63</v>
+      </c>
+      <c r="H237">
+        <v>2021</v>
+      </c>
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>206</v>
+      </c>
+      <c r="K237" t="s">
+        <v>34</v>
+      </c>
+      <c r="L237" t="s">
+        <v>302</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1273</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C238" t="s">
+        <v>204</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>63</v>
+      </c>
+      <c r="H238">
+        <v>2021</v>
+      </c>
+      <c r="I238"/>
+      <c r="J238" t="s">
+        <v>73</v>
+      </c>
+      <c r="K238" t="s">
+        <v>34</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M238" t="s">
+        <v>844</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C239" t="s">
+        <v>204</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" t="s">
+        <v>859</v>
+      </c>
+      <c r="H239">
+        <v>2020</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>860</v>
+      </c>
+      <c r="K239" t="s">
+        <v>34</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1278</v>
+      </c>
+      <c r="M239" t="s">
+        <v>844</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1282</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C240" t="s">
+        <v>204</v>
+      </c>
+      <c r="D240" t="s">
+        <v>118</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>21</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2003</v>
+      </c>
+      <c r="I240">
+        <v>2013</v>
+      </c>
+      <c r="J240" t="s">
+        <v>230</v>
+      </c>
+      <c r="K240" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M240" t="s">
+        <v>208</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1286</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C241" t="s">
+        <v>204</v>
+      </c>
+      <c r="D241" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>21</v>
+      </c>
+      <c r="G241" t="s">
+        <v>8</v>
+      </c>
+      <c r="H241">
+        <v>2014</v>
+      </c>
+      <c r="I241">
+        <v>2025</v>
+      </c>
+      <c r="J241" t="s">
+        <v>860</v>
+      </c>
+      <c r="K241" t="s">
+        <v>34</v>
+      </c>
+      <c r="L241"/>
+      <c r="M241" t="s">
+        <v>870</v>
+      </c>
+      <c r="N241" t="s">
+        <v>737</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D242" t="s">
+        <v>747</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>43</v>
+      </c>
+      <c r="G242" t="s">
+        <v>22</v>
+      </c>
+      <c r="H242">
+        <v>2013</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K242" t="s">
+        <v>34</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D243" t="s">
+        <v>567</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>43</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2013</v>
+      </c>
+      <c r="I243">
+        <v>2025</v>
+      </c>
+      <c r="J243" t="s">
+        <v>734</v>
+      </c>
+      <c r="K243" t="s">
+        <v>34</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D244" t="s">
+        <v>457</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>43</v>
+      </c>
+      <c r="G244" t="s">
+        <v>63</v>
+      </c>
+      <c r="H244">
+        <v>2025</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>734</v>
+      </c>
+      <c r="K244" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244"/>
+      <c r="M244" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1309</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D245" t="s">
+        <v>457</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>43</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
+        <v>2013</v>
+      </c>
+      <c r="I245">
+        <v>2024</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K245" t="s">
+        <v>34</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1311</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1312</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>43</v>
+      </c>
+      <c r="G246" t="s">
+        <v>22</v>
+      </c>
+      <c r="H246">
+        <v>2013</v>
+      </c>
+      <c r="I246">
+        <v>2024</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K246" t="s">
+        <v>34</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1317</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1318</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D247" t="s">
+        <v>589</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>43</v>
+      </c>
+      <c r="G247" t="s">
+        <v>63</v>
+      </c>
+      <c r="H247">
+        <v>2025</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>734</v>
+      </c>
+      <c r="K247" t="s">
+        <v>34</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1317</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1321</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>43</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2015</v>
+      </c>
+      <c r="I248">
+        <v>2025</v>
+      </c>
+      <c r="J248" t="s">
+        <v>734</v>
+      </c>
+      <c r="K248" t="s">
+        <v>34</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1325</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1326</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>43</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2013</v>
+      </c>
+      <c r="I249">
+        <v>2024</v>
+      </c>
+      <c r="J249" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K249" t="s">
+        <v>34</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1329</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1330</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>43</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2013</v>
+      </c>
+      <c r="I250">
+        <v>2024</v>
+      </c>
+      <c r="J250" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K250" t="s">
+        <v>34</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1335</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1336</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D251" t="s">
+        <v>374</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>43</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
+        <v>2013</v>
+      </c>
+      <c r="I251">
+        <v>2024</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K251" t="s">
+        <v>34</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1339</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1340</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D252" t="s">
+        <v>258</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>43</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2015</v>
+      </c>
+      <c r="I252">
+        <v>2024</v>
+      </c>
+      <c r="J252" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K252" t="s">
+        <v>34</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1343</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1344</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D253" t="s">
+        <v>424</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>43</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2013</v>
+      </c>
+      <c r="I253">
+        <v>2024</v>
+      </c>
+      <c r="J253" t="s">
+        <v>1296</v>
+      </c>
+      <c r="K253" t="s">
+        <v>34</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1347</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1348</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C254" t="s">
+        <v>560</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>62</v>
+      </c>
+      <c r="G254" t="s">
+        <v>63</v>
+      </c>
+      <c r="H254">
+        <v>2022</v>
+      </c>
+      <c r="I254"/>
+      <c r="J254" t="s">
+        <v>64</v>
+      </c>
+      <c r="K254" t="s">
+        <v>34</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
+        <v>1352</v>
+      </c>
+      <c r="N254" t="s">
+        <v>66</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1353</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C255" t="s">
+        <v>808</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>63</v>
+      </c>
+      <c r="H255">
+        <v>2022</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K255" t="s">
+        <v>34</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>811</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1359</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C256" t="s">
+        <v>808</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>43</v>
+      </c>
+      <c r="G256" t="s">
+        <v>22</v>
+      </c>
+      <c r="H256">
         <v>2010</v>
       </c>
-      <c r="H182"/>
-[...305 lines deleted...]
-      <c r="H189">
+      <c r="I256">
+        <v>2019</v>
+      </c>
+      <c r="J256" t="s">
+        <v>568</v>
+      </c>
+      <c r="K256" t="s">
+        <v>34</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1363</v>
+      </c>
+      <c r="M256" t="s">
+        <v>811</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1364</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C257" t="s">
+        <v>808</v>
+      </c>
+      <c r="D257" t="s">
+        <v>139</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>43</v>
+      </c>
+      <c r="G257" t="s">
+        <v>22</v>
+      </c>
+      <c r="H257">
+        <v>2002</v>
+      </c>
+      <c r="I257">
         <v>2012</v>
       </c>
-      <c r="I189" t="s">
-[...1399 lines deleted...]
-      <c r="A222" t="s">
+      <c r="J257" t="s">
+        <v>568</v>
+      </c>
+      <c r="K257" t="s">
+        <v>34</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1368</v>
+      </c>
+      <c r="M257" t="s">
+        <v>811</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1369</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C258" t="s">
         <v>808</v>
       </c>
-      <c r="B222" t="s">
-[...1542 lines deleted...]
-      </c>
       <c r="D258" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="E258" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F258" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>63</v>
       </c>
       <c r="H258">
         <v>2012</v>
       </c>
-      <c r="I258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I258"/>
       <c r="J258" t="s">
-        <v>29</v>
+        <v>568</v>
       </c>
       <c r="K258" t="s">
-        <v>918</v>
+        <v>34</v>
       </c>
       <c r="L258" t="s">
-        <v>571</v>
+        <v>110</v>
       </c>
       <c r="M258" t="s">
-        <v>24</v>
+        <v>811</v>
       </c>
       <c r="N258" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1373</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>920</v>
+        <v>1375</v>
       </c>
       <c r="B259" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C259" t="s">
+        <v>808</v>
+      </c>
+      <c r="D259" t="s">
+        <v>424</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>43</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>1989</v>
+      </c>
+      <c r="I259">
+        <v>2015</v>
+      </c>
+      <c r="J259" t="s">
         <v>568</v>
       </c>
-      <c r="C259" t="s">
-[...11 lines deleted...]
-      <c r="G259">
+      <c r="K259" t="s">
+        <v>34</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1377</v>
+      </c>
+      <c r="M259" t="s">
+        <v>811</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1378</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C260" t="s">
+        <v>808</v>
+      </c>
+      <c r="D260" t="s">
+        <v>413</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>22</v>
+      </c>
+      <c r="H260">
+        <v>1999</v>
+      </c>
+      <c r="I260">
+        <v>2014</v>
+      </c>
+      <c r="J260" t="s">
+        <v>568</v>
+      </c>
+      <c r="K260" t="s">
+        <v>34</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1382</v>
+      </c>
+      <c r="M260" t="s">
+        <v>811</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1383</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C261" t="s">
+        <v>808</v>
+      </c>
+      <c r="D261" t="s">
+        <v>351</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>43</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
+        <v>2013</v>
+      </c>
+      <c r="I261">
+        <v>2014</v>
+      </c>
+      <c r="J261" t="s">
+        <v>568</v>
+      </c>
+      <c r="K261" t="s">
+        <v>34</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1386</v>
+      </c>
+      <c r="M261" t="s">
+        <v>811</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1387</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C262" t="s">
+        <v>808</v>
+      </c>
+      <c r="D262" t="s">
+        <v>284</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
+        <v>2008</v>
+      </c>
+      <c r="I262">
         <v>2012</v>
       </c>
-      <c r="H259"/>
-[...23 lines deleted...]
-      <c r="B260" t="s">
+      <c r="J262" t="s">
         <v>568</v>
       </c>
-      <c r="C260" t="s">
-[...11 lines deleted...]
-      <c r="G260">
+      <c r="K262" t="s">
+        <v>34</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1391</v>
+      </c>
+      <c r="M262" t="s">
+        <v>811</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1392</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C263" t="s">
+        <v>808</v>
+      </c>
+      <c r="D263" t="s">
+        <v>662</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>52</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>2005</v>
+      </c>
+      <c r="I263">
+        <v>2015</v>
+      </c>
+      <c r="J263" t="s">
+        <v>568</v>
+      </c>
+      <c r="K263" t="s">
+        <v>34</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1396</v>
+      </c>
+      <c r="M263" t="s">
+        <v>811</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1397</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C264" t="s">
+        <v>808</v>
+      </c>
+      <c r="D264" t="s">
+        <v>118</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2004</v>
+      </c>
+      <c r="I264">
+        <v>2017</v>
+      </c>
+      <c r="J264" t="s">
+        <v>568</v>
+      </c>
+      <c r="K264" t="s">
+        <v>34</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1401</v>
+      </c>
+      <c r="M264" t="s">
+        <v>811</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1402</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C265" t="s">
+        <v>808</v>
+      </c>
+      <c r="D265" t="s">
+        <v>345</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
         <v>1989</v>
       </c>
-      <c r="H260">
+      <c r="I265">
+        <v>2012</v>
+      </c>
+      <c r="J265" t="s">
+        <v>568</v>
+      </c>
+      <c r="K265" t="s">
+        <v>34</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1406</v>
+      </c>
+      <c r="M265" t="s">
+        <v>811</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1407</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C266" t="s">
+        <v>808</v>
+      </c>
+      <c r="D266" t="s">
+        <v>951</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" t="s">
+        <v>22</v>
+      </c>
+      <c r="H266">
+        <v>2005</v>
+      </c>
+      <c r="I266">
+        <v>2014</v>
+      </c>
+      <c r="J266" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K266" t="s">
+        <v>34</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1411</v>
+      </c>
+      <c r="M266" t="s">
+        <v>811</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C267" t="s">
+        <v>808</v>
+      </c>
+      <c r="D267" t="s">
+        <v>170</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>1989</v>
+      </c>
+      <c r="I267">
+        <v>2017</v>
+      </c>
+      <c r="J267" t="s">
+        <v>568</v>
+      </c>
+      <c r="K267" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1417</v>
+      </c>
+      <c r="M267" t="s">
+        <v>811</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1418</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C268" t="s">
+        <v>808</v>
+      </c>
+      <c r="D268" t="s">
+        <v>345</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+      <c r="H268">
+        <v>1989</v>
+      </c>
+      <c r="I268">
+        <v>2017</v>
+      </c>
+      <c r="J268" t="s">
+        <v>568</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1417</v>
+      </c>
+      <c r="M268" t="s">
+        <v>811</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C269" t="s">
+        <v>808</v>
+      </c>
+      <c r="D269" t="s">
+        <v>114</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>43</v>
+      </c>
+      <c r="G269" t="s">
+        <v>63</v>
+      </c>
+      <c r="H269">
+        <v>2019</v>
+      </c>
+      <c r="I269"/>
+      <c r="J269" t="s">
+        <v>568</v>
+      </c>
+      <c r="K269" t="s">
+        <v>34</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1425</v>
+      </c>
+      <c r="M269" t="s">
+        <v>811</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C270" t="s">
+        <v>808</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>43</v>
+      </c>
+      <c r="G270" t="s">
+        <v>22</v>
+      </c>
+      <c r="H270">
+        <v>2009</v>
+      </c>
+      <c r="I270">
+        <v>2016</v>
+      </c>
+      <c r="J270" t="s">
+        <v>568</v>
+      </c>
+      <c r="K270" t="s">
+        <v>34</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1431</v>
+      </c>
+      <c r="M270" t="s">
+        <v>811</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1432</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C271" t="s">
+        <v>808</v>
+      </c>
+      <c r="D271" t="s">
+        <v>135</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H271"/>
+      <c r="I271">
+        <v>2025</v>
+      </c>
+      <c r="J271" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K271" t="s">
+        <v>34</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1437</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1438</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1439</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C272" t="s">
+        <v>808</v>
+      </c>
+      <c r="D272" t="s">
+        <v>96</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2008</v>
+      </c>
+      <c r="I272">
+        <v>2012</v>
+      </c>
+      <c r="J272" t="s">
+        <v>568</v>
+      </c>
+      <c r="K272" t="s">
+        <v>34</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1443</v>
+      </c>
+      <c r="M272" t="s">
+        <v>811</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1444</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C273" t="s">
+        <v>808</v>
+      </c>
+      <c r="D273" t="s">
+        <v>81</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>21</v>
+      </c>
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
+        <v>2003</v>
+      </c>
+      <c r="I273">
+        <v>2024</v>
+      </c>
+      <c r="J273" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K273" t="s">
+        <v>34</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1448</v>
+      </c>
+      <c r="M273" t="s">
+        <v>811</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1449</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C274" t="s">
+        <v>808</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>43</v>
+      </c>
+      <c r="G274" t="s">
+        <v>22</v>
+      </c>
+      <c r="H274">
+        <v>1989</v>
+      </c>
+      <c r="I274">
         <v>2015</v>
       </c>
-      <c r="I260" t="s">
-[...22 lines deleted...]
-      <c r="B261" t="s">
+      <c r="J274" t="s">
         <v>568</v>
       </c>
-      <c r="C261" t="s">
-[...11 lines deleted...]
-      <c r="G261">
+      <c r="K274" t="s">
+        <v>34</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1454</v>
+      </c>
+      <c r="M274" t="s">
+        <v>811</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1455</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C275" t="s">
+        <v>808</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" t="s">
+        <v>22</v>
+      </c>
+      <c r="H275">
+        <v>2009</v>
+      </c>
+      <c r="I275">
+        <v>2017</v>
+      </c>
+      <c r="J275" t="s">
+        <v>568</v>
+      </c>
+      <c r="K275" t="s">
+        <v>34</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1460</v>
+      </c>
+      <c r="M275" t="s">
+        <v>811</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1461</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C276" t="s">
+        <v>808</v>
+      </c>
+      <c r="D276" t="s">
+        <v>258</v>
+      </c>
+      <c r="E276" t="s">
+        <v>20</v>
+      </c>
+      <c r="F276" t="s">
+        <v>43</v>
+      </c>
+      <c r="G276" t="s">
+        <v>22</v>
+      </c>
+      <c r="H276">
+        <v>2009</v>
+      </c>
+      <c r="I276">
         <v>2013</v>
       </c>
-      <c r="H261">
-[...25 lines deleted...]
-      <c r="B262" t="s">
+      <c r="J276" t="s">
         <v>568</v>
       </c>
-      <c r="C262" t="s">
-[...43 lines deleted...]
-      <c r="C263" t="s">
+      <c r="K276" t="s">
+        <v>34</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1465</v>
+      </c>
+      <c r="M276" t="s">
+        <v>811</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1466</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C277" t="s">
+        <v>808</v>
+      </c>
+      <c r="D277" t="s">
+        <v>130</v>
+      </c>
+      <c r="E277" t="s">
+        <v>20</v>
+      </c>
+      <c r="F277" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" t="s">
+        <v>22</v>
+      </c>
+      <c r="H277">
+        <v>2001</v>
+      </c>
+      <c r="I277">
+        <v>2019</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K277" t="s">
+        <v>34</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1470</v>
+      </c>
+      <c r="M277" t="s">
+        <v>811</v>
+      </c>
+      <c r="N277" t="s">
+        <v>36</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1471</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C278" t="s">
+        <v>808</v>
+      </c>
+      <c r="D278" t="s">
+        <v>380</v>
+      </c>
+      <c r="E278" t="s">
+        <v>20</v>
+      </c>
+      <c r="F278" t="s">
+        <v>21</v>
+      </c>
+      <c r="G278" t="s">
+        <v>22</v>
+      </c>
+      <c r="H278">
+        <v>2004</v>
+      </c>
+      <c r="I278">
+        <v>2012</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K278" t="s">
+        <v>34</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1475</v>
+      </c>
+      <c r="M278" t="s">
+        <v>811</v>
+      </c>
+      <c r="N278" t="s">
+        <v>36</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1476</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D279" t="s">
+        <v>424</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>43</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H279">
+        <v>2018</v>
+      </c>
+      <c r="I279"/>
+      <c r="J279" t="s">
+        <v>109</v>
+      </c>
+      <c r="K279" t="s">
+        <v>34</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1481</v>
+      </c>
+      <c r="M279" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N279" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1482</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
+      <c r="A280" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D280" t="s">
+        <v>161</v>
+      </c>
+      <c r="E280" t="s">
+        <v>20</v>
+      </c>
+      <c r="F280" t="s">
+        <v>43</v>
+      </c>
+      <c r="G280" t="s">
+        <v>499</v>
+      </c>
+      <c r="H280"/>
+      <c r="I280"/>
+      <c r="J280" t="s">
+        <v>1487</v>
+      </c>
+      <c r="K280" t="s">
+        <v>34</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1488</v>
+      </c>
+      <c r="M280" t="s">
+        <v>1489</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1490</v>
+      </c>
+      <c r="P280"/>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D281" t="s">
+        <v>161</v>
+      </c>
+      <c r="E281" t="s">
+        <v>20</v>
+      </c>
+      <c r="F281" t="s">
+        <v>43</v>
+      </c>
+      <c r="G281" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H281">
+        <v>2015</v>
+      </c>
+      <c r="I281">
+        <v>2018</v>
+      </c>
+      <c r="J281" t="s">
+        <v>109</v>
+      </c>
+      <c r="K281" t="s">
+        <v>34</v>
+      </c>
+      <c r="L281" t="s">
+        <v>1494</v>
+      </c>
+      <c r="M281" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1495</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D282" t="s">
+        <v>567</v>
+      </c>
+      <c r="E282" t="s">
+        <v>20</v>
+      </c>
+      <c r="F282" t="s">
+        <v>43</v>
+      </c>
+      <c r="G282" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H282">
+        <v>2013</v>
+      </c>
+      <c r="I282"/>
+      <c r="J282" t="s">
+        <v>109</v>
+      </c>
+      <c r="K282" t="s">
+        <v>34</v>
+      </c>
+      <c r="L282" t="s">
+        <v>1499</v>
+      </c>
+      <c r="M282" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D283" t="s">
+        <v>401</v>
+      </c>
+      <c r="E283" t="s">
+        <v>20</v>
+      </c>
+      <c r="F283" t="s">
+        <v>43</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H283">
+        <v>2020</v>
+      </c>
+      <c r="I283"/>
+      <c r="J283" t="s">
+        <v>109</v>
+      </c>
+      <c r="K283" t="s">
+        <v>34</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1504</v>
+      </c>
+      <c r="M283" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1505</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D284" t="s">
+        <v>374</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>43</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H284">
+        <v>2015</v>
+      </c>
+      <c r="I284">
+        <v>2018</v>
+      </c>
+      <c r="J284" t="s">
+        <v>109</v>
+      </c>
+      <c r="K284" t="s">
+        <v>34</v>
+      </c>
+      <c r="L284" t="s">
+        <v>1509</v>
+      </c>
+      <c r="M284" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1510</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D285" t="s">
+        <v>318</v>
+      </c>
+      <c r="E285" t="s">
+        <v>20</v>
+      </c>
+      <c r="F285" t="s">
+        <v>43</v>
+      </c>
+      <c r="G285" t="s">
+        <v>63</v>
+      </c>
+      <c r="H285">
+        <v>2020</v>
+      </c>
+      <c r="I285"/>
+      <c r="J285" t="s">
+        <v>109</v>
+      </c>
+      <c r="K285" t="s">
+        <v>34</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1514</v>
+      </c>
+      <c r="M285" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N285" t="s">
+        <v>27</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1515</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D286" t="s">
+        <v>258</v>
+      </c>
+      <c r="E286" t="s">
+        <v>20</v>
+      </c>
+      <c r="F286" t="s">
+        <v>43</v>
+      </c>
+      <c r="G286" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H286">
+        <v>2015</v>
+      </c>
+      <c r="I286">
+        <v>2019</v>
+      </c>
+      <c r="J286" t="s">
+        <v>109</v>
+      </c>
+      <c r="K286" t="s">
+        <v>34</v>
+      </c>
+      <c r="L286" t="s">
+        <v>1520</v>
+      </c>
+      <c r="M286" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1521</v>
+      </c>
+      <c r="P286" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D287" t="s">
+        <v>672</v>
+      </c>
+      <c r="E287" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" t="s">
+        <v>21</v>
+      </c>
+      <c r="G287" t="s">
+        <v>63</v>
+      </c>
+      <c r="H287">
+        <v>2015</v>
+      </c>
+      <c r="I287"/>
+      <c r="J287" t="s">
+        <v>109</v>
+      </c>
+      <c r="K287" t="s">
+        <v>34</v>
+      </c>
+      <c r="L287" t="s">
+        <v>1525</v>
+      </c>
+      <c r="M287" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1526</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E288" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" t="s">
+        <v>52</v>
+      </c>
+      <c r="G288" t="s">
+        <v>499</v>
+      </c>
+      <c r="H288"/>
+      <c r="I288"/>
+      <c r="J288" t="s">
         <v>206</v>
       </c>
-      <c r="D263" t="s">
-[...491 lines deleted...]
-      <c r="H274">
+      <c r="K288" t="s">
+        <v>34</v>
+      </c>
+      <c r="L288"/>
+      <c r="M288" t="s">
+        <v>1532</v>
+      </c>
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1533</v>
+      </c>
+      <c r="P288"/>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="F289" t="s">
+        <v>21</v>
+      </c>
+      <c r="G289" t="s">
+        <v>499</v>
+      </c>
+      <c r="H289"/>
+      <c r="I289"/>
+      <c r="J289" t="s">
+        <v>206</v>
+      </c>
+      <c r="K289" t="s">
+        <v>34</v>
+      </c>
+      <c r="L289"/>
+      <c r="M289" t="s">
+        <v>1532</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1536</v>
+      </c>
+      <c r="P289"/>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C290" t="s">
+        <v>543</v>
+      </c>
+      <c r="D290" t="s">
+        <v>747</v>
+      </c>
+      <c r="E290" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
+        <v>43</v>
+      </c>
+      <c r="G290" t="s">
+        <v>8</v>
+      </c>
+      <c r="H290">
+        <v>2021</v>
+      </c>
+      <c r="I290">
         <v>2024</v>
       </c>
-      <c r="I274" t="s">
-[...681 lines deleted...]
-      </c>
       <c r="J290" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K290"/>
+        <v>1539</v>
+      </c>
+      <c r="K290" t="s">
+        <v>34</v>
+      </c>
       <c r="L290" t="s">
-        <v>1018</v>
+        <v>1540</v>
       </c>
       <c r="M290" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N290" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1541</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1022</v>
+        <v>1543</v>
       </c>
       <c r="B291" t="s">
-        <v>380</v>
+        <v>1544</v>
       </c>
       <c r="C291" t="s">
-        <v>528</v>
+        <v>543</v>
       </c>
       <c r="D291" t="s">
-        <v>17</v>
+        <v>424</v>
       </c>
       <c r="E291" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F291" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>43</v>
+      </c>
+      <c r="G291" t="s">
+        <v>63</v>
       </c>
       <c r="H291">
+        <v>2023</v>
+      </c>
+      <c r="I291">
         <v>2024</v>
       </c>
-      <c r="I291" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J291" t="s">
-        <v>29</v>
+        <v>1539</v>
       </c>
       <c r="K291" t="s">
-        <v>1024</v>
+        <v>34</v>
       </c>
       <c r="L291" t="s">
-        <v>382</v>
+        <v>1545</v>
       </c>
       <c r="M291" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N291" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1546</v>
+      </c>
+      <c r="P291" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1026</v>
+        <v>1548</v>
       </c>
       <c r="B292" t="s">
-        <v>380</v>
+        <v>1549</v>
       </c>
       <c r="C292" t="s">
-        <v>298</v>
+        <v>543</v>
       </c>
       <c r="D292" t="s">
-        <v>17</v>
+        <v>351</v>
       </c>
       <c r="E292" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F292" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>43</v>
+      </c>
+      <c r="G292" t="s">
+        <v>63</v>
       </c>
       <c r="H292">
         <v>2024</v>
       </c>
-      <c r="I292" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I292"/>
       <c r="J292" t="s">
-        <v>29</v>
+        <v>1539</v>
       </c>
       <c r="K292" t="s">
-        <v>1027</v>
+        <v>34</v>
       </c>
       <c r="L292" t="s">
-        <v>382</v>
+        <v>1550</v>
       </c>
       <c r="M292" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N292" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1551</v>
+      </c>
+      <c r="P292" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1029</v>
+        <v>1553</v>
       </c>
       <c r="B293" t="s">
-        <v>380</v>
+        <v>1554</v>
       </c>
       <c r="C293" t="s">
-        <v>251</v>
+        <v>543</v>
       </c>
       <c r="D293" t="s">
-        <v>17</v>
+        <v>1555</v>
       </c>
       <c r="E293" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F293" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G293">
+        <v>43</v>
+      </c>
+      <c r="G293" t="s">
+        <v>63</v>
+      </c>
+      <c r="H293">
+        <v>2023</v>
+      </c>
+      <c r="I293"/>
+      <c r="J293" t="s">
+        <v>538</v>
+      </c>
+      <c r="K293" t="s">
+        <v>34</v>
+      </c>
+      <c r="L293" t="s">
+        <v>1556</v>
+      </c>
+      <c r="M293" t="s">
+        <v>545</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P293" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
+      <c r="A294" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D294" t="s">
+        <v>197</v>
+      </c>
+      <c r="E294" t="s">
+        <v>20</v>
+      </c>
+      <c r="F294" t="s">
+        <v>43</v>
+      </c>
+      <c r="G294" t="s">
+        <v>63</v>
+      </c>
+      <c r="H294">
         <v>2024</v>
       </c>
-      <c r="H293"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I294"/>
       <c r="J294" t="s">
-        <v>29</v>
+        <v>1539</v>
       </c>
       <c r="K294" t="s">
-        <v>1034</v>
+        <v>34</v>
       </c>
       <c r="L294" t="s">
-        <v>382</v>
+        <v>1562</v>
       </c>
       <c r="M294" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N294" t="s">
-        <v>1035</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1563</v>
+      </c>
+      <c r="P294" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1036</v>
+        <v>1565</v>
       </c>
       <c r="B295" t="s">
-        <v>1037</v>
+        <v>1566</v>
       </c>
       <c r="C295" t="s">
-        <v>147</v>
+        <v>543</v>
       </c>
       <c r="D295" t="s">
-        <v>17</v>
+        <v>1324</v>
       </c>
       <c r="E295" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F295" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G295">
+        <v>43</v>
+      </c>
+      <c r="G295" t="s">
+        <v>63</v>
+      </c>
+      <c r="H295">
+        <v>2021</v>
+      </c>
+      <c r="I295">
         <v>2024</v>
       </c>
-      <c r="H295"/>
-[...2 lines deleted...]
-      </c>
       <c r="J295" t="s">
-        <v>29</v>
+        <v>1539</v>
       </c>
       <c r="K295" t="s">
-        <v>1038</v>
+        <v>34</v>
       </c>
       <c r="L295" t="s">
-        <v>382</v>
+        <v>1567</v>
       </c>
       <c r="M295" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N295" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1568</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1040</v>
+        <v>1570</v>
       </c>
       <c r="B296" t="s">
-        <v>380</v>
+        <v>1571</v>
       </c>
       <c r="C296" t="s">
-        <v>887</v>
+        <v>543</v>
       </c>
       <c r="D296" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="E296" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F296" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G296">
+        <v>43</v>
+      </c>
+      <c r="G296" t="s">
+        <v>63</v>
+      </c>
+      <c r="H296">
         <v>2021</v>
       </c>
-      <c r="H296">
+      <c r="I296">
         <v>2024</v>
       </c>
-      <c r="I296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J296" t="s">
-        <v>29</v>
+        <v>1539</v>
       </c>
       <c r="K296" t="s">
-        <v>1041</v>
+        <v>34</v>
       </c>
       <c r="L296" t="s">
-        <v>382</v>
+        <v>1572</v>
       </c>
       <c r="M296" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N296" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1573</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1043</v>
+        <v>1575</v>
       </c>
       <c r="B297" t="s">
-        <v>380</v>
+        <v>1576</v>
       </c>
       <c r="C297" t="s">
-        <v>266</v>
+        <v>543</v>
       </c>
       <c r="D297" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E297" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F297" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G297">
+        <v>43</v>
+      </c>
+      <c r="G297" t="s">
+        <v>63</v>
+      </c>
+      <c r="H297">
         <v>2021</v>
       </c>
-      <c r="H297">
+      <c r="I297">
         <v>2024</v>
       </c>
-      <c r="I297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J297" t="s">
-        <v>29</v>
+        <v>1539</v>
       </c>
       <c r="K297" t="s">
-        <v>1044</v>
+        <v>34</v>
       </c>
       <c r="L297" t="s">
-        <v>382</v>
+        <v>1577</v>
       </c>
       <c r="M297" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N297" t="s">
-        <v>1045</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1578</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1046</v>
+        <v>1580</v>
       </c>
       <c r="B298" t="s">
-        <v>380</v>
+        <v>1581</v>
       </c>
       <c r="C298" t="s">
-        <v>188</v>
+        <v>1582</v>
       </c>
       <c r="D298" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E298" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F298" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G298">
+        <v>52</v>
+      </c>
+      <c r="G298" t="s">
+        <v>22</v>
+      </c>
+      <c r="H298">
+        <v>2006</v>
+      </c>
+      <c r="I298">
+        <v>2022</v>
+      </c>
+      <c r="J298" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K298" t="s">
+        <v>34</v>
+      </c>
+      <c r="L298"/>
+      <c r="M298" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
+        <v>1585</v>
+      </c>
+      <c r="P298" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16">
+      <c r="A299" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D299" t="s">
+        <v>424</v>
+      </c>
+      <c r="E299" t="s">
+        <v>20</v>
+      </c>
+      <c r="F299" t="s">
+        <v>52</v>
+      </c>
+      <c r="G299" t="s">
+        <v>22</v>
+      </c>
+      <c r="H299">
+        <v>1984</v>
+      </c>
+      <c r="I299">
+        <v>2019</v>
+      </c>
+      <c r="J299" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K299" t="s">
+        <v>34</v>
+      </c>
+      <c r="L299" t="s">
+        <v>1589</v>
+      </c>
+      <c r="M299" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N299" t="s">
+        <v>27</v>
+      </c>
+      <c r="O299" t="s">
+        <v>1590</v>
+      </c>
+      <c r="P299" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16">
+      <c r="A300" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D300" t="s">
+        <v>161</v>
+      </c>
+      <c r="E300" t="s">
+        <v>20</v>
+      </c>
+      <c r="F300" t="s">
+        <v>52</v>
+      </c>
+      <c r="G300" t="s">
+        <v>22</v>
+      </c>
+      <c r="H300">
+        <v>2008</v>
+      </c>
+      <c r="I300">
+        <v>2020</v>
+      </c>
+      <c r="J300" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K300" t="s">
+        <v>34</v>
+      </c>
+      <c r="L300" t="s">
+        <v>1594</v>
+      </c>
+      <c r="M300" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N300" t="s">
+        <v>27</v>
+      </c>
+      <c r="O300" t="s">
+        <v>1595</v>
+      </c>
+      <c r="P300" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16">
+      <c r="A301" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D301" t="s">
+        <v>457</v>
+      </c>
+      <c r="E301" t="s">
+        <v>20</v>
+      </c>
+      <c r="F301" t="s">
+        <v>52</v>
+      </c>
+      <c r="G301" t="s">
+        <v>22</v>
+      </c>
+      <c r="H301">
+        <v>2008</v>
+      </c>
+      <c r="I301">
         <v>2021</v>
       </c>
-      <c r="H298">
-[...134 lines deleted...]
-      </c>
       <c r="J301" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K301" t="s">
-        <v>1058</v>
+        <v>34</v>
       </c>
       <c r="L301" t="s">
-        <v>1052</v>
+        <v>1599</v>
       </c>
       <c r="M301" t="s">
-        <v>24</v>
+        <v>1584</v>
       </c>
       <c r="N301" t="s">
-        <v>1059</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O301" t="s">
+        <v>1600</v>
+      </c>
+      <c r="P301" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1060</v>
+        <v>1602</v>
       </c>
       <c r="B302" t="s">
-        <v>1050</v>
+        <v>1603</v>
       </c>
       <c r="C302" t="s">
-        <v>319</v>
+        <v>1582</v>
       </c>
       <c r="D302" t="s">
-        <v>17</v>
+        <v>401</v>
       </c>
       <c r="E302" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F302" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>52</v>
+      </c>
+      <c r="G302" t="s">
+        <v>22</v>
       </c>
       <c r="H302">
+        <v>2011</v>
+      </c>
+      <c r="I302">
         <v>2021</v>
       </c>
-      <c r="I302" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J302" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K302" t="s">
-        <v>1061</v>
+        <v>34</v>
       </c>
       <c r="L302" t="s">
-        <v>1052</v>
+        <v>1604</v>
       </c>
       <c r="M302" t="s">
-        <v>24</v>
+        <v>1584</v>
       </c>
       <c r="N302" t="s">
-        <v>1062</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O302" t="s">
+        <v>1605</v>
+      </c>
+      <c r="P302" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1063</v>
+        <v>1607</v>
       </c>
       <c r="B303" t="s">
-        <v>1050</v>
+        <v>1608</v>
       </c>
       <c r="C303" t="s">
-        <v>283</v>
+        <v>1582</v>
       </c>
       <c r="D303" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E303" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F303" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>52</v>
+      </c>
+      <c r="G303" t="s">
+        <v>63</v>
       </c>
       <c r="H303">
         <v>2021</v>
       </c>
-      <c r="I303" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I303"/>
       <c r="J303" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K303" t="s">
-        <v>1064</v>
+        <v>34</v>
       </c>
       <c r="L303" t="s">
-        <v>1052</v>
+        <v>1609</v>
       </c>
       <c r="M303" t="s">
-        <v>24</v>
+        <v>1584</v>
       </c>
       <c r="N303" t="s">
-        <v>1065</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O303" t="s">
+        <v>1610</v>
+      </c>
+      <c r="P303" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1066</v>
+        <v>1612</v>
       </c>
       <c r="B304" t="s">
-        <v>1050</v>
+        <v>1613</v>
       </c>
       <c r="C304" t="s">
-        <v>96</v>
+        <v>1582</v>
       </c>
       <c r="D304" t="s">
-        <v>17</v>
+        <v>667</v>
       </c>
       <c r="E304" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F304" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G304">
+        <v>52</v>
+      </c>
+      <c r="G304" t="s">
+        <v>22</v>
+      </c>
+      <c r="H304">
+        <v>2008</v>
+      </c>
+      <c r="I304">
         <v>2021</v>
       </c>
-      <c r="H304"/>
-[...2 lines deleted...]
-      </c>
       <c r="J304" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K304" t="s">
-        <v>1067</v>
+        <v>34</v>
       </c>
       <c r="L304" t="s">
-        <v>1052</v>
+        <v>1614</v>
       </c>
       <c r="M304" t="s">
-        <v>24</v>
+        <v>1584</v>
       </c>
       <c r="N304" t="s">
-        <v>1068</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O304" t="s">
+        <v>1615</v>
+      </c>
+      <c r="P304" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1069</v>
+        <v>1617</v>
       </c>
       <c r="B305" t="s">
-        <v>1050</v>
+        <v>1618</v>
       </c>
       <c r="C305" t="s">
-        <v>472</v>
+        <v>1582</v>
       </c>
       <c r="D305" t="s">
-        <v>17</v>
+        <v>930</v>
       </c>
       <c r="E305" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F305" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G305">
+        <v>52</v>
+      </c>
+      <c r="G305" t="s">
+        <v>22</v>
+      </c>
+      <c r="H305">
+        <v>2010</v>
+      </c>
+      <c r="I305">
+        <v>2021</v>
+      </c>
+      <c r="J305" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K305" t="s">
+        <v>34</v>
+      </c>
+      <c r="L305" t="s">
+        <v>1619</v>
+      </c>
+      <c r="M305" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N305" t="s">
+        <v>27</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1620</v>
+      </c>
+      <c r="P305" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16">
+      <c r="A306" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D306" t="s">
+        <v>114</v>
+      </c>
+      <c r="E306" t="s">
+        <v>20</v>
+      </c>
+      <c r="F306" t="s">
+        <v>52</v>
+      </c>
+      <c r="G306" t="s">
+        <v>22</v>
+      </c>
+      <c r="H306">
+        <v>2001</v>
+      </c>
+      <c r="I306">
+        <v>2021</v>
+      </c>
+      <c r="J306" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K306" t="s">
+        <v>34</v>
+      </c>
+      <c r="L306" t="s">
+        <v>1624</v>
+      </c>
+      <c r="M306" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N306" t="s">
+        <v>27</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1625</v>
+      </c>
+      <c r="P306" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16">
+      <c r="A307" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D307" t="s">
+        <v>258</v>
+      </c>
+      <c r="E307" t="s">
+        <v>20</v>
+      </c>
+      <c r="F307" t="s">
+        <v>52</v>
+      </c>
+      <c r="G307" t="s">
+        <v>22</v>
+      </c>
+      <c r="H307">
+        <v>2009</v>
+      </c>
+      <c r="I307">
+        <v>2021</v>
+      </c>
+      <c r="J307" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K307" t="s">
+        <v>34</v>
+      </c>
+      <c r="L307" t="s">
+        <v>1629</v>
+      </c>
+      <c r="M307" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N307" t="s">
+        <v>27</v>
+      </c>
+      <c r="O307" t="s">
+        <v>1630</v>
+      </c>
+      <c r="P307" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16">
+      <c r="A308" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E308" t="s">
+        <v>20</v>
+      </c>
+      <c r="F308" t="s">
+        <v>52</v>
+      </c>
+      <c r="G308" t="s">
+        <v>22</v>
+      </c>
+      <c r="H308">
+        <v>2010</v>
+      </c>
+      <c r="I308">
+        <v>2021</v>
+      </c>
+      <c r="J308" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K308" t="s">
+        <v>34</v>
+      </c>
+      <c r="L308" t="s">
+        <v>1635</v>
+      </c>
+      <c r="M308" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N308" t="s">
+        <v>27</v>
+      </c>
+      <c r="O308" t="s">
+        <v>1636</v>
+      </c>
+      <c r="P308" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16">
+      <c r="A309" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D309" t="s">
+        <v>345</v>
+      </c>
+      <c r="E309" t="s">
+        <v>20</v>
+      </c>
+      <c r="F309" t="s">
+        <v>52</v>
+      </c>
+      <c r="G309" t="s">
+        <v>22</v>
+      </c>
+      <c r="H309">
+        <v>2012</v>
+      </c>
+      <c r="I309">
+        <v>2021</v>
+      </c>
+      <c r="J309" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K309" t="s">
+        <v>407</v>
+      </c>
+      <c r="L309" t="s">
+        <v>1640</v>
+      </c>
+      <c r="M309" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N309" t="s">
+        <v>1641</v>
+      </c>
+      <c r="O309" t="s">
+        <v>1642</v>
+      </c>
+      <c r="P309" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16">
+      <c r="A310" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D310" t="s">
+        <v>135</v>
+      </c>
+      <c r="E310" t="s">
+        <v>20</v>
+      </c>
+      <c r="F310" t="s">
+        <v>52</v>
+      </c>
+      <c r="G310" t="s">
+        <v>22</v>
+      </c>
+      <c r="H310">
+        <v>2015</v>
+      </c>
+      <c r="I310">
+        <v>2022</v>
+      </c>
+      <c r="J310" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K310" t="s">
+        <v>34</v>
+      </c>
+      <c r="L310" t="s">
+        <v>1646</v>
+      </c>
+      <c r="M310" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N310" t="s">
+        <v>27</v>
+      </c>
+      <c r="O310" t="s">
+        <v>1647</v>
+      </c>
+      <c r="P310" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16">
+      <c r="A311" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D311" t="s">
+        <v>457</v>
+      </c>
+      <c r="E311" t="s">
+        <v>20</v>
+      </c>
+      <c r="F311" t="s">
+        <v>52</v>
+      </c>
+      <c r="G311" t="s">
+        <v>22</v>
+      </c>
+      <c r="H311">
         <v>2008</v>
       </c>
-      <c r="H305">
-[...84 lines deleted...]
-      <c r="G307">
+      <c r="I311">
+        <v>2022</v>
+      </c>
+      <c r="J311" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K311" t="s">
+        <v>334</v>
+      </c>
+      <c r="L311" t="s">
+        <v>1651</v>
+      </c>
+      <c r="M311" t="s">
+        <v>1584</v>
+      </c>
+      <c r="N311" t="s">
+        <v>27</v>
+      </c>
+      <c r="O311" t="s">
+        <v>1652</v>
+      </c>
+      <c r="P311" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16">
+      <c r="A312" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D312" t="s">
+        <v>374</v>
+      </c>
+      <c r="E312" t="s">
+        <v>20</v>
+      </c>
+      <c r="F312" t="s">
+        <v>21</v>
+      </c>
+      <c r="G312" t="s">
+        <v>22</v>
+      </c>
+      <c r="H312">
         <v>2001</v>
       </c>
-      <c r="H307">
-[...28 lines deleted...]
-      <c r="C308" t="s">
+      <c r="I312">
+        <v>2015</v>
+      </c>
+      <c r="J312" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K312" t="s">
+        <v>34</v>
+      </c>
+      <c r="L312"/>
+      <c r="M312" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N312" t="s">
+        <v>27</v>
+      </c>
+      <c r="O312" t="s">
+        <v>1659</v>
+      </c>
+      <c r="P312" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16">
+      <c r="A313" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D313" t="s">
+        <v>374</v>
+      </c>
+      <c r="E313" t="s">
+        <v>20</v>
+      </c>
+      <c r="F313" t="s">
+        <v>52</v>
+      </c>
+      <c r="G313" t="s">
+        <v>22</v>
+      </c>
+      <c r="H313">
+        <v>2001</v>
+      </c>
+      <c r="I313">
+        <v>2015</v>
+      </c>
+      <c r="J313" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K313" t="s">
+        <v>34</v>
+      </c>
+      <c r="L313"/>
+      <c r="M313" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N313" t="s">
+        <v>27</v>
+      </c>
+      <c r="O313" t="s">
+        <v>1663</v>
+      </c>
+      <c r="P313" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16">
+      <c r="A314" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D314" t="s">
+        <v>114</v>
+      </c>
+      <c r="E314" t="s">
+        <v>20</v>
+      </c>
+      <c r="F314" t="s">
+        <v>21</v>
+      </c>
+      <c r="G314" t="s">
+        <v>22</v>
+      </c>
+      <c r="H314">
+        <v>2001</v>
+      </c>
+      <c r="I314">
+        <v>2015</v>
+      </c>
+      <c r="J314" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K314" t="s">
+        <v>34</v>
+      </c>
+      <c r="L314"/>
+      <c r="M314" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N314" t="s">
+        <v>27</v>
+      </c>
+      <c r="O314" t="s">
+        <v>1667</v>
+      </c>
+      <c r="P314" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16">
+      <c r="A315" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D315" t="s">
+        <v>114</v>
+      </c>
+      <c r="E315" t="s">
+        <v>20</v>
+      </c>
+      <c r="F315" t="s">
+        <v>52</v>
+      </c>
+      <c r="G315" t="s">
+        <v>22</v>
+      </c>
+      <c r="H315">
+        <v>2001</v>
+      </c>
+      <c r="I315">
+        <v>2015</v>
+      </c>
+      <c r="J315" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K315" t="s">
+        <v>34</v>
+      </c>
+      <c r="L315"/>
+      <c r="M315" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N315" t="s">
+        <v>27</v>
+      </c>
+      <c r="O315" t="s">
+        <v>1671</v>
+      </c>
+      <c r="P315" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16">
+      <c r="A316" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D316" t="s">
+        <v>135</v>
+      </c>
+      <c r="E316" t="s">
+        <v>20</v>
+      </c>
+      <c r="F316" t="s">
+        <v>21</v>
+      </c>
+      <c r="G316" t="s">
+        <v>22</v>
+      </c>
+      <c r="H316">
+        <v>2000</v>
+      </c>
+      <c r="I316">
+        <v>2015</v>
+      </c>
+      <c r="J316" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K316" t="s">
+        <v>34</v>
+      </c>
+      <c r="L316" t="s">
+        <v>1675</v>
+      </c>
+      <c r="M316" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N316" t="s">
+        <v>27</v>
+      </c>
+      <c r="O316" t="s">
+        <v>1676</v>
+      </c>
+      <c r="P316" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16">
+      <c r="A317" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D317" t="s">
+        <v>135</v>
+      </c>
+      <c r="E317" t="s">
+        <v>20</v>
+      </c>
+      <c r="F317" t="s">
+        <v>52</v>
+      </c>
+      <c r="G317" t="s">
+        <v>22</v>
+      </c>
+      <c r="H317">
+        <v>2000</v>
+      </c>
+      <c r="I317">
+        <v>2015</v>
+      </c>
+      <c r="J317" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K317" t="s">
+        <v>34</v>
+      </c>
+      <c r="L317"/>
+      <c r="M317" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N317" t="s">
+        <v>27</v>
+      </c>
+      <c r="O317" t="s">
+        <v>1680</v>
+      </c>
+      <c r="P317" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16">
+      <c r="A318" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D318" t="s">
+        <v>130</v>
+      </c>
+      <c r="E318" t="s">
+        <v>20</v>
+      </c>
+      <c r="F318" t="s">
+        <v>21</v>
+      </c>
+      <c r="G318" t="s">
+        <v>22</v>
+      </c>
+      <c r="H318">
+        <v>1996</v>
+      </c>
+      <c r="I318">
+        <v>2017</v>
+      </c>
+      <c r="J318" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K318" t="s">
+        <v>34</v>
+      </c>
+      <c r="L318"/>
+      <c r="M318" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N318" t="s">
+        <v>36</v>
+      </c>
+      <c r="O318" t="s">
+        <v>1684</v>
+      </c>
+      <c r="P318" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16">
+      <c r="A319" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D319" t="s">
+        <v>130</v>
+      </c>
+      <c r="E319" t="s">
+        <v>20</v>
+      </c>
+      <c r="F319" t="s">
+        <v>52</v>
+      </c>
+      <c r="G319" t="s">
+        <v>22</v>
+      </c>
+      <c r="H319">
+        <v>1996</v>
+      </c>
+      <c r="I319">
+        <v>2018</v>
+      </c>
+      <c r="J319" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K319" t="s">
+        <v>34</v>
+      </c>
+      <c r="L319"/>
+      <c r="M319" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N319" t="s">
+        <v>36</v>
+      </c>
+      <c r="O319" t="s">
+        <v>1688</v>
+      </c>
+      <c r="P319" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16">
+      <c r="A320" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D320" t="s">
+        <v>161</v>
+      </c>
+      <c r="E320" t="s">
+        <v>20</v>
+      </c>
+      <c r="F320" t="s">
+        <v>21</v>
+      </c>
+      <c r="G320" t="s">
+        <v>22</v>
+      </c>
+      <c r="H320">
+        <v>1996</v>
+      </c>
+      <c r="I320">
+        <v>2019</v>
+      </c>
+      <c r="J320" t="s">
         <v>188</v>
       </c>
-      <c r="D308" t="s">
-[...396 lines deleted...]
-      <c r="G317">
+      <c r="K320" t="s">
+        <v>34</v>
+      </c>
+      <c r="L320" t="s">
+        <v>1692</v>
+      </c>
+      <c r="M320" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N320" t="s">
+        <v>27</v>
+      </c>
+      <c r="O320" t="s">
+        <v>1693</v>
+      </c>
+      <c r="P320" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D321" t="s">
+        <v>161</v>
+      </c>
+      <c r="E321" t="s">
+        <v>20</v>
+      </c>
+      <c r="F321" t="s">
+        <v>52</v>
+      </c>
+      <c r="G321" t="s">
+        <v>22</v>
+      </c>
+      <c r="H321">
+        <v>1996</v>
+      </c>
+      <c r="I321">
+        <v>2019</v>
+      </c>
+      <c r="J321" t="s">
+        <v>188</v>
+      </c>
+      <c r="K321" t="s">
+        <v>34</v>
+      </c>
+      <c r="L321" t="s">
+        <v>1692</v>
+      </c>
+      <c r="M321" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N321" t="s">
+        <v>27</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1697</v>
+      </c>
+      <c r="P321" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16">
+      <c r="A322" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E322" t="s">
+        <v>20</v>
+      </c>
+      <c r="F322" t="s">
+        <v>21</v>
+      </c>
+      <c r="G322" t="s">
+        <v>22</v>
+      </c>
+      <c r="H322">
+        <v>1996</v>
+      </c>
+      <c r="I322">
+        <v>2017</v>
+      </c>
+      <c r="J322" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K322" t="s">
+        <v>34</v>
+      </c>
+      <c r="L322" t="s">
+        <v>1702</v>
+      </c>
+      <c r="M322" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N322" t="s">
+        <v>27</v>
+      </c>
+      <c r="O322" t="s">
+        <v>1703</v>
+      </c>
+      <c r="P322" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16">
+      <c r="A323" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E323" t="s">
+        <v>20</v>
+      </c>
+      <c r="F323" t="s">
+        <v>52</v>
+      </c>
+      <c r="G323" t="s">
+        <v>22</v>
+      </c>
+      <c r="H323">
+        <v>1996</v>
+      </c>
+      <c r="I323">
+        <v>2017</v>
+      </c>
+      <c r="J323" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K323" t="s">
+        <v>34</v>
+      </c>
+      <c r="L323"/>
+      <c r="M323" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N323" t="s">
+        <v>27</v>
+      </c>
+      <c r="O323" t="s">
+        <v>1707</v>
+      </c>
+      <c r="P323" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16">
+      <c r="A324" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D324" t="s">
+        <v>224</v>
+      </c>
+      <c r="E324" t="s">
+        <v>20</v>
+      </c>
+      <c r="F324" t="s">
+        <v>21</v>
+      </c>
+      <c r="G324" t="s">
+        <v>22</v>
+      </c>
+      <c r="H324">
+        <v>2016</v>
+      </c>
+      <c r="I324">
+        <v>2020</v>
+      </c>
+      <c r="J324" t="s">
+        <v>188</v>
+      </c>
+      <c r="K324" t="s">
+        <v>34</v>
+      </c>
+      <c r="L324"/>
+      <c r="M324" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N324" t="s">
+        <v>27</v>
+      </c>
+      <c r="O324" t="s">
+        <v>1711</v>
+      </c>
+      <c r="P324" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16">
+      <c r="A325" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D325" t="s">
+        <v>224</v>
+      </c>
+      <c r="E325" t="s">
+        <v>20</v>
+      </c>
+      <c r="F325" t="s">
+        <v>21</v>
+      </c>
+      <c r="G325" t="s">
+        <v>22</v>
+      </c>
+      <c r="H325">
+        <v>2016</v>
+      </c>
+      <c r="I325">
+        <v>2020</v>
+      </c>
+      <c r="J325" t="s">
+        <v>188</v>
+      </c>
+      <c r="K325" t="s">
+        <v>34</v>
+      </c>
+      <c r="L325"/>
+      <c r="M325" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N325" t="s">
+        <v>27</v>
+      </c>
+      <c r="O325" t="s">
+        <v>1714</v>
+      </c>
+      <c r="P325" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16">
+      <c r="A326" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D326" t="s">
+        <v>224</v>
+      </c>
+      <c r="E326" t="s">
+        <v>20</v>
+      </c>
+      <c r="F326" t="s">
+        <v>52</v>
+      </c>
+      <c r="G326" t="s">
+        <v>63</v>
+      </c>
+      <c r="H326">
+        <v>2016</v>
+      </c>
+      <c r="I326"/>
+      <c r="J326" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K326" t="s">
+        <v>34</v>
+      </c>
+      <c r="L326"/>
+      <c r="M326" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N326" t="s">
+        <v>27</v>
+      </c>
+      <c r="O326" t="s">
+        <v>1718</v>
+      </c>
+      <c r="P326" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16">
+      <c r="A327" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D327" t="s">
+        <v>135</v>
+      </c>
+      <c r="E327" t="s">
+        <v>20</v>
+      </c>
+      <c r="F327" t="s">
+        <v>52</v>
+      </c>
+      <c r="G327" t="s">
+        <v>22</v>
+      </c>
+      <c r="H327">
+        <v>2016</v>
+      </c>
+      <c r="I327">
+        <v>2020</v>
+      </c>
+      <c r="J327" t="s">
+        <v>188</v>
+      </c>
+      <c r="K327" t="s">
+        <v>34</v>
+      </c>
+      <c r="L327"/>
+      <c r="M327" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N327" t="s">
+        <v>27</v>
+      </c>
+      <c r="O327" t="s">
+        <v>1722</v>
+      </c>
+      <c r="P327" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16">
+      <c r="A328" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D328" t="s">
+        <v>135</v>
+      </c>
+      <c r="E328" t="s">
+        <v>20</v>
+      </c>
+      <c r="F328" t="s">
+        <v>52</v>
+      </c>
+      <c r="G328" t="s">
+        <v>22</v>
+      </c>
+      <c r="H328">
+        <v>2016</v>
+      </c>
+      <c r="I328">
+        <v>2020</v>
+      </c>
+      <c r="J328" t="s">
+        <v>188</v>
+      </c>
+      <c r="K328" t="s">
+        <v>34</v>
+      </c>
+      <c r="L328"/>
+      <c r="M328" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N328" t="s">
+        <v>27</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1725</v>
+      </c>
+      <c r="P328" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16">
+      <c r="A329" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D329" t="s">
+        <v>424</v>
+      </c>
+      <c r="E329" t="s">
+        <v>20</v>
+      </c>
+      <c r="F329" t="s">
+        <v>21</v>
+      </c>
+      <c r="G329" t="s">
+        <v>63</v>
+      </c>
+      <c r="H329">
+        <v>2016</v>
+      </c>
+      <c r="I329"/>
+      <c r="J329" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K329" t="s">
+        <v>34</v>
+      </c>
+      <c r="L329"/>
+      <c r="M329" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N329" t="s">
+        <v>27</v>
+      </c>
+      <c r="O329" t="s">
+        <v>1729</v>
+      </c>
+      <c r="P329" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16">
+      <c r="A330" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D330" t="s">
+        <v>424</v>
+      </c>
+      <c r="E330" t="s">
+        <v>20</v>
+      </c>
+      <c r="F330" t="s">
+        <v>21</v>
+      </c>
+      <c r="G330" t="s">
+        <v>63</v>
+      </c>
+      <c r="H330">
+        <v>2016</v>
+      </c>
+      <c r="I330"/>
+      <c r="J330" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K330" t="s">
+        <v>34</v>
+      </c>
+      <c r="L330"/>
+      <c r="M330" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N330" t="s">
+        <v>27</v>
+      </c>
+      <c r="O330" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P330" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16">
+      <c r="A331" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D331" t="s">
+        <v>424</v>
+      </c>
+      <c r="E331" t="s">
+        <v>20</v>
+      </c>
+      <c r="F331" t="s">
+        <v>52</v>
+      </c>
+      <c r="G331" t="s">
+        <v>63</v>
+      </c>
+      <c r="H331">
+        <v>2016</v>
+      </c>
+      <c r="I331"/>
+      <c r="J331" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K331" t="s">
+        <v>34</v>
+      </c>
+      <c r="L331"/>
+      <c r="M331" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N331" t="s">
+        <v>27</v>
+      </c>
+      <c r="O331" t="s">
+        <v>1737</v>
+      </c>
+      <c r="P331" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16">
+      <c r="A332" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D332" t="s">
+        <v>118</v>
+      </c>
+      <c r="E332" t="s">
+        <v>20</v>
+      </c>
+      <c r="F332" t="s">
+        <v>21</v>
+      </c>
+      <c r="G332" t="s">
+        <v>22</v>
+      </c>
+      <c r="H332">
         <v>2000</v>
       </c>
-      <c r="H317">
-[...40 lines deleted...]
-      <c r="G318">
+      <c r="I332">
+        <v>2016</v>
+      </c>
+      <c r="J332" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K332" t="s">
+        <v>34</v>
+      </c>
+      <c r="L332"/>
+      <c r="M332" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N332" t="s">
+        <v>27</v>
+      </c>
+      <c r="O332" t="s">
+        <v>1741</v>
+      </c>
+      <c r="P332" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16">
+      <c r="A333" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D333" t="s">
+        <v>118</v>
+      </c>
+      <c r="E333" t="s">
+        <v>20</v>
+      </c>
+      <c r="F333" t="s">
+        <v>52</v>
+      </c>
+      <c r="G333" t="s">
+        <v>22</v>
+      </c>
+      <c r="H333">
         <v>2000</v>
       </c>
-      <c r="H318">
-[...38 lines deleted...]
-      <c r="G319">
+      <c r="I333">
+        <v>2020</v>
+      </c>
+      <c r="J333" t="s">
+        <v>188</v>
+      </c>
+      <c r="K333" t="s">
+        <v>34</v>
+      </c>
+      <c r="L333"/>
+      <c r="M333" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N333" t="s">
+        <v>27</v>
+      </c>
+      <c r="O333" t="s">
+        <v>1745</v>
+      </c>
+      <c r="P333" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16">
+      <c r="A334" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D334" t="s">
+        <v>118</v>
+      </c>
+      <c r="E334" t="s">
+        <v>20</v>
+      </c>
+      <c r="F334" t="s">
+        <v>52</v>
+      </c>
+      <c r="G334" t="s">
+        <v>22</v>
+      </c>
+      <c r="H334">
+        <v>2016</v>
+      </c>
+      <c r="I334">
+        <v>2020</v>
+      </c>
+      <c r="J334" t="s">
+        <v>188</v>
+      </c>
+      <c r="K334" t="s">
+        <v>34</v>
+      </c>
+      <c r="L334"/>
+      <c r="M334" t="s">
+        <v>1658</v>
+      </c>
+      <c r="N334" t="s">
+        <v>27</v>
+      </c>
+      <c r="O334" t="s">
+        <v>1749</v>
+      </c>
+      <c r="P334" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16">
+      <c r="A335" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C335" t="s">
+        <v>837</v>
+      </c>
+      <c r="D335" t="s">
+        <v>114</v>
+      </c>
+      <c r="E335" t="s">
+        <v>20</v>
+      </c>
+      <c r="F335" t="s">
+        <v>21</v>
+      </c>
+      <c r="G335" t="s">
+        <v>63</v>
+      </c>
+      <c r="H335">
+        <v>2014</v>
+      </c>
+      <c r="I335"/>
+      <c r="J335" t="s">
+        <v>82</v>
+      </c>
+      <c r="K335" t="s">
+        <v>34</v>
+      </c>
+      <c r="L335" t="s">
+        <v>1752</v>
+      </c>
+      <c r="M335" t="s">
+        <v>1753</v>
+      </c>
+      <c r="N335" t="s">
+        <v>27</v>
+      </c>
+      <c r="O335" t="s">
+        <v>1754</v>
+      </c>
+      <c r="P335" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16">
+      <c r="A336" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E336" t="s">
+        <v>20</v>
+      </c>
+      <c r="F336" t="s">
+        <v>52</v>
+      </c>
+      <c r="G336" t="s">
+        <v>22</v>
+      </c>
+      <c r="H336">
         <v>1996</v>
       </c>
-      <c r="H319">
+      <c r="I336">
         <v>2017</v>
       </c>
-      <c r="I319" t="s">
-[...35 lines deleted...]
-      <c r="G320">
+      <c r="J336" t="s">
+        <v>82</v>
+      </c>
+      <c r="K336" t="s">
+        <v>34</v>
+      </c>
+      <c r="L336" t="s">
+        <v>1760</v>
+      </c>
+      <c r="M336" t="s">
+        <v>1761</v>
+      </c>
+      <c r="N336" t="s">
+        <v>27</v>
+      </c>
+      <c r="O336" t="s">
+        <v>1762</v>
+      </c>
+      <c r="P336" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16">
+      <c r="A337" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E337" t="s">
+        <v>20</v>
+      </c>
+      <c r="F337" t="s">
+        <v>21</v>
+      </c>
+      <c r="G337" t="s">
+        <v>22</v>
+      </c>
+      <c r="H337">
         <v>1996</v>
       </c>
-      <c r="H320">
-[...129 lines deleted...]
-      <c r="H323">
+      <c r="I337">
         <v>2017</v>
       </c>
-      <c r="I323" t="s">
-[...583 lines deleted...]
-      </c>
       <c r="J337" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K337" t="s">
-        <v>1153</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L337"/>
       <c r="M337" t="s">
-        <v>24</v>
+        <v>1761</v>
       </c>
       <c r="N337" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O337" t="s">
+        <v>1766</v>
+      </c>
+      <c r="P337" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1156</v>
+        <v>1767</v>
       </c>
       <c r="B338" t="s">
-        <v>1151</v>
+        <v>1485</v>
       </c>
       <c r="C338" t="s">
-        <v>1157</v>
+        <v>1758</v>
       </c>
       <c r="D338" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E338" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F338" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>21</v>
+      </c>
+      <c r="G338" t="s">
+        <v>63</v>
       </c>
       <c r="H338">
         <v>2017</v>
       </c>
-      <c r="I338" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I338"/>
       <c r="J338" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="K338" t="s">
+        <v>34</v>
+      </c>
+      <c r="L338"/>
       <c r="M338" t="s">
-        <v>24</v>
+        <v>1761</v>
       </c>
       <c r="N338" t="s">
-        <v>1158</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O338" t="s">
+        <v>1768</v>
+      </c>
+      <c r="P338" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1159</v>
+        <v>1769</v>
       </c>
       <c r="B339" t="s">
-        <v>1151</v>
+        <v>1769</v>
       </c>
       <c r="C339" t="s">
-        <v>119</v>
+        <v>80</v>
       </c>
       <c r="D339" t="s">
-        <v>17</v>
+        <v>1453</v>
       </c>
       <c r="E339" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F339" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G339" t="s">
+        <v>63</v>
+      </c>
+      <c r="H339">
+        <v>1990</v>
+      </c>
+      <c r="I339"/>
       <c r="J339" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K339"/>
+        <v>90</v>
+      </c>
+      <c r="K339" t="s">
+        <v>34</v>
+      </c>
       <c r="L339" t="s">
-        <v>1154</v>
+        <v>1770</v>
       </c>
       <c r="M339" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N339" t="s">
-        <v>1160</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O339" t="s">
+        <v>1771</v>
+      </c>
+      <c r="P339" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1161</v>
+        <v>1773</v>
       </c>
       <c r="B340" t="s">
-        <v>57</v>
+        <v>1773</v>
       </c>
       <c r="C340" t="s">
-        <v>969</v>
+        <v>80</v>
       </c>
       <c r="D340" t="s">
-        <v>17</v>
+        <v>424</v>
       </c>
       <c r="E340" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F340" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G340">
+        <v>52</v>
+      </c>
+      <c r="G340" t="s">
+        <v>63</v>
+      </c>
+      <c r="H340">
         <v>1990</v>
       </c>
-      <c r="H340"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I340"/>
       <c r="J340" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="K340" t="s">
-        <v>1162</v>
+        <v>34</v>
       </c>
       <c r="L340" t="s">
-        <v>61</v>
+        <v>1774</v>
       </c>
       <c r="M340" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N340" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O340" t="s">
+        <v>1775</v>
+      </c>
+      <c r="P340" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1164</v>
+        <v>1777</v>
       </c>
       <c r="B341" t="s">
-        <v>57</v>
+        <v>1778</v>
       </c>
       <c r="C341" t="s">
-        <v>298</v>
+        <v>80</v>
       </c>
       <c r="D341" t="s">
-        <v>17</v>
+        <v>662</v>
       </c>
       <c r="E341" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F341" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G341" t="s">
+        <v>63</v>
+      </c>
+      <c r="H341">
+        <v>1987</v>
+      </c>
+      <c r="I341"/>
       <c r="J341" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="K341" t="s">
-        <v>1165</v>
+        <v>34</v>
       </c>
       <c r="L341" t="s">
-        <v>61</v>
+        <v>1779</v>
       </c>
       <c r="M341" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N341" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O341" t="s">
+        <v>1780</v>
+      </c>
+      <c r="P341" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16">
       <c r="A342" t="s">
-        <v>1167</v>
+        <v>1782</v>
       </c>
       <c r="B342" t="s">
-        <v>57</v>
+        <v>1783</v>
       </c>
       <c r="C342" t="s">
-        <v>468</v>
+        <v>1784</v>
       </c>
       <c r="D342" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E342" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F342" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>1987</v>
+        <v>52</v>
+      </c>
+      <c r="G342" t="s">
+        <v>499</v>
       </c>
       <c r="H342"/>
-      <c r="I342" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I342"/>
       <c r="J342" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K342" t="s">
-        <v>1168</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L342"/>
       <c r="M342" t="s">
-        <v>24</v>
+        <v>1785</v>
       </c>
       <c r="N342" t="s">
-        <v>1169</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O342" t="s">
+        <v>1786</v>
+      </c>
+      <c r="P342" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1170</v>
+        <v>1788</v>
       </c>
       <c r="B343" t="s">
-        <v>1171</v>
+        <v>1789</v>
       </c>
       <c r="C343" t="s">
-        <v>102</v>
+        <v>194</v>
       </c>
       <c r="D343" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E343" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F343" t="s">
-        <v>349</v>
-[...4 lines deleted...]
-        <v>1051</v>
+        <v>52</v>
+      </c>
+      <c r="G343" t="s">
+        <v>22</v>
+      </c>
+      <c r="H343">
+        <v>2010</v>
+      </c>
+      <c r="I343">
+        <v>2010</v>
       </c>
       <c r="J343" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="K343" t="s">
+        <v>34</v>
+      </c>
+      <c r="L343"/>
       <c r="M343" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="N343" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O343" t="s">
+        <v>1790</v>
+      </c>
+      <c r="P343" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1174</v>
+        <v>1792</v>
       </c>
       <c r="B344" t="s">
-        <v>144</v>
+        <v>1793</v>
       </c>
       <c r="C344" t="s">
-        <v>102</v>
+        <v>1794</v>
       </c>
       <c r="D344" t="s">
-        <v>17</v>
+        <v>1795</v>
       </c>
       <c r="E344" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F344" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G344" t="s">
+        <v>22</v>
       </c>
       <c r="H344">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>2008</v>
+      </c>
+      <c r="I344">
+        <v>2020</v>
       </c>
       <c r="J344" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K344"/>
+        <v>188</v>
+      </c>
+      <c r="K344" t="s">
+        <v>34</v>
+      </c>
       <c r="L344" t="s">
-        <v>149</v>
+        <v>1796</v>
       </c>
       <c r="M344" t="s">
-        <v>24</v>
+        <v>1797</v>
       </c>
       <c r="N344" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O344" t="s">
+        <v>1798</v>
+      </c>
+      <c r="P344" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16">
       <c r="A345" t="s">
-        <v>1176</v>
+        <v>1800</v>
       </c>
       <c r="B345" t="s">
-        <v>1177</v>
+        <v>1801</v>
       </c>
       <c r="C345" t="s">
-        <v>1178</v>
+        <v>595</v>
       </c>
       <c r="D345" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E345" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F345" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G345">
+        <v>52</v>
+      </c>
+      <c r="G345" t="s">
+        <v>582</v>
+      </c>
+      <c r="H345">
         <v>2008</v>
       </c>
-      <c r="H345">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="I345">
+        <v>2014</v>
       </c>
       <c r="J345" t="s">
-        <v>29</v>
+        <v>568</v>
       </c>
       <c r="K345" t="s">
-        <v>1179</v>
+        <v>34</v>
       </c>
       <c r="L345" t="s">
-        <v>1180</v>
+        <v>1802</v>
       </c>
       <c r="M345" t="s">
-        <v>31</v>
+        <v>1803</v>
       </c>
       <c r="N345" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O345" t="s">
+        <v>1804</v>
+      </c>
+      <c r="P345" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16">
       <c r="A346" t="s">
-        <v>1182</v>
+        <v>1806</v>
       </c>
       <c r="B346" t="s">
-        <v>418</v>
+        <v>1807</v>
       </c>
       <c r="C346" t="s">
-        <v>119</v>
+        <v>595</v>
       </c>
       <c r="D346" t="s">
-        <v>17</v>
+        <v>1453</v>
       </c>
       <c r="E346" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F346" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G346">
+        <v>52</v>
+      </c>
+      <c r="G346" t="s">
+        <v>8</v>
+      </c>
+      <c r="H346">
+        <v>2009</v>
+      </c>
+      <c r="I346">
+        <v>2014</v>
+      </c>
+      <c r="J346" t="s">
+        <v>568</v>
+      </c>
+      <c r="K346" t="s">
+        <v>34</v>
+      </c>
+      <c r="L346" t="s">
+        <v>1808</v>
+      </c>
+      <c r="M346" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N346" t="s">
+        <v>27</v>
+      </c>
+      <c r="O346" t="s">
+        <v>1809</v>
+      </c>
+      <c r="P346" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16">
+      <c r="A347" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C347" t="s">
+        <v>595</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1812</v>
+      </c>
+      <c r="E347" t="s">
+        <v>20</v>
+      </c>
+      <c r="F347" t="s">
+        <v>52</v>
+      </c>
+      <c r="G347" t="s">
+        <v>63</v>
+      </c>
+      <c r="H347">
+        <v>2024</v>
+      </c>
+      <c r="I347"/>
+      <c r="J347" t="s">
+        <v>605</v>
+      </c>
+      <c r="K347" t="s">
+        <v>34</v>
+      </c>
+      <c r="L347"/>
+      <c r="M347" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N347" t="s">
+        <v>27</v>
+      </c>
+      <c r="O347" t="s">
+        <v>1813</v>
+      </c>
+      <c r="P347" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16">
+      <c r="A348" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C348" t="s">
+        <v>595</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E348" t="s">
+        <v>20</v>
+      </c>
+      <c r="F348" t="s">
+        <v>52</v>
+      </c>
+      <c r="G348" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H348">
+        <v>2015</v>
+      </c>
+      <c r="I348">
+        <v>2019</v>
+      </c>
+      <c r="J348" t="s">
+        <v>568</v>
+      </c>
+      <c r="K348" t="s">
+        <v>34</v>
+      </c>
+      <c r="L348"/>
+      <c r="M348" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N348" t="s">
+        <v>27</v>
+      </c>
+      <c r="O348" t="s">
+        <v>1816</v>
+      </c>
+      <c r="P348" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16">
+      <c r="A349" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C349" t="s">
+        <v>595</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E349" t="s">
+        <v>20</v>
+      </c>
+      <c r="F349" t="s">
+        <v>52</v>
+      </c>
+      <c r="G349" t="s">
+        <v>22</v>
+      </c>
+      <c r="H349">
+        <v>2015</v>
+      </c>
+      <c r="I349">
+        <v>2024</v>
+      </c>
+      <c r="J349" t="s">
+        <v>605</v>
+      </c>
+      <c r="K349" t="s">
+        <v>34</v>
+      </c>
+      <c r="L349"/>
+      <c r="M349" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N349" t="s">
+        <v>27</v>
+      </c>
+      <c r="O349" t="s">
+        <v>1819</v>
+      </c>
+      <c r="P349" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16">
+      <c r="A350" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C350" t="s">
+        <v>595</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E350" t="s">
+        <v>20</v>
+      </c>
+      <c r="F350" t="s">
+        <v>52</v>
+      </c>
+      <c r="G350" t="s">
+        <v>63</v>
+      </c>
+      <c r="H350"/>
+      <c r="I350">
+        <v>2024</v>
+      </c>
+      <c r="J350" t="s">
+        <v>605</v>
+      </c>
+      <c r="K350" t="s">
+        <v>34</v>
+      </c>
+      <c r="L350"/>
+      <c r="M350" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N350" t="s">
+        <v>27</v>
+      </c>
+      <c r="O350" t="s">
+        <v>1823</v>
+      </c>
+      <c r="P350" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16">
+      <c r="A351" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C351" t="s">
+        <v>595</v>
+      </c>
+      <c r="D351" t="s">
+        <v>374</v>
+      </c>
+      <c r="E351" t="s">
+        <v>20</v>
+      </c>
+      <c r="F351" t="s">
+        <v>52</v>
+      </c>
+      <c r="G351" t="s">
+        <v>582</v>
+      </c>
+      <c r="H351">
         <v>2008</v>
       </c>
-      <c r="H346">
+      <c r="I351">
         <v>2014</v>
       </c>
-      <c r="I346" t="s">
-[...40 lines deleted...]
-      <c r="H347">
+      <c r="J351" t="s">
+        <v>568</v>
+      </c>
+      <c r="K351" t="s">
+        <v>34</v>
+      </c>
+      <c r="L351" t="s">
+        <v>1826</v>
+      </c>
+      <c r="M351" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N351" t="s">
+        <v>27</v>
+      </c>
+      <c r="O351" t="s">
+        <v>1827</v>
+      </c>
+      <c r="P351" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16">
+      <c r="A352" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C352" t="s">
+        <v>595</v>
+      </c>
+      <c r="D352" t="s">
+        <v>161</v>
+      </c>
+      <c r="E352" t="s">
+        <v>20</v>
+      </c>
+      <c r="F352" t="s">
+        <v>52</v>
+      </c>
+      <c r="G352" t="s">
+        <v>8</v>
+      </c>
+      <c r="H352">
+        <v>2008</v>
+      </c>
+      <c r="I352">
         <v>2014</v>
       </c>
-      <c r="I347" t="s">
-[...209 lines deleted...]
-      </c>
       <c r="J352" t="s">
-        <v>29</v>
+        <v>568</v>
       </c>
       <c r="K352" t="s">
-        <v>1200</v>
+        <v>34</v>
       </c>
       <c r="L352" t="s">
-        <v>1184</v>
+        <v>1830</v>
       </c>
       <c r="M352" t="s">
-        <v>24</v>
+        <v>1803</v>
       </c>
       <c r="N352" t="s">
-        <v>1201</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O352" t="s">
+        <v>1831</v>
+      </c>
+      <c r="P352" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16">
       <c r="A353" t="s">
-        <v>1202</v>
+        <v>1832</v>
       </c>
       <c r="B353" t="s">
-        <v>418</v>
+        <v>1833</v>
       </c>
       <c r="C353" t="s">
-        <v>119</v>
+        <v>595</v>
       </c>
       <c r="D353" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E353" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F353" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>52</v>
+      </c>
+      <c r="G353" t="s">
+        <v>582</v>
       </c>
       <c r="H353">
         <v>2014</v>
       </c>
-      <c r="I353" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I353"/>
       <c r="J353" t="s">
-        <v>29</v>
+        <v>568</v>
       </c>
       <c r="K353" t="s">
-        <v>1203</v>
+        <v>34</v>
       </c>
       <c r="L353" t="s">
-        <v>1184</v>
+        <v>1834</v>
       </c>
       <c r="M353" t="s">
-        <v>24</v>
+        <v>1803</v>
       </c>
       <c r="N353" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O353" t="s">
+        <v>1835</v>
+      </c>
+      <c r="P353" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16">
       <c r="A354" t="s">
-        <v>1205</v>
+        <v>1836</v>
       </c>
       <c r="B354" t="s">
-        <v>418</v>
+        <v>1837</v>
       </c>
       <c r="C354" t="s">
-        <v>188</v>
+        <v>595</v>
       </c>
       <c r="D354" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E354" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F354" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G354">
+        <v>52</v>
+      </c>
+      <c r="G354" t="s">
+        <v>582</v>
+      </c>
+      <c r="H354">
+        <v>2021</v>
+      </c>
+      <c r="I354"/>
+      <c r="J354" t="s">
+        <v>568</v>
+      </c>
+      <c r="K354" t="s">
+        <v>34</v>
+      </c>
+      <c r="L354" t="s">
+        <v>1838</v>
+      </c>
+      <c r="M354" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N354" t="s">
+        <v>27</v>
+      </c>
+      <c r="O354" t="s">
+        <v>1839</v>
+      </c>
+      <c r="P354" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16">
+      <c r="A355" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C355" t="s">
+        <v>595</v>
+      </c>
+      <c r="D355" t="s">
+        <v>468</v>
+      </c>
+      <c r="E355" t="s">
+        <v>20</v>
+      </c>
+      <c r="F355" t="s">
+        <v>52</v>
+      </c>
+      <c r="G355" t="s">
+        <v>582</v>
+      </c>
+      <c r="H355">
+        <v>2024</v>
+      </c>
+      <c r="I355"/>
+      <c r="J355" t="s">
+        <v>605</v>
+      </c>
+      <c r="K355" t="s">
+        <v>34</v>
+      </c>
+      <c r="L355"/>
+      <c r="M355" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N355" t="s">
+        <v>27</v>
+      </c>
+      <c r="O355" t="s">
+        <v>1842</v>
+      </c>
+      <c r="P355" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16">
+      <c r="A356" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D356" t="s">
+        <v>161</v>
+      </c>
+      <c r="E356" t="s">
+        <v>20</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G356" t="s">
+        <v>499</v>
+      </c>
+      <c r="H356"/>
+      <c r="I356"/>
+      <c r="J356" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K356" t="s">
+        <v>34</v>
+      </c>
+      <c r="L356"/>
+      <c r="M356" t="s">
+        <v>1847</v>
+      </c>
+      <c r="N356" t="s">
+        <v>27</v>
+      </c>
+      <c r="O356" t="s">
+        <v>1848</v>
+      </c>
+      <c r="P356" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16">
+      <c r="A357" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D357" t="s">
+        <v>135</v>
+      </c>
+      <c r="E357" t="s">
+        <v>20</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G357" t="s">
+        <v>499</v>
+      </c>
+      <c r="H357"/>
+      <c r="I357"/>
+      <c r="J357" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K357" t="s">
+        <v>34</v>
+      </c>
+      <c r="L357"/>
+      <c r="M357" t="s">
+        <v>1852</v>
+      </c>
+      <c r="N357" t="s">
+        <v>27</v>
+      </c>
+      <c r="O357" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P357" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16">
+      <c r="A358" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D358" t="s">
+        <v>290</v>
+      </c>
+      <c r="E358" t="s">
+        <v>20</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G358" t="s">
+        <v>499</v>
+      </c>
+      <c r="H358"/>
+      <c r="I358"/>
+      <c r="J358" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K358" t="s">
+        <v>34</v>
+      </c>
+      <c r="L358"/>
+      <c r="M358" t="s">
+        <v>1847</v>
+      </c>
+      <c r="N358" t="s">
+        <v>27</v>
+      </c>
+      <c r="O358" t="s">
+        <v>1856</v>
+      </c>
+      <c r="P358" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16">
+      <c r="A359" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D359" t="s">
+        <v>374</v>
+      </c>
+      <c r="E359" t="s">
+        <v>20</v>
+      </c>
+      <c r="F359" t="s">
+        <v>43</v>
+      </c>
+      <c r="G359" t="s">
+        <v>499</v>
+      </c>
+      <c r="H359"/>
+      <c r="I359"/>
+      <c r="J359" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K359" t="s">
+        <v>34</v>
+      </c>
+      <c r="L359"/>
+      <c r="M359" t="s">
+        <v>1858</v>
+      </c>
+      <c r="N359" t="s">
+        <v>27</v>
+      </c>
+      <c r="O359" t="s">
+        <v>1859</v>
+      </c>
+      <c r="P359" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16">
+      <c r="A360" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C360" t="s">
+        <v>80</v>
+      </c>
+      <c r="D360" t="s">
+        <v>351</v>
+      </c>
+      <c r="E360" t="s">
+        <v>20</v>
+      </c>
+      <c r="F360" t="s">
+        <v>43</v>
+      </c>
+      <c r="G360" t="s">
+        <v>63</v>
+      </c>
+      <c r="H360">
+        <v>2013</v>
+      </c>
+      <c r="I360"/>
+      <c r="J360" t="s">
+        <v>90</v>
+      </c>
+      <c r="K360" t="s">
+        <v>34</v>
+      </c>
+      <c r="L360" t="s">
+        <v>1862</v>
+      </c>
+      <c r="M360" t="s">
+        <v>84</v>
+      </c>
+      <c r="N360" t="s">
+        <v>27</v>
+      </c>
+      <c r="O360" t="s">
+        <v>1863</v>
+      </c>
+      <c r="P360" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16">
+      <c r="A361" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C361" t="s">
+        <v>80</v>
+      </c>
+      <c r="D361" t="s">
+        <v>258</v>
+      </c>
+      <c r="E361" t="s">
+        <v>20</v>
+      </c>
+      <c r="F361" t="s">
+        <v>43</v>
+      </c>
+      <c r="G361" t="s">
+        <v>22</v>
+      </c>
+      <c r="H361">
+        <v>2012</v>
+      </c>
+      <c r="I361">
+        <v>2017</v>
+      </c>
+      <c r="J361" t="s">
+        <v>90</v>
+      </c>
+      <c r="K361" t="s">
+        <v>34</v>
+      </c>
+      <c r="L361" t="s">
+        <v>1867</v>
+      </c>
+      <c r="M361" t="s">
+        <v>84</v>
+      </c>
+      <c r="N361" t="s">
+        <v>27</v>
+      </c>
+      <c r="O361" t="s">
+        <v>1868</v>
+      </c>
+      <c r="P361" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16">
+      <c r="A362" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C362" t="s">
+        <v>612</v>
+      </c>
+      <c r="D362" t="s">
+        <v>130</v>
+      </c>
+      <c r="E362" t="s">
+        <v>20</v>
+      </c>
+      <c r="F362" t="s">
+        <v>21</v>
+      </c>
+      <c r="G362" t="s">
+        <v>22</v>
+      </c>
+      <c r="H362">
+        <v>2008</v>
+      </c>
+      <c r="I362">
+        <v>2016</v>
+      </c>
+      <c r="J362" t="s">
+        <v>620</v>
+      </c>
+      <c r="K362" t="s">
+        <v>34</v>
+      </c>
+      <c r="L362"/>
+      <c r="M362" t="s">
+        <v>614</v>
+      </c>
+      <c r="N362" t="s">
+        <v>27</v>
+      </c>
+      <c r="O362" t="s">
+        <v>1872</v>
+      </c>
+      <c r="P362" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16">
+      <c r="A363" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C363" t="s">
+        <v>612</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E363" t="s">
+        <v>20</v>
+      </c>
+      <c r="F363" t="s">
+        <v>21</v>
+      </c>
+      <c r="G363" t="s">
+        <v>63</v>
+      </c>
+      <c r="H363">
+        <v>2012</v>
+      </c>
+      <c r="I363"/>
+      <c r="J363" t="s">
+        <v>620</v>
+      </c>
+      <c r="K363" t="s">
+        <v>34</v>
+      </c>
+      <c r="L363"/>
+      <c r="M363" t="s">
+        <v>614</v>
+      </c>
+      <c r="N363" t="s">
+        <v>27</v>
+      </c>
+      <c r="O363" t="s">
+        <v>1876</v>
+      </c>
+      <c r="P363" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16">
+      <c r="A364" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C364" t="s">
+        <v>612</v>
+      </c>
+      <c r="D364" t="s">
+        <v>951</v>
+      </c>
+      <c r="E364" t="s">
+        <v>20</v>
+      </c>
+      <c r="F364" t="s">
+        <v>21</v>
+      </c>
+      <c r="G364" t="s">
+        <v>63</v>
+      </c>
+      <c r="H364">
+        <v>2009</v>
+      </c>
+      <c r="I364"/>
+      <c r="J364" t="s">
+        <v>620</v>
+      </c>
+      <c r="K364" t="s">
+        <v>34</v>
+      </c>
+      <c r="L364"/>
+      <c r="M364" t="s">
+        <v>614</v>
+      </c>
+      <c r="N364" t="s">
+        <v>27</v>
+      </c>
+      <c r="O364" t="s">
+        <v>1879</v>
+      </c>
+      <c r="P364" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16">
+      <c r="A365" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B365" t="s">
+        <v>653</v>
+      </c>
+      <c r="C365" t="s">
+        <v>612</v>
+      </c>
+      <c r="D365" t="s">
+        <v>278</v>
+      </c>
+      <c r="E365" t="s">
+        <v>20</v>
+      </c>
+      <c r="F365" t="s">
+        <v>21</v>
+      </c>
+      <c r="G365" t="s">
+        <v>22</v>
+      </c>
+      <c r="H365">
+        <v>2011</v>
+      </c>
+      <c r="I365">
+        <v>2011</v>
+      </c>
+      <c r="J365" t="s">
+        <v>620</v>
+      </c>
+      <c r="K365" t="s">
+        <v>34</v>
+      </c>
+      <c r="L365" t="s">
+        <v>654</v>
+      </c>
+      <c r="M365" t="s">
+        <v>614</v>
+      </c>
+      <c r="N365" t="s">
+        <v>27</v>
+      </c>
+      <c r="O365" t="s">
+        <v>1881</v>
+      </c>
+      <c r="P365" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16">
+      <c r="A366" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B366" t="s">
+        <v>611</v>
+      </c>
+      <c r="C366" t="s">
+        <v>612</v>
+      </c>
+      <c r="D366" t="s">
+        <v>161</v>
+      </c>
+      <c r="E366" t="s">
+        <v>20</v>
+      </c>
+      <c r="F366" t="s">
+        <v>21</v>
+      </c>
+      <c r="G366" t="s">
+        <v>22</v>
+      </c>
+      <c r="H366">
+        <v>1993</v>
+      </c>
+      <c r="I366">
+        <v>2009</v>
+      </c>
+      <c r="J366" t="s">
+        <v>82</v>
+      </c>
+      <c r="K366" t="s">
+        <v>34</v>
+      </c>
+      <c r="L366" t="s">
+        <v>613</v>
+      </c>
+      <c r="M366" t="s">
+        <v>614</v>
+      </c>
+      <c r="N366" t="s">
+        <v>27</v>
+      </c>
+      <c r="O366" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P366" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16">
+      <c r="A367" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C367" t="s">
+        <v>612</v>
+      </c>
+      <c r="D367" t="s">
+        <v>139</v>
+      </c>
+      <c r="E367" t="s">
+        <v>20</v>
+      </c>
+      <c r="F367" t="s">
+        <v>21</v>
+      </c>
+      <c r="G367" t="s">
+        <v>22</v>
+      </c>
+      <c r="H367">
+        <v>1994</v>
+      </c>
+      <c r="I367">
+        <v>2003</v>
+      </c>
+      <c r="J367" t="s">
+        <v>620</v>
+      </c>
+      <c r="K367" t="s">
+        <v>34</v>
+      </c>
+      <c r="L367" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M367" t="s">
+        <v>614</v>
+      </c>
+      <c r="N367" t="s">
+        <v>27</v>
+      </c>
+      <c r="O367" t="s">
+        <v>1887</v>
+      </c>
+      <c r="P367" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16">
+      <c r="A368" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C368" t="s">
+        <v>80</v>
+      </c>
+      <c r="D368" t="s">
+        <v>139</v>
+      </c>
+      <c r="E368" t="s">
+        <v>20</v>
+      </c>
+      <c r="F368" t="s">
+        <v>21</v>
+      </c>
+      <c r="G368" t="s">
+        <v>63</v>
+      </c>
+      <c r="H368">
+        <v>2002</v>
+      </c>
+      <c r="I368"/>
+      <c r="J368" t="s">
+        <v>90</v>
+      </c>
+      <c r="K368" t="s">
+        <v>34</v>
+      </c>
+      <c r="L368"/>
+      <c r="M368" t="s">
+        <v>84</v>
+      </c>
+      <c r="N368" t="s">
+        <v>27</v>
+      </c>
+      <c r="O368" t="s">
+        <v>1890</v>
+      </c>
+      <c r="P368" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16">
+      <c r="A369" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C369" t="s">
+        <v>595</v>
+      </c>
+      <c r="D369" t="s">
+        <v>161</v>
+      </c>
+      <c r="E369" t="s">
+        <v>20</v>
+      </c>
+      <c r="F369" t="s">
+        <v>21</v>
+      </c>
+      <c r="G369" t="s">
+        <v>22</v>
+      </c>
+      <c r="H369">
+        <v>2011</v>
+      </c>
+      <c r="I369">
+        <v>2022</v>
+      </c>
+      <c r="J369" t="s">
+        <v>568</v>
+      </c>
+      <c r="K369" t="s">
+        <v>34</v>
+      </c>
+      <c r="L369" t="s">
+        <v>1894</v>
+      </c>
+      <c r="M369" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N369" t="s">
+        <v>27</v>
+      </c>
+      <c r="O369" t="s">
+        <v>1895</v>
+      </c>
+      <c r="P369" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16">
+      <c r="A370" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C370" t="s">
+        <v>595</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E370" t="s">
+        <v>20</v>
+      </c>
+      <c r="F370" t="s">
+        <v>21</v>
+      </c>
+      <c r="G370" t="s">
+        <v>8</v>
+      </c>
+      <c r="H370">
         <v>2014</v>
       </c>
-      <c r="H354"/>
-[...80 lines deleted...]
-      <c r="G356">
+      <c r="I370">
+        <v>2022</v>
+      </c>
+      <c r="J370" t="s">
+        <v>568</v>
+      </c>
+      <c r="K370" t="s">
+        <v>34</v>
+      </c>
+      <c r="L370" t="s">
+        <v>1899</v>
+      </c>
+      <c r="M370" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N370" t="s">
+        <v>27</v>
+      </c>
+      <c r="O370" t="s">
+        <v>1900</v>
+      </c>
+      <c r="P370" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16">
+      <c r="A371" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B371" t="s">
+        <v>657</v>
+      </c>
+      <c r="C371" t="s">
+        <v>612</v>
+      </c>
+      <c r="D371" t="s">
+        <v>374</v>
+      </c>
+      <c r="E371" t="s">
+        <v>20</v>
+      </c>
+      <c r="F371" t="s">
+        <v>21</v>
+      </c>
+      <c r="G371" t="s">
+        <v>22</v>
+      </c>
+      <c r="H371">
+        <v>2010</v>
+      </c>
+      <c r="I371">
+        <v>2010</v>
+      </c>
+      <c r="J371" t="s">
+        <v>82</v>
+      </c>
+      <c r="K371" t="s">
+        <v>34</v>
+      </c>
+      <c r="L371" t="s">
+        <v>658</v>
+      </c>
+      <c r="M371" t="s">
+        <v>614</v>
+      </c>
+      <c r="N371" t="s">
+        <v>27</v>
+      </c>
+      <c r="O371" t="s">
+        <v>1903</v>
+      </c>
+      <c r="P371" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16">
+      <c r="A372" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C372" t="s">
+        <v>595</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1812</v>
+      </c>
+      <c r="E372" t="s">
+        <v>20</v>
+      </c>
+      <c r="F372" t="s">
+        <v>21</v>
+      </c>
+      <c r="G372" t="s">
+        <v>63</v>
+      </c>
+      <c r="H372">
         <v>2025</v>
       </c>
-      <c r="H356"/>
-[...188 lines deleted...]
-      <c r="G361">
+      <c r="I372"/>
+      <c r="J372" t="s">
+        <v>605</v>
+      </c>
+      <c r="K372" t="s">
+        <v>34</v>
+      </c>
+      <c r="L372"/>
+      <c r="M372" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N372" t="s">
+        <v>27</v>
+      </c>
+      <c r="O372" t="s">
+        <v>1906</v>
+      </c>
+      <c r="P372" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16">
+      <c r="A373" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E373" t="s">
+        <v>20</v>
+      </c>
+      <c r="F373" t="s">
+        <v>21</v>
+      </c>
+      <c r="G373" t="s">
+        <v>63</v>
+      </c>
+      <c r="H373">
+        <v>2018</v>
+      </c>
+      <c r="I373"/>
+      <c r="J373" t="s">
+        <v>538</v>
+      </c>
+      <c r="K373" t="s">
+        <v>34</v>
+      </c>
+      <c r="L373" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M373" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N373" t="s">
+        <v>27</v>
+      </c>
+      <c r="O373" t="s">
+        <v>1912</v>
+      </c>
+      <c r="P373" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16">
+      <c r="A374" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C374" t="s">
+        <v>80</v>
+      </c>
+      <c r="D374" t="s">
+        <v>413</v>
+      </c>
+      <c r="E374" t="s">
+        <v>20</v>
+      </c>
+      <c r="F374" t="s">
+        <v>21</v>
+      </c>
+      <c r="G374" t="s">
+        <v>63</v>
+      </c>
+      <c r="H374">
         <v>2013</v>
       </c>
-      <c r="H361"/>
-[...38 lines deleted...]
-      <c r="G362">
+      <c r="I374"/>
+      <c r="J374" t="s">
+        <v>90</v>
+      </c>
+      <c r="K374" t="s">
+        <v>34</v>
+      </c>
+      <c r="L374" t="s">
+        <v>1916</v>
+      </c>
+      <c r="M374" t="s">
+        <v>84</v>
+      </c>
+      <c r="N374" t="s">
+        <v>27</v>
+      </c>
+      <c r="O374" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P374" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16">
+      <c r="A375" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B375" t="s">
+        <v>618</v>
+      </c>
+      <c r="C375" t="s">
+        <v>612</v>
+      </c>
+      <c r="D375" t="s">
+        <v>619</v>
+      </c>
+      <c r="E375" t="s">
+        <v>20</v>
+      </c>
+      <c r="F375" t="s">
+        <v>21</v>
+      </c>
+      <c r="G375" t="s">
+        <v>22</v>
+      </c>
+      <c r="H375">
         <v>2012</v>
       </c>
-      <c r="H362">
-[...82 lines deleted...]
-      <c r="G364">
+      <c r="I375">
         <v>2012</v>
       </c>
-      <c r="H364"/>
-[...36 lines deleted...]
-      <c r="G365">
+      <c r="J375" t="s">
+        <v>620</v>
+      </c>
+      <c r="K375" t="s">
+        <v>34</v>
+      </c>
+      <c r="L375"/>
+      <c r="M375" t="s">
+        <v>614</v>
+      </c>
+      <c r="N375" t="s">
+        <v>27</v>
+      </c>
+      <c r="O375" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P375" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16">
+      <c r="A376" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B376" t="s">
+        <v>624</v>
+      </c>
+      <c r="C376" t="s">
+        <v>612</v>
+      </c>
+      <c r="D376" t="s">
+        <v>625</v>
+      </c>
+      <c r="E376" t="s">
+        <v>20</v>
+      </c>
+      <c r="F376" t="s">
+        <v>21</v>
+      </c>
+      <c r="G376" t="s">
+        <v>63</v>
+      </c>
+      <c r="H376">
         <v>2009</v>
       </c>
-      <c r="H365"/>
-[...36 lines deleted...]
-      <c r="G366">
+      <c r="I376"/>
+      <c r="J376" t="s">
+        <v>620</v>
+      </c>
+      <c r="K376" t="s">
+        <v>34</v>
+      </c>
+      <c r="L376" t="s">
+        <v>627</v>
+      </c>
+      <c r="M376" t="s">
+        <v>614</v>
+      </c>
+      <c r="N376" t="s">
+        <v>27</v>
+      </c>
+      <c r="O376" t="s">
+        <v>1922</v>
+      </c>
+      <c r="P376" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16">
+      <c r="A377" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C377" t="s">
+        <v>612</v>
+      </c>
+      <c r="D377" t="s">
+        <v>662</v>
+      </c>
+      <c r="E377" t="s">
+        <v>20</v>
+      </c>
+      <c r="F377" t="s">
+        <v>21</v>
+      </c>
+      <c r="G377" t="s">
+        <v>22</v>
+      </c>
+      <c r="H377">
+        <v>2002</v>
+      </c>
+      <c r="I377">
+        <v>2007</v>
+      </c>
+      <c r="J377" t="s">
+        <v>620</v>
+      </c>
+      <c r="K377" t="s">
+        <v>34</v>
+      </c>
+      <c r="L377" t="s">
+        <v>663</v>
+      </c>
+      <c r="M377" t="s">
+        <v>614</v>
+      </c>
+      <c r="N377" t="s">
+        <v>27</v>
+      </c>
+      <c r="O377" t="s">
+        <v>1925</v>
+      </c>
+      <c r="P377" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16">
+      <c r="A378" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B378" t="s">
+        <v>666</v>
+      </c>
+      <c r="C378" t="s">
+        <v>612</v>
+      </c>
+      <c r="D378" t="s">
+        <v>667</v>
+      </c>
+      <c r="E378" t="s">
+        <v>20</v>
+      </c>
+      <c r="F378" t="s">
+        <v>21</v>
+      </c>
+      <c r="G378" t="s">
+        <v>63</v>
+      </c>
+      <c r="H378">
+        <v>2009</v>
+      </c>
+      <c r="I378"/>
+      <c r="J378" t="s">
+        <v>82</v>
+      </c>
+      <c r="K378" t="s">
+        <v>34</v>
+      </c>
+      <c r="L378" t="s">
+        <v>668</v>
+      </c>
+      <c r="M378" t="s">
+        <v>614</v>
+      </c>
+      <c r="N378" t="s">
+        <v>27</v>
+      </c>
+      <c r="O378" t="s">
+        <v>1927</v>
+      </c>
+      <c r="P378" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16">
+      <c r="A379" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C379" t="s">
+        <v>612</v>
+      </c>
+      <c r="D379" t="s">
+        <v>679</v>
+      </c>
+      <c r="E379" t="s">
+        <v>20</v>
+      </c>
+      <c r="F379" t="s">
+        <v>21</v>
+      </c>
+      <c r="G379" t="s">
+        <v>63</v>
+      </c>
+      <c r="H379">
         <v>2011</v>
       </c>
-      <c r="H366">
+      <c r="I379"/>
+      <c r="J379" t="s">
+        <v>620</v>
+      </c>
+      <c r="K379" t="s">
+        <v>34</v>
+      </c>
+      <c r="L379"/>
+      <c r="M379" t="s">
+        <v>614</v>
+      </c>
+      <c r="N379" t="s">
+        <v>27</v>
+      </c>
+      <c r="O379" t="s">
+        <v>1930</v>
+      </c>
+      <c r="P379" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16">
+      <c r="A380" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C380" t="s">
+        <v>612</v>
+      </c>
+      <c r="D380" t="s">
+        <v>124</v>
+      </c>
+      <c r="E380" t="s">
+        <v>20</v>
+      </c>
+      <c r="F380" t="s">
+        <v>21</v>
+      </c>
+      <c r="G380" t="s">
+        <v>22</v>
+      </c>
+      <c r="H380">
         <v>2011</v>
       </c>
-      <c r="I366" t="s">
-[...421 lines deleted...]
-      <c r="G376">
+      <c r="I380">
+        <v>2015</v>
+      </c>
+      <c r="J380" t="s">
+        <v>620</v>
+      </c>
+      <c r="K380" t="s">
+        <v>34</v>
+      </c>
+      <c r="L380"/>
+      <c r="M380" t="s">
+        <v>614</v>
+      </c>
+      <c r="N380" t="s">
+        <v>27</v>
+      </c>
+      <c r="O380" t="s">
+        <v>1933</v>
+      </c>
+      <c r="P380" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16">
+      <c r="A381" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B381" t="s">
+        <v>634</v>
+      </c>
+      <c r="C381" t="s">
+        <v>612</v>
+      </c>
+      <c r="D381" t="s">
+        <v>635</v>
+      </c>
+      <c r="E381" t="s">
+        <v>20</v>
+      </c>
+      <c r="F381" t="s">
+        <v>21</v>
+      </c>
+      <c r="G381" t="s">
+        <v>22</v>
+      </c>
+      <c r="H381">
         <v>2012</v>
       </c>
-      <c r="H376">
+      <c r="I381">
         <v>2012</v>
       </c>
-      <c r="I376" t="s">
-[...211 lines deleted...]
-      </c>
       <c r="J381" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>636</v>
+      </c>
+      <c r="K381" t="s">
+        <v>34</v>
+      </c>
+      <c r="L381"/>
       <c r="M381" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N381" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O381" t="s">
+        <v>1935</v>
+      </c>
+      <c r="P381" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16">
       <c r="A382" t="s">
-        <v>1280</v>
+        <v>1936</v>
       </c>
       <c r="B382" t="s">
-        <v>431</v>
+        <v>1937</v>
       </c>
       <c r="C382" t="s">
-        <v>448</v>
+        <v>612</v>
       </c>
       <c r="D382" t="s">
-        <v>17</v>
+        <v>1938</v>
       </c>
       <c r="E382" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F382" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G382" t="s">
+        <v>1436</v>
       </c>
       <c r="H382">
         <v>2012</v>
       </c>
-      <c r="I382" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I382"/>
       <c r="J382" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="K382" t="s">
+        <v>34</v>
+      </c>
+      <c r="L382"/>
       <c r="M382" t="s">
-        <v>24</v>
+        <v>1939</v>
       </c>
       <c r="N382" t="s">
-        <v>1281</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O382" t="s">
+        <v>1940</v>
+      </c>
+      <c r="P382" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16">
       <c r="A383" t="s">
-        <v>1282</v>
+        <v>1942</v>
       </c>
       <c r="B383" t="s">
-        <v>431</v>
+        <v>1943</v>
       </c>
       <c r="C383" t="s">
-        <v>1283</v>
+        <v>1909</v>
       </c>
       <c r="D383" t="s">
-        <v>17</v>
+        <v>1944</v>
       </c>
       <c r="E383" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F383" t="s">
-        <v>958</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G383" t="s">
+        <v>63</v>
+      </c>
+      <c r="H383">
+        <v>2018</v>
+      </c>
+      <c r="I383"/>
       <c r="J383" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K383"/>
+        <v>538</v>
+      </c>
+      <c r="K383" t="s">
+        <v>34</v>
+      </c>
       <c r="L383" t="s">
-        <v>1284</v>
+        <v>1945</v>
       </c>
       <c r="M383" t="s">
-        <v>24</v>
+        <v>1911</v>
       </c>
       <c r="N383" t="s">
-        <v>1285</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O383" t="s">
+        <v>1946</v>
+      </c>
+      <c r="P383" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16">
       <c r="A384" t="s">
-        <v>1286</v>
+        <v>1947</v>
       </c>
       <c r="B384" t="s">
-        <v>1261</v>
+        <v>671</v>
       </c>
       <c r="C384" t="s">
-        <v>1287</v>
+        <v>612</v>
       </c>
       <c r="D384" t="s">
-        <v>17</v>
+        <v>1324</v>
       </c>
       <c r="E384" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F384" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-        <v>377</v>
+        <v>21</v>
+      </c>
+      <c r="G384" t="s">
+        <v>22</v>
+      </c>
+      <c r="H384">
+        <v>1994</v>
+      </c>
+      <c r="I384">
+        <v>2003</v>
       </c>
       <c r="J384" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K384" t="s">
-        <v>1288</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L384"/>
       <c r="M384" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N384" t="s">
-        <v>1289</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
+        <v>1948</v>
+      </c>
+      <c r="P384" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16">
       <c r="A385" t="s">
-        <v>1290</v>
+        <v>1949</v>
       </c>
       <c r="B385" t="s">
-        <v>431</v>
+        <v>1950</v>
       </c>
       <c r="C385" t="s">
-        <v>887</v>
+        <v>612</v>
       </c>
       <c r="D385" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="E385" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F385" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G385">
+        <v>21</v>
+      </c>
+      <c r="G385" t="s">
+        <v>22</v>
+      </c>
+      <c r="H385">
         <v>1994</v>
       </c>
-      <c r="H385">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="I385">
+        <v>2004</v>
       </c>
       <c r="J385" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K385"/>
+        <v>620</v>
+      </c>
+      <c r="K385" t="s">
+        <v>34</v>
+      </c>
       <c r="L385" t="s">
-        <v>433</v>
+        <v>1951</v>
       </c>
       <c r="M385" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N385" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
+        <v>1952</v>
+      </c>
+      <c r="P385" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16">
       <c r="A386" t="s">
-        <v>1292</v>
+        <v>1953</v>
       </c>
       <c r="B386" t="s">
-        <v>431</v>
+        <v>675</v>
       </c>
       <c r="C386" t="s">
-        <v>99</v>
+        <v>612</v>
       </c>
       <c r="D386" t="s">
-        <v>17</v>
+        <v>589</v>
       </c>
       <c r="E386" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F386" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>21</v>
+      </c>
+      <c r="G386" t="s">
+        <v>22</v>
       </c>
       <c r="H386">
         <v>2004</v>
       </c>
-      <c r="I386" t="s">
-        <v>437</v>
+      <c r="I386">
+        <v>2010</v>
       </c>
       <c r="J386" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="K386" t="s">
-        <v>1293</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L386"/>
       <c r="M386" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N386" t="s">
-        <v>1294</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
+        <v>1954</v>
+      </c>
+      <c r="P386" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16">
       <c r="A387" t="s">
-        <v>1295</v>
+        <v>1955</v>
       </c>
       <c r="B387" t="s">
-        <v>431</v>
+        <v>649</v>
       </c>
       <c r="C387" t="s">
-        <v>414</v>
+        <v>612</v>
       </c>
       <c r="D387" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="E387" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F387" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>21</v>
+      </c>
+      <c r="G387" t="s">
+        <v>22</v>
       </c>
       <c r="H387">
         <v>2010</v>
       </c>
-      <c r="I387" t="s">
-        <v>59</v>
+      <c r="I387">
+        <v>2015</v>
       </c>
       <c r="J387" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K387"/>
+        <v>620</v>
+      </c>
+      <c r="K387" t="s">
+        <v>334</v>
+      </c>
       <c r="L387" t="s">
-        <v>433</v>
+        <v>650</v>
       </c>
       <c r="M387" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N387" t="s">
-        <v>1296</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P387" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16">
       <c r="A388" t="s">
-        <v>1297</v>
+        <v>1957</v>
       </c>
       <c r="B388" t="s">
-        <v>431</v>
+        <v>1958</v>
       </c>
       <c r="C388" t="s">
-        <v>126</v>
+        <v>595</v>
       </c>
       <c r="D388" t="s">
-        <v>17</v>
+        <v>1959</v>
       </c>
       <c r="E388" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F388" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G388" t="s">
+        <v>1493</v>
       </c>
       <c r="H388">
         <v>2015</v>
       </c>
-      <c r="I388" t="s">
-        <v>437</v>
+      <c r="I388">
+        <v>2019</v>
       </c>
       <c r="J388" t="s">
-        <v>240</v>
+        <v>568</v>
       </c>
       <c r="K388" t="s">
-        <v>459</v>
+        <v>34</v>
       </c>
       <c r="L388" t="s">
-        <v>433</v>
+        <v>1960</v>
       </c>
       <c r="M388" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N388" t="s">
+        <v>27</v>
+      </c>
+      <c r="O388" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P388" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16">
+      <c r="A389" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C389" t="s">
+        <v>595</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E389" t="s">
+        <v>20</v>
+      </c>
+      <c r="F389" t="s">
+        <v>21</v>
+      </c>
+      <c r="G389" t="s">
+        <v>8</v>
+      </c>
+      <c r="H389">
+        <v>2015</v>
+      </c>
+      <c r="I389">
+        <v>2024</v>
+      </c>
+      <c r="J389" t="s">
+        <v>605</v>
+      </c>
+      <c r="K389" t="s">
+        <v>34</v>
+      </c>
+      <c r="L389"/>
+      <c r="M389" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N389" t="s">
+        <v>27</v>
+      </c>
+      <c r="O389" t="s">
+        <v>1964</v>
+      </c>
+      <c r="P389" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16">
+      <c r="A390" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C390" t="s">
+        <v>612</v>
+      </c>
+      <c r="D390" t="s">
+        <v>424</v>
+      </c>
+      <c r="E390" t="s">
+        <v>20</v>
+      </c>
+      <c r="F390" t="s">
+        <v>21</v>
+      </c>
+      <c r="G390" t="s">
+        <v>22</v>
+      </c>
+      <c r="H390">
+        <v>2002</v>
+      </c>
+      <c r="I390">
+        <v>2006</v>
+      </c>
+      <c r="J390" t="s">
+        <v>620</v>
+      </c>
+      <c r="K390" t="s">
+        <v>34</v>
+      </c>
+      <c r="L390" t="s">
+        <v>631</v>
+      </c>
+      <c r="M390" t="s">
+        <v>614</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
+        <v>1967</v>
+      </c>
+      <c r="P390" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16">
+      <c r="A391" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B391" t="s">
+        <v>107</v>
+      </c>
+      <c r="C391" t="s">
+        <v>80</v>
+      </c>
+      <c r="D391" t="s">
+        <v>345</v>
+      </c>
+      <c r="E391" t="s">
+        <v>20</v>
+      </c>
+      <c r="F391" t="s">
+        <v>21</v>
+      </c>
+      <c r="G391" t="s">
+        <v>22</v>
+      </c>
+      <c r="H391">
+        <v>2003</v>
+      </c>
+      <c r="I391">
+        <v>2018</v>
+      </c>
+      <c r="J391" t="s">
+        <v>90</v>
+      </c>
+      <c r="K391" t="s">
+        <v>34</v>
+      </c>
+      <c r="L391" t="s">
+        <v>1969</v>
+      </c>
+      <c r="M391" t="s">
+        <v>84</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
+        <v>1970</v>
+      </c>
+      <c r="P391" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16">
+      <c r="A392" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C392" t="s">
+        <v>80</v>
+      </c>
+      <c r="D392" t="s">
+        <v>468</v>
+      </c>
+      <c r="E392" t="s">
+        <v>20</v>
+      </c>
+      <c r="F392" t="s">
+        <v>21</v>
+      </c>
+      <c r="G392" t="s">
+        <v>22</v>
+      </c>
+      <c r="H392">
+        <v>2005</v>
+      </c>
+      <c r="I392">
+        <v>2018</v>
+      </c>
+      <c r="J392" t="s">
+        <v>90</v>
+      </c>
+      <c r="K392" t="s">
+        <v>334</v>
+      </c>
+      <c r="L392" t="s">
+        <v>1973</v>
+      </c>
+      <c r="M392" t="s">
+        <v>84</v>
+      </c>
+      <c r="N392" t="s">
+        <v>27</v>
+      </c>
+      <c r="O392" t="s">
+        <v>1974</v>
+      </c>
+      <c r="P392" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16">
+      <c r="A393" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B393" t="s">
+        <v>678</v>
+      </c>
+      <c r="C393" t="s">
+        <v>612</v>
+      </c>
+      <c r="D393" t="s">
+        <v>679</v>
+      </c>
+      <c r="E393" t="s">
+        <v>20</v>
+      </c>
+      <c r="F393" t="s">
+        <v>21</v>
+      </c>
+      <c r="G393" t="s">
+        <v>22</v>
+      </c>
+      <c r="H393">
+        <v>2001</v>
+      </c>
+      <c r="I393">
+        <v>2010</v>
+      </c>
+      <c r="J393" t="s">
+        <v>620</v>
+      </c>
+      <c r="K393" t="s">
+        <v>334</v>
+      </c>
+      <c r="L393" t="s">
+        <v>680</v>
+      </c>
+      <c r="M393" t="s">
+        <v>614</v>
+      </c>
+      <c r="N393" t="s">
+        <v>27</v>
+      </c>
+      <c r="O393" t="s">
+        <v>1976</v>
+      </c>
+      <c r="P393" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16">
+      <c r="A394" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D394" t="s">
+        <v>135</v>
+      </c>
+      <c r="E394" t="s">
+        <v>20</v>
+      </c>
+      <c r="F394" t="s">
+        <v>21</v>
+      </c>
+      <c r="G394" t="s">
+        <v>63</v>
+      </c>
+      <c r="H394">
+        <v>2018</v>
+      </c>
+      <c r="I394"/>
+      <c r="J394" t="s">
+        <v>538</v>
+      </c>
+      <c r="K394" t="s">
+        <v>34</v>
+      </c>
+      <c r="L394" t="s">
+        <v>1979</v>
+      </c>
+      <c r="M394" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
+        <v>1980</v>
+      </c>
+      <c r="P394" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16">
+      <c r="A395" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B395" t="s">
+        <v>683</v>
+      </c>
+      <c r="C395" t="s">
+        <v>612</v>
+      </c>
+      <c r="D395" t="s">
+        <v>135</v>
+      </c>
+      <c r="E395" t="s">
+        <v>20</v>
+      </c>
+      <c r="F395" t="s">
+        <v>21</v>
+      </c>
+      <c r="G395" t="s">
+        <v>22</v>
+      </c>
+      <c r="H395">
+        <v>2009</v>
+      </c>
+      <c r="I395">
+        <v>2014</v>
+      </c>
+      <c r="J395" t="s">
+        <v>82</v>
+      </c>
+      <c r="K395" t="s">
+        <v>34</v>
+      </c>
+      <c r="L395" t="s">
+        <v>684</v>
+      </c>
+      <c r="M395" t="s">
+        <v>614</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
+        <v>1981</v>
+      </c>
+      <c r="P395" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16">
+      <c r="A396" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C396" t="s">
+        <v>612</v>
+      </c>
+      <c r="D396" t="s">
+        <v>690</v>
+      </c>
+      <c r="E396" t="s">
+        <v>20</v>
+      </c>
+      <c r="F396" t="s">
+        <v>21</v>
+      </c>
+      <c r="G396" t="s">
+        <v>63</v>
+      </c>
+      <c r="H396">
+        <v>2004</v>
+      </c>
+      <c r="I396"/>
+      <c r="J396" t="s">
+        <v>82</v>
+      </c>
+      <c r="K396" t="s">
+        <v>34</v>
+      </c>
+      <c r="L396" t="s">
+        <v>691</v>
+      </c>
+      <c r="M396" t="s">
+        <v>614</v>
+      </c>
+      <c r="N396" t="s">
+        <v>27</v>
+      </c>
+      <c r="O396" t="s">
+        <v>1985</v>
+      </c>
+      <c r="P396" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16">
+      <c r="A397" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C397" t="s">
+        <v>80</v>
+      </c>
+      <c r="D397" t="s">
+        <v>102</v>
+      </c>
+      <c r="E397" t="s">
+        <v>20</v>
+      </c>
+      <c r="F397" t="s">
+        <v>21</v>
+      </c>
+      <c r="G397" t="s">
+        <v>499</v>
+      </c>
+      <c r="H397"/>
+      <c r="I397"/>
+      <c r="J397" t="s">
+        <v>82</v>
+      </c>
+      <c r="K397" t="s">
+        <v>34</v>
+      </c>
+      <c r="L397" t="s">
+        <v>1988</v>
+      </c>
+      <c r="M397" t="s">
+        <v>84</v>
+      </c>
+      <c r="N397" t="s">
+        <v>27</v>
+      </c>
+      <c r="O397" t="s">
+        <v>1989</v>
+      </c>
+      <c r="P397" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16">
+      <c r="A398" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D398" t="s">
+        <v>118</v>
+      </c>
+      <c r="E398" t="s">
+        <v>20</v>
+      </c>
+      <c r="F398" t="s">
+        <v>21</v>
+      </c>
+      <c r="G398" t="s">
+        <v>63</v>
+      </c>
+      <c r="H398">
+        <v>2018</v>
+      </c>
+      <c r="I398"/>
+      <c r="J398" t="s">
+        <v>538</v>
+      </c>
+      <c r="K398" t="s">
+        <v>34</v>
+      </c>
+      <c r="L398" t="s">
+        <v>1992</v>
+      </c>
+      <c r="M398" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N398" t="s">
+        <v>27</v>
+      </c>
+      <c r="O398" t="s">
+        <v>1993</v>
+      </c>
+      <c r="P398" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16">
+      <c r="A399" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C399" t="s">
+        <v>612</v>
+      </c>
+      <c r="D399" t="s">
+        <v>218</v>
+      </c>
+      <c r="E399" t="s">
+        <v>20</v>
+      </c>
+      <c r="F399" t="s">
+        <v>21</v>
+      </c>
+      <c r="G399" t="s">
+        <v>22</v>
+      </c>
+      <c r="H399">
+        <v>2010</v>
+      </c>
+      <c r="I399">
+        <v>2012</v>
+      </c>
+      <c r="J399" t="s">
+        <v>82</v>
+      </c>
+      <c r="K399" t="s">
+        <v>34</v>
+      </c>
+      <c r="L399"/>
+      <c r="M399" t="s">
+        <v>614</v>
+      </c>
+      <c r="N399" t="s">
+        <v>27</v>
+      </c>
+      <c r="O399" t="s">
+        <v>1996</v>
+      </c>
+      <c r="P399" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16">
+      <c r="A400" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C400" t="s">
+        <v>595</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E400" t="s">
+        <v>20</v>
+      </c>
+      <c r="F400" t="s">
+        <v>21</v>
+      </c>
+      <c r="G400" t="s">
+        <v>582</v>
+      </c>
+      <c r="H400">
+        <v>2024</v>
+      </c>
+      <c r="I400"/>
+      <c r="J400" t="s">
+        <v>605</v>
+      </c>
+      <c r="K400" t="s">
+        <v>34</v>
+      </c>
+      <c r="L400"/>
+      <c r="M400" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N400" t="s">
+        <v>27</v>
+      </c>
+      <c r="O400" t="s">
+        <v>1999</v>
+      </c>
+      <c r="P400" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16">
+      <c r="A401" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B401" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C401" t="s">
+        <v>612</v>
+      </c>
+      <c r="D401" t="s">
+        <v>374</v>
+      </c>
+      <c r="E401" t="s">
+        <v>20</v>
+      </c>
+      <c r="F401" t="s">
+        <v>21</v>
+      </c>
+      <c r="G401" t="s">
+        <v>22</v>
+      </c>
+      <c r="H401">
+        <v>1992</v>
+      </c>
+      <c r="I401">
+        <v>2004</v>
+      </c>
+      <c r="J401" t="s">
+        <v>82</v>
+      </c>
+      <c r="K401" t="s">
+        <v>34</v>
+      </c>
+      <c r="L401" t="s">
+        <v>658</v>
+      </c>
+      <c r="M401" t="s">
+        <v>614</v>
+      </c>
+      <c r="N401" t="s">
+        <v>27</v>
+      </c>
+      <c r="O401" t="s">
+        <v>2002</v>
+      </c>
+      <c r="P401" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16">
+      <c r="A402" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B402" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C402" t="s">
+        <v>595</v>
+      </c>
+      <c r="D402" t="s">
+        <v>374</v>
+      </c>
+      <c r="E402" t="s">
+        <v>20</v>
+      </c>
+      <c r="F402" t="s">
+        <v>21</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H402">
+        <v>2011</v>
+      </c>
+      <c r="I402">
+        <v>2022</v>
+      </c>
+      <c r="J402" t="s">
+        <v>568</v>
+      </c>
+      <c r="K402" t="s">
+        <v>34</v>
+      </c>
+      <c r="L402" t="s">
+        <v>2006</v>
+      </c>
+      <c r="M402" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N402" t="s">
+        <v>27</v>
+      </c>
+      <c r="O402" t="s">
+        <v>2007</v>
+      </c>
+      <c r="P402" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16">
+      <c r="A403" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B403" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C403" t="s">
+        <v>595</v>
+      </c>
+      <c r="D403" t="s">
+        <v>374</v>
+      </c>
+      <c r="E403" t="s">
+        <v>20</v>
+      </c>
+      <c r="F403" t="s">
+        <v>21</v>
+      </c>
+      <c r="G403" t="s">
+        <v>8</v>
+      </c>
+      <c r="H403">
+        <v>2011</v>
+      </c>
+      <c r="I403">
+        <v>2025</v>
+      </c>
+      <c r="J403" t="s">
+        <v>605</v>
+      </c>
+      <c r="K403" t="s">
+        <v>34</v>
+      </c>
+      <c r="L403"/>
+      <c r="M403" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N403" t="s">
+        <v>27</v>
+      </c>
+      <c r="O403" t="s">
+        <v>2010</v>
+      </c>
+      <c r="P403" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16">
+      <c r="A404" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B404" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C404" t="s">
+        <v>80</v>
+      </c>
+      <c r="D404" t="s">
+        <v>284</v>
+      </c>
+      <c r="E404" t="s">
+        <v>20</v>
+      </c>
+      <c r="F404" t="s">
+        <v>21</v>
+      </c>
+      <c r="G404" t="s">
+        <v>63</v>
+      </c>
+      <c r="H404">
+        <v>2008</v>
+      </c>
+      <c r="I404"/>
+      <c r="J404" t="s">
+        <v>90</v>
+      </c>
+      <c r="K404" t="s">
+        <v>34</v>
+      </c>
+      <c r="L404" t="s">
+        <v>2013</v>
+      </c>
+      <c r="M404" t="s">
+        <v>84</v>
+      </c>
+      <c r="N404" t="s">
+        <v>27</v>
+      </c>
+      <c r="O404" t="s">
+        <v>2014</v>
+      </c>
+      <c r="P404" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16">
+      <c r="A405" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B405" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C405" t="s">
+        <v>612</v>
+      </c>
+      <c r="D405" t="s">
+        <v>284</v>
+      </c>
+      <c r="E405" t="s">
+        <v>20</v>
+      </c>
+      <c r="F405" t="s">
+        <v>21</v>
+      </c>
+      <c r="G405" t="s">
+        <v>22</v>
+      </c>
+      <c r="H405">
+        <v>2015</v>
+      </c>
+      <c r="I405">
+        <v>2019</v>
+      </c>
+      <c r="J405" t="s">
+        <v>73</v>
+      </c>
+      <c r="K405" t="s">
+        <v>34</v>
+      </c>
+      <c r="L405"/>
+      <c r="M405" t="s">
+        <v>1939</v>
+      </c>
+      <c r="N405" t="s">
+        <v>27</v>
+      </c>
+      <c r="O405" t="s">
+        <v>2018</v>
+      </c>
+      <c r="P405" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16">
+      <c r="A406" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B406" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C406" t="s">
+        <v>595</v>
+      </c>
+      <c r="D406" t="s">
+        <v>161</v>
+      </c>
+      <c r="E406" t="s">
+        <v>20</v>
+      </c>
+      <c r="F406" t="s">
+        <v>21</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H406">
+        <v>2011</v>
+      </c>
+      <c r="I406">
+        <v>2022</v>
+      </c>
+      <c r="J406" t="s">
+        <v>568</v>
+      </c>
+      <c r="K406" t="s">
+        <v>34</v>
+      </c>
+      <c r="L406" t="s">
+        <v>2022</v>
+      </c>
+      <c r="M406" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N406" t="s">
+        <v>27</v>
+      </c>
+      <c r="O406" t="s">
+        <v>2023</v>
+      </c>
+      <c r="P406" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16">
+      <c r="A407" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B407" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C407" t="s">
+        <v>595</v>
+      </c>
+      <c r="D407" t="s">
+        <v>161</v>
+      </c>
+      <c r="E407" t="s">
+        <v>20</v>
+      </c>
+      <c r="F407" t="s">
+        <v>21</v>
+      </c>
+      <c r="G407" t="s">
+        <v>22</v>
+      </c>
+      <c r="H407">
+        <v>2011</v>
+      </c>
+      <c r="I407">
+        <v>2025</v>
+      </c>
+      <c r="J407" t="s">
+        <v>605</v>
+      </c>
+      <c r="K407" t="s">
+        <v>34</v>
+      </c>
+      <c r="L407"/>
+      <c r="M407" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N407" t="s">
+        <v>27</v>
+      </c>
+      <c r="O407" t="s">
+        <v>2026</v>
+      </c>
+      <c r="P407" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16">
+      <c r="A408" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B408" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C408" t="s">
+        <v>612</v>
+      </c>
+      <c r="D408" t="s">
+        <v>284</v>
+      </c>
+      <c r="E408" t="s">
+        <v>20</v>
+      </c>
+      <c r="F408" t="s">
+        <v>21</v>
+      </c>
+      <c r="G408" t="s">
+        <v>63</v>
+      </c>
+      <c r="H408">
+        <v>2015</v>
+      </c>
+      <c r="I408"/>
+      <c r="J408" t="s">
+        <v>620</v>
+      </c>
+      <c r="K408" t="s">
+        <v>34</v>
+      </c>
+      <c r="L408"/>
+      <c r="M408" t="s">
+        <v>614</v>
+      </c>
+      <c r="N408" t="s">
+        <v>27</v>
+      </c>
+      <c r="O408" t="s">
+        <v>2029</v>
+      </c>
+      <c r="P408" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16">
+      <c r="A409" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B409" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C409" t="s">
+        <v>612</v>
+      </c>
+      <c r="D409" t="s">
+        <v>258</v>
+      </c>
+      <c r="E409" t="s">
+        <v>20</v>
+      </c>
+      <c r="F409" t="s">
+        <v>21</v>
+      </c>
+      <c r="G409" t="s">
+        <v>22</v>
+      </c>
+      <c r="H409">
+        <v>2012</v>
+      </c>
+      <c r="I409">
+        <v>2012</v>
+      </c>
+      <c r="J409" t="s">
+        <v>620</v>
+      </c>
+      <c r="K409" t="s">
+        <v>34</v>
+      </c>
+      <c r="L409"/>
+      <c r="M409" t="s">
+        <v>614</v>
+      </c>
+      <c r="N409" t="s">
+        <v>27</v>
+      </c>
+      <c r="O409" t="s">
+        <v>2032</v>
+      </c>
+      <c r="P409" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16">
+      <c r="A410" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B410" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C410" t="s">
+        <v>595</v>
+      </c>
+      <c r="D410" t="s">
+        <v>258</v>
+      </c>
+      <c r="E410" t="s">
+        <v>20</v>
+      </c>
+      <c r="F410" t="s">
+        <v>21</v>
+      </c>
+      <c r="G410" t="s">
+        <v>63</v>
+      </c>
+      <c r="H410">
+        <v>2024</v>
+      </c>
+      <c r="I410"/>
+      <c r="J410" t="s">
+        <v>605</v>
+      </c>
+      <c r="K410" t="s">
+        <v>34</v>
+      </c>
+      <c r="L410"/>
+      <c r="M410" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N410" t="s">
+        <v>27</v>
+      </c>
+      <c r="O410" t="s">
+        <v>2035</v>
+      </c>
+      <c r="P410" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16">
+      <c r="A411" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B411" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C411" t="s">
+        <v>595</v>
+      </c>
+      <c r="D411" t="s">
+        <v>130</v>
+      </c>
+      <c r="E411" t="s">
+        <v>20</v>
+      </c>
+      <c r="F411" t="s">
+        <v>21</v>
+      </c>
+      <c r="G411" t="s">
+        <v>582</v>
+      </c>
+      <c r="H411">
+        <v>2018</v>
+      </c>
+      <c r="I411"/>
+      <c r="J411" t="s">
+        <v>568</v>
+      </c>
+      <c r="K411" t="s">
+        <v>34</v>
+      </c>
+      <c r="L411" t="s">
+        <v>2038</v>
+      </c>
+      <c r="M411" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N411" t="s">
+        <v>36</v>
+      </c>
+      <c r="O411" t="s">
+        <v>2039</v>
+      </c>
+      <c r="P411" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16">
+      <c r="A412" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B412" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C412" t="s">
+        <v>595</v>
+      </c>
+      <c r="D412" t="s">
+        <v>218</v>
+      </c>
+      <c r="E412" t="s">
+        <v>20</v>
+      </c>
+      <c r="F412" t="s">
+        <v>21</v>
+      </c>
+      <c r="G412" t="s">
+        <v>582</v>
+      </c>
+      <c r="H412">
+        <v>2021</v>
+      </c>
+      <c r="I412"/>
+      <c r="J412" t="s">
+        <v>568</v>
+      </c>
+      <c r="K412" t="s">
+        <v>34</v>
+      </c>
+      <c r="L412" t="s">
+        <v>2042</v>
+      </c>
+      <c r="M412" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N412" t="s">
+        <v>27</v>
+      </c>
+      <c r="O412" t="s">
+        <v>2043</v>
+      </c>
+      <c r="P412" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16">
+      <c r="A413" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B413" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C413" t="s">
+        <v>612</v>
+      </c>
+      <c r="D413" t="s">
+        <v>380</v>
+      </c>
+      <c r="E413" t="s">
+        <v>20</v>
+      </c>
+      <c r="F413" t="s">
+        <v>21</v>
+      </c>
+      <c r="G413" t="s">
+        <v>22</v>
+      </c>
+      <c r="H413">
+        <v>2012</v>
+      </c>
+      <c r="I413">
+        <v>2016</v>
+      </c>
+      <c r="J413" t="s">
+        <v>620</v>
+      </c>
+      <c r="K413" t="s">
+        <v>34</v>
+      </c>
+      <c r="L413"/>
+      <c r="M413" t="s">
+        <v>614</v>
+      </c>
+      <c r="N413" t="s">
+        <v>27</v>
+      </c>
+      <c r="O413" t="s">
+        <v>2046</v>
+      </c>
+      <c r="P413" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16">
+      <c r="A414" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B414" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C414" t="s">
+        <v>612</v>
+      </c>
+      <c r="D414" t="s">
+        <v>380</v>
+      </c>
+      <c r="E414" t="s">
+        <v>20</v>
+      </c>
+      <c r="F414" t="s">
+        <v>21</v>
+      </c>
+      <c r="G414" t="s">
+        <v>22</v>
+      </c>
+      <c r="H414">
+        <v>2012</v>
+      </c>
+      <c r="I414">
+        <v>2015</v>
+      </c>
+      <c r="J414" t="s">
+        <v>620</v>
+      </c>
+      <c r="K414" t="s">
+        <v>34</v>
+      </c>
+      <c r="L414"/>
+      <c r="M414" t="s">
+        <v>614</v>
+      </c>
+      <c r="N414" t="s">
+        <v>27</v>
+      </c>
+      <c r="O414" t="s">
+        <v>2048</v>
+      </c>
+      <c r="P414" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16">
+      <c r="A415" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B415" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C415" t="s">
+        <v>612</v>
+      </c>
+      <c r="D415" t="s">
+        <v>702</v>
+      </c>
+      <c r="E415" t="s">
+        <v>20</v>
+      </c>
+      <c r="F415" t="s">
+        <v>21</v>
+      </c>
+      <c r="G415" t="s">
+        <v>63</v>
+      </c>
+      <c r="H415">
+        <v>2009</v>
+      </c>
+      <c r="I415"/>
+      <c r="J415" t="s">
+        <v>620</v>
+      </c>
+      <c r="K415" t="s">
+        <v>34</v>
+      </c>
+      <c r="L415" t="s">
+        <v>703</v>
+      </c>
+      <c r="M415" t="s">
+        <v>614</v>
+      </c>
+      <c r="N415" t="s">
+        <v>27</v>
+      </c>
+      <c r="O415" t="s">
+        <v>2051</v>
+      </c>
+      <c r="P415" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16">
+      <c r="A416" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B416" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C416" t="s">
+        <v>612</v>
+      </c>
+      <c r="D416" t="s">
+        <v>424</v>
+      </c>
+      <c r="E416" t="s">
+        <v>20</v>
+      </c>
+      <c r="F416" t="s">
+        <v>21</v>
+      </c>
+      <c r="G416" t="s">
+        <v>22</v>
+      </c>
+      <c r="H416">
+        <v>2002</v>
+      </c>
+      <c r="I416">
+        <v>2004</v>
+      </c>
+      <c r="J416" t="s">
+        <v>620</v>
+      </c>
+      <c r="K416" t="s">
+        <v>34</v>
+      </c>
+      <c r="L416" t="s">
+        <v>631</v>
+      </c>
+      <c r="M416" t="s">
+        <v>614</v>
+      </c>
+      <c r="N416" t="s">
+        <v>27</v>
+      </c>
+      <c r="O416" t="s">
+        <v>2054</v>
+      </c>
+      <c r="P416" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16">
+      <c r="A417" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B417" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C417" t="s">
+        <v>595</v>
+      </c>
+      <c r="D417" t="s">
+        <v>468</v>
+      </c>
+      <c r="E417" t="s">
+        <v>20</v>
+      </c>
+      <c r="F417" t="s">
+        <v>21</v>
+      </c>
+      <c r="G417" t="s">
+        <v>63</v>
+      </c>
+      <c r="H417">
+        <v>2025</v>
+      </c>
+      <c r="I417"/>
+      <c r="J417" t="s">
+        <v>605</v>
+      </c>
+      <c r="K417" t="s">
+        <v>34</v>
+      </c>
+      <c r="L417"/>
+      <c r="M417" t="s">
+        <v>1803</v>
+      </c>
+      <c r="N417" t="s">
+        <v>27</v>
+      </c>
+      <c r="O417" t="s">
+        <v>2057</v>
+      </c>
+      <c r="P417" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16">
+      <c r="A418" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B418" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C418" t="s">
+        <v>612</v>
+      </c>
+      <c r="D418" t="s">
+        <v>195</v>
+      </c>
+      <c r="E418" t="s">
+        <v>20</v>
+      </c>
+      <c r="F418" t="s">
+        <v>21</v>
+      </c>
+      <c r="G418" t="s">
+        <v>499</v>
+      </c>
+      <c r="H418"/>
+      <c r="I418"/>
+      <c r="J418" t="s">
+        <v>620</v>
+      </c>
+      <c r="K418" t="s">
+        <v>197</v>
+      </c>
+      <c r="L418"/>
+      <c r="M418" t="s">
+        <v>614</v>
+      </c>
+      <c r="N418" t="s">
+        <v>27</v>
+      </c>
+      <c r="O418" t="s">
+        <v>2060</v>
+      </c>
+      <c r="P418" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16">
+      <c r="A419" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B419" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C419" t="s">
+        <v>80</v>
+      </c>
+      <c r="D419" t="s">
+        <v>130</v>
+      </c>
+      <c r="E419" t="s">
+        <v>20</v>
+      </c>
+      <c r="F419" t="s">
+        <v>21</v>
+      </c>
+      <c r="G419" t="s">
+        <v>22</v>
+      </c>
+      <c r="H419">
+        <v>2002</v>
+      </c>
+      <c r="I419">
+        <v>2006</v>
+      </c>
+      <c r="J419" t="s">
+        <v>90</v>
+      </c>
+      <c r="K419" t="s">
+        <v>34</v>
+      </c>
+      <c r="L419" t="s">
+        <v>2063</v>
+      </c>
+      <c r="M419" t="s">
+        <v>84</v>
+      </c>
+      <c r="N419" t="s">
+        <v>27</v>
+      </c>
+      <c r="O419" t="s">
+        <v>2064</v>
+      </c>
+      <c r="P419" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16">
+      <c r="A420" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B420" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C420" t="s">
+        <v>80</v>
+      </c>
+      <c r="D420" t="s">
+        <v>380</v>
+      </c>
+      <c r="E420" t="s">
+        <v>20</v>
+      </c>
+      <c r="F420" t="s">
+        <v>21</v>
+      </c>
+      <c r="G420" t="s">
+        <v>22</v>
+      </c>
+      <c r="H420">
+        <v>2004</v>
+      </c>
+      <c r="I420">
+        <v>2011</v>
+      </c>
+      <c r="J420" t="s">
+        <v>90</v>
+      </c>
+      <c r="K420" t="s">
+        <v>34</v>
+      </c>
+      <c r="L420" t="s">
+        <v>2068</v>
+      </c>
+      <c r="M420" t="s">
+        <v>84</v>
+      </c>
+      <c r="N420" t="s">
+        <v>27</v>
+      </c>
+      <c r="O420" t="s">
+        <v>2069</v>
+      </c>
+      <c r="P420" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16">
+      <c r="A421" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B421" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C421" t="s">
+        <v>41</v>
+      </c>
+      <c r="D421" t="s">
+        <v>667</v>
+      </c>
+      <c r="E421" t="s">
+        <v>20</v>
+      </c>
+      <c r="F421" t="s">
+        <v>43</v>
+      </c>
+      <c r="G421" t="s">
+        <v>63</v>
+      </c>
+      <c r="H421">
+        <v>2021</v>
+      </c>
+      <c r="I421"/>
+      <c r="J421" t="s">
+        <v>73</v>
+      </c>
+      <c r="K421" t="s">
+        <v>34</v>
+      </c>
+      <c r="L421" t="s">
+        <v>2073</v>
+      </c>
+      <c r="M421" t="s">
+        <v>2074</v>
+      </c>
+      <c r="N421" t="s">
+        <v>27</v>
+      </c>
+      <c r="O421" t="s">
+        <v>2075</v>
+      </c>
+      <c r="P421" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16">
+      <c r="A422" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B422" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C422" t="s">
+        <v>41</v>
+      </c>
+      <c r="D422" t="s">
+        <v>374</v>
+      </c>
+      <c r="E422" t="s">
+        <v>20</v>
+      </c>
+      <c r="F422" t="s">
+        <v>43</v>
+      </c>
+      <c r="G422" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H422">
+        <v>2021</v>
+      </c>
+      <c r="I422"/>
+      <c r="J422" t="s">
+        <v>73</v>
+      </c>
+      <c r="K422" t="s">
+        <v>34</v>
+      </c>
+      <c r="L422" t="s">
+        <v>2080</v>
+      </c>
+      <c r="M422" t="s">
+        <v>2074</v>
+      </c>
+      <c r="N422" t="s">
+        <v>27</v>
+      </c>
+      <c r="O422" t="s">
+        <v>2081</v>
+      </c>
+      <c r="P422" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16">
+      <c r="A423" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B423" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C423" t="s">
+        <v>41</v>
+      </c>
+      <c r="D423" t="s">
+        <v>318</v>
+      </c>
+      <c r="E423" t="s">
+        <v>20</v>
+      </c>
+      <c r="F423" t="s">
+        <v>43</v>
+      </c>
+      <c r="G423" t="s">
+        <v>63</v>
+      </c>
+      <c r="H423">
+        <v>2021</v>
+      </c>
+      <c r="I423"/>
+      <c r="J423" t="s">
+        <v>73</v>
+      </c>
+      <c r="K423" t="s">
+        <v>34</v>
+      </c>
+      <c r="L423" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M423" t="s">
+        <v>2074</v>
+      </c>
+      <c r="N423" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" t="s">
+        <v>2086</v>
+      </c>
+      <c r="P423" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16">
+      <c r="A424" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B424" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C424" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D424" t="s">
+        <v>374</v>
+      </c>
+      <c r="E424" t="s">
+        <v>20</v>
+      </c>
+      <c r="F424" t="s">
+        <v>43</v>
+      </c>
+      <c r="G424" t="s">
+        <v>63</v>
+      </c>
+      <c r="H424">
+        <v>2024</v>
+      </c>
+      <c r="I424"/>
+      <c r="J424" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K424" t="s">
+        <v>34</v>
+      </c>
+      <c r="L424" t="s">
+        <v>2091</v>
+      </c>
+      <c r="M424" t="s">
+        <v>2092</v>
+      </c>
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
+        <v>2093</v>
+      </c>
+      <c r="P424" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16">
+      <c r="A425" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B425"/>
+      <c r="C425" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D425" t="s">
+        <v>367</v>
+      </c>
+      <c r="E425" t="s">
+        <v>20</v>
+      </c>
+      <c r="F425" t="s">
+        <v>21</v>
+      </c>
+      <c r="G425" t="s">
+        <v>63</v>
+      </c>
+      <c r="H425">
+        <v>2021</v>
+      </c>
+      <c r="I425"/>
+      <c r="J425" t="s">
+        <v>73</v>
+      </c>
+      <c r="K425" t="s">
+        <v>34</v>
+      </c>
+      <c r="L425"/>
+      <c r="M425" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N425" t="s">
+        <v>27</v>
+      </c>
+      <c r="O425" t="s">
+        <v>2098</v>
+      </c>
+      <c r="P425" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="426" spans="1:16">
+      <c r="A426" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B426" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C426" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D426" t="s">
+        <v>96</v>
+      </c>
+      <c r="E426" t="s">
+        <v>20</v>
+      </c>
+      <c r="F426" t="s">
+        <v>21</v>
+      </c>
+      <c r="G426" t="s">
+        <v>22</v>
+      </c>
+      <c r="H426">
+        <v>2003</v>
+      </c>
+      <c r="I426">
+        <v>2005</v>
+      </c>
+      <c r="J426" t="s">
+        <v>73</v>
+      </c>
+      <c r="K426" t="s">
+        <v>34</v>
+      </c>
+      <c r="L426"/>
+      <c r="M426" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N426" t="s">
+        <v>27</v>
+      </c>
+      <c r="O426" t="s">
+        <v>2102</v>
+      </c>
+      <c r="P426" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16">
+      <c r="A427" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B427" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C427" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D427" t="s">
+        <v>679</v>
+      </c>
+      <c r="E427" t="s">
+        <v>20</v>
+      </c>
+      <c r="F427" t="s">
+        <v>21</v>
+      </c>
+      <c r="G427" t="s">
+        <v>63</v>
+      </c>
+      <c r="H427">
+        <v>2003</v>
+      </c>
+      <c r="I427"/>
+      <c r="J427" t="s">
+        <v>73</v>
+      </c>
+      <c r="K427" t="s">
         <v>24</v>
       </c>
-      <c r="N388" t="s">
-[...22 lines deleted...]
-      <c r="G389">
+      <c r="L427"/>
+      <c r="M427" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N427" t="s">
+        <v>36</v>
+      </c>
+      <c r="O427" t="s">
+        <v>2105</v>
+      </c>
+      <c r="P427" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16">
+      <c r="A428" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B428" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C428" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D428" t="s">
+        <v>491</v>
+      </c>
+      <c r="E428" t="s">
+        <v>20</v>
+      </c>
+      <c r="F428" t="s">
+        <v>21</v>
+      </c>
+      <c r="G428" t="s">
+        <v>63</v>
+      </c>
+      <c r="H428">
+        <v>2018</v>
+      </c>
+      <c r="I428"/>
+      <c r="J428" t="s">
+        <v>73</v>
+      </c>
+      <c r="K428" t="s">
+        <v>34</v>
+      </c>
+      <c r="L428"/>
+      <c r="M428" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N428" t="s">
+        <v>27</v>
+      </c>
+      <c r="O428" t="s">
+        <v>2108</v>
+      </c>
+      <c r="P428" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16">
+      <c r="A429" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B429" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C429" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D429" t="s">
+        <v>491</v>
+      </c>
+      <c r="E429" t="s">
+        <v>20</v>
+      </c>
+      <c r="F429" t="s">
+        <v>21</v>
+      </c>
+      <c r="G429" t="s">
+        <v>63</v>
+      </c>
+      <c r="H429">
+        <v>2016</v>
+      </c>
+      <c r="I429"/>
+      <c r="J429" t="s">
+        <v>73</v>
+      </c>
+      <c r="K429" t="s">
+        <v>34</v>
+      </c>
+      <c r="L429"/>
+      <c r="M429" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N429" t="s">
+        <v>27</v>
+      </c>
+      <c r="O429" t="s">
+        <v>2111</v>
+      </c>
+      <c r="P429" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16">
+      <c r="A430" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B430"/>
+      <c r="C430" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D430" t="s">
+        <v>135</v>
+      </c>
+      <c r="E430" t="s">
+        <v>20</v>
+      </c>
+      <c r="F430" t="s">
+        <v>21</v>
+      </c>
+      <c r="G430" t="s">
+        <v>63</v>
+      </c>
+      <c r="H430">
+        <v>2010</v>
+      </c>
+      <c r="I430"/>
+      <c r="J430" t="s">
+        <v>73</v>
+      </c>
+      <c r="K430" t="s">
+        <v>34</v>
+      </c>
+      <c r="L430"/>
+      <c r="M430" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N430" t="s">
+        <v>27</v>
+      </c>
+      <c r="O430" t="s">
+        <v>2113</v>
+      </c>
+      <c r="P430" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16">
+      <c r="A431" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B431"/>
+      <c r="C431" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D431" t="s">
+        <v>619</v>
+      </c>
+      <c r="E431" t="s">
+        <v>20</v>
+      </c>
+      <c r="F431" t="s">
+        <v>21</v>
+      </c>
+      <c r="G431" t="s">
+        <v>22</v>
+      </c>
+      <c r="H431">
+        <v>2011</v>
+      </c>
+      <c r="I431">
+        <v>2018</v>
+      </c>
+      <c r="J431" t="s">
+        <v>73</v>
+      </c>
+      <c r="K431" t="s">
+        <v>34</v>
+      </c>
+      <c r="L431"/>
+      <c r="M431" t="s">
+        <v>2115</v>
+      </c>
+      <c r="N431" t="s">
+        <v>27</v>
+      </c>
+      <c r="O431" t="s">
+        <v>2116</v>
+      </c>
+      <c r="P431" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16">
+      <c r="A432" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B432"/>
+      <c r="C432" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D432" t="s">
+        <v>747</v>
+      </c>
+      <c r="E432" t="s">
+        <v>20</v>
+      </c>
+      <c r="F432" t="s">
+        <v>21</v>
+      </c>
+      <c r="G432" t="s">
+        <v>63</v>
+      </c>
+      <c r="H432">
+        <v>2011</v>
+      </c>
+      <c r="I432">
+        <v>2016</v>
+      </c>
+      <c r="J432" t="s">
+        <v>73</v>
+      </c>
+      <c r="K432" t="s">
+        <v>34</v>
+      </c>
+      <c r="L432"/>
+      <c r="M432" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N432" t="s">
+        <v>27</v>
+      </c>
+      <c r="O432" t="s">
+        <v>2118</v>
+      </c>
+      <c r="P432" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16">
+      <c r="A433" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B433"/>
+      <c r="C433" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D433" t="s">
+        <v>174</v>
+      </c>
+      <c r="E433" t="s">
+        <v>20</v>
+      </c>
+      <c r="F433" t="s">
+        <v>21</v>
+      </c>
+      <c r="G433" t="s">
+        <v>63</v>
+      </c>
+      <c r="H433">
         <v>2015</v>
       </c>
-      <c r="H389">
+      <c r="I433"/>
+      <c r="J433" t="s">
+        <v>73</v>
+      </c>
+      <c r="K433" t="s">
+        <v>34</v>
+      </c>
+      <c r="L433"/>
+      <c r="M433" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N433" t="s">
+        <v>27</v>
+      </c>
+      <c r="O433" t="s">
+        <v>2120</v>
+      </c>
+      <c r="P433" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="434" spans="1:16">
+      <c r="A434" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B434"/>
+      <c r="C434" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D434" t="s">
+        <v>345</v>
+      </c>
+      <c r="E434" t="s">
+        <v>20</v>
+      </c>
+      <c r="F434" t="s">
+        <v>21</v>
+      </c>
+      <c r="G434" t="s">
+        <v>63</v>
+      </c>
+      <c r="H434">
+        <v>2015</v>
+      </c>
+      <c r="I434"/>
+      <c r="J434" t="s">
+        <v>73</v>
+      </c>
+      <c r="K434" t="s">
+        <v>34</v>
+      </c>
+      <c r="L434"/>
+      <c r="M434" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N434" t="s">
+        <v>27</v>
+      </c>
+      <c r="O434" t="s">
+        <v>2122</v>
+      </c>
+      <c r="P434" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="435" spans="1:16">
+      <c r="A435" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B435" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C435" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E435" t="s">
+        <v>20</v>
+      </c>
+      <c r="F435" t="s">
+        <v>21</v>
+      </c>
+      <c r="G435" t="s">
+        <v>22</v>
+      </c>
+      <c r="H435">
+        <v>2001</v>
+      </c>
+      <c r="I435">
+        <v>2018</v>
+      </c>
+      <c r="J435" t="s">
+        <v>73</v>
+      </c>
+      <c r="K435" t="s">
+        <v>34</v>
+      </c>
+      <c r="L435"/>
+      <c r="M435" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N435" t="s">
+        <v>27</v>
+      </c>
+      <c r="O435" t="s">
+        <v>2125</v>
+      </c>
+      <c r="P435" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="436" spans="1:16">
+      <c r="A436" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B436"/>
+      <c r="C436" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D436" t="s">
+        <v>139</v>
+      </c>
+      <c r="E436" t="s">
+        <v>20</v>
+      </c>
+      <c r="F436" t="s">
+        <v>21</v>
+      </c>
+      <c r="G436" t="s">
+        <v>63</v>
+      </c>
+      <c r="H436">
+        <v>2009</v>
+      </c>
+      <c r="I436"/>
+      <c r="J436" t="s">
+        <v>73</v>
+      </c>
+      <c r="K436" t="s">
+        <v>34</v>
+      </c>
+      <c r="L436"/>
+      <c r="M436" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N436" t="s">
+        <v>27</v>
+      </c>
+      <c r="O436" t="s">
+        <v>2127</v>
+      </c>
+      <c r="P436" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="437" spans="1:16">
+      <c r="A437" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B437"/>
+      <c r="C437" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D437" t="s">
+        <v>135</v>
+      </c>
+      <c r="E437" t="s">
+        <v>20</v>
+      </c>
+      <c r="F437" t="s">
+        <v>21</v>
+      </c>
+      <c r="G437" t="s">
+        <v>63</v>
+      </c>
+      <c r="H437">
+        <v>2012</v>
+      </c>
+      <c r="I437"/>
+      <c r="J437" t="s">
+        <v>73</v>
+      </c>
+      <c r="K437" t="s">
+        <v>34</v>
+      </c>
+      <c r="L437"/>
+      <c r="M437" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N437" t="s">
+        <v>27</v>
+      </c>
+      <c r="O437" t="s">
+        <v>2129</v>
+      </c>
+      <c r="P437" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="438" spans="1:16">
+      <c r="A438" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B438"/>
+      <c r="C438" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E438" t="s">
+        <v>20</v>
+      </c>
+      <c r="F438" t="s">
+        <v>21</v>
+      </c>
+      <c r="G438" t="s">
+        <v>63</v>
+      </c>
+      <c r="H438">
+        <v>2014</v>
+      </c>
+      <c r="I438"/>
+      <c r="J438" t="s">
+        <v>73</v>
+      </c>
+      <c r="K438" t="s">
+        <v>34</v>
+      </c>
+      <c r="L438"/>
+      <c r="M438" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N438" t="s">
+        <v>27</v>
+      </c>
+      <c r="O438" t="s">
+        <v>2131</v>
+      </c>
+      <c r="P438" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="439" spans="1:16">
+      <c r="A439" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B439" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C439" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D439" t="s">
+        <v>574</v>
+      </c>
+      <c r="E439" t="s">
+        <v>20</v>
+      </c>
+      <c r="F439" t="s">
+        <v>21</v>
+      </c>
+      <c r="G439" t="s">
+        <v>63</v>
+      </c>
+      <c r="H439">
+        <v>2002</v>
+      </c>
+      <c r="I439"/>
+      <c r="J439" t="s">
+        <v>73</v>
+      </c>
+      <c r="K439" t="s">
+        <v>34</v>
+      </c>
+      <c r="L439"/>
+      <c r="M439" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N439" t="s">
+        <v>27</v>
+      </c>
+      <c r="O439" t="s">
+        <v>2134</v>
+      </c>
+      <c r="P439"/>
+    </row>
+    <row r="440" spans="1:16">
+      <c r="A440" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B440" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C440" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D440" t="s">
+        <v>130</v>
+      </c>
+      <c r="E440" t="s">
+        <v>20</v>
+      </c>
+      <c r="F440" t="s">
+        <v>21</v>
+      </c>
+      <c r="G440" t="s">
+        <v>22</v>
+      </c>
+      <c r="H440">
+        <v>2002</v>
+      </c>
+      <c r="I440">
+        <v>2016</v>
+      </c>
+      <c r="J440" t="s">
+        <v>73</v>
+      </c>
+      <c r="K440" t="s">
+        <v>34</v>
+      </c>
+      <c r="L440"/>
+      <c r="M440" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N440" t="s">
+        <v>27</v>
+      </c>
+      <c r="O440" t="s">
+        <v>2137</v>
+      </c>
+      <c r="P440" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="441" spans="1:16">
+      <c r="A441" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B441" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C441" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D441" t="s">
+        <v>374</v>
+      </c>
+      <c r="E441" t="s">
+        <v>20</v>
+      </c>
+      <c r="F441" t="s">
+        <v>21</v>
+      </c>
+      <c r="G441" t="s">
+        <v>22</v>
+      </c>
+      <c r="H441">
+        <v>2000</v>
+      </c>
+      <c r="I441">
+        <v>2018</v>
+      </c>
+      <c r="J441" t="s">
+        <v>73</v>
+      </c>
+      <c r="K441" t="s">
+        <v>34</v>
+      </c>
+      <c r="L441"/>
+      <c r="M441" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N441" t="s">
+        <v>27</v>
+      </c>
+      <c r="O441" t="s">
+        <v>2140</v>
+      </c>
+      <c r="P441" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16">
+      <c r="A442" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B442"/>
+      <c r="C442" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D442" t="s">
+        <v>318</v>
+      </c>
+      <c r="E442" t="s">
+        <v>20</v>
+      </c>
+      <c r="F442" t="s">
+        <v>21</v>
+      </c>
+      <c r="G442" t="s">
+        <v>63</v>
+      </c>
+      <c r="H442">
+        <v>2020</v>
+      </c>
+      <c r="I442"/>
+      <c r="J442" t="s">
+        <v>73</v>
+      </c>
+      <c r="K442" t="s">
+        <v>34</v>
+      </c>
+      <c r="L442"/>
+      <c r="M442" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N442" t="s">
+        <v>27</v>
+      </c>
+      <c r="O442" t="s">
+        <v>2142</v>
+      </c>
+      <c r="P442" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16">
+      <c r="A443" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B443"/>
+      <c r="C443" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D443" t="s">
+        <v>2144</v>
+      </c>
+      <c r="E443" t="s">
+        <v>20</v>
+      </c>
+      <c r="F443" t="s">
+        <v>21</v>
+      </c>
+      <c r="G443" t="s">
+        <v>63</v>
+      </c>
+      <c r="H443">
+        <v>2010</v>
+      </c>
+      <c r="I443"/>
+      <c r="J443" t="s">
+        <v>73</v>
+      </c>
+      <c r="K443" t="s">
+        <v>34</v>
+      </c>
+      <c r="L443"/>
+      <c r="M443" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N443" t="s">
+        <v>27</v>
+      </c>
+      <c r="O443" t="s">
+        <v>2145</v>
+      </c>
+      <c r="P443" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="444" spans="1:16">
+      <c r="A444" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B444"/>
+      <c r="C444" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D444" t="s">
+        <v>491</v>
+      </c>
+      <c r="E444" t="s">
+        <v>20</v>
+      </c>
+      <c r="F444" t="s">
+        <v>21</v>
+      </c>
+      <c r="G444" t="s">
+        <v>63</v>
+      </c>
+      <c r="H444">
+        <v>2018</v>
+      </c>
+      <c r="I444"/>
+      <c r="J444" t="s">
+        <v>73</v>
+      </c>
+      <c r="K444" t="s">
+        <v>34</v>
+      </c>
+      <c r="L444"/>
+      <c r="M444" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N444" t="s">
+        <v>27</v>
+      </c>
+      <c r="O444" t="s">
+        <v>2147</v>
+      </c>
+      <c r="P444" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="445" spans="1:16">
+      <c r="A445" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B445" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C445" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D445" t="s">
+        <v>518</v>
+      </c>
+      <c r="E445" t="s">
+        <v>20</v>
+      </c>
+      <c r="F445" t="s">
+        <v>21</v>
+      </c>
+      <c r="G445" t="s">
+        <v>63</v>
+      </c>
+      <c r="H445">
+        <v>2020</v>
+      </c>
+      <c r="I445"/>
+      <c r="J445" t="s">
+        <v>73</v>
+      </c>
+      <c r="K445" t="s">
+        <v>34</v>
+      </c>
+      <c r="L445"/>
+      <c r="M445" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N445" t="s">
+        <v>27</v>
+      </c>
+      <c r="O445" t="s">
+        <v>2150</v>
+      </c>
+      <c r="P445" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="446" spans="1:16">
+      <c r="A446" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B446" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C446" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D446" t="s">
+        <v>161</v>
+      </c>
+      <c r="E446" t="s">
+        <v>20</v>
+      </c>
+      <c r="F446" t="s">
+        <v>21</v>
+      </c>
+      <c r="G446" t="s">
+        <v>63</v>
+      </c>
+      <c r="H446">
+        <v>2002</v>
+      </c>
+      <c r="I446"/>
+      <c r="J446" t="s">
+        <v>73</v>
+      </c>
+      <c r="K446" t="s">
+        <v>34</v>
+      </c>
+      <c r="L446"/>
+      <c r="M446" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N446" t="s">
+        <v>27</v>
+      </c>
+      <c r="O446" t="s">
+        <v>2153</v>
+      </c>
+      <c r="P446" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="447" spans="1:16">
+      <c r="A447" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B447" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C447" t="s">
+        <v>80</v>
+      </c>
+      <c r="D447" t="s">
+        <v>951</v>
+      </c>
+      <c r="E447" t="s">
+        <v>20</v>
+      </c>
+      <c r="F447" t="s">
+        <v>21</v>
+      </c>
+      <c r="G447" t="s">
+        <v>22</v>
+      </c>
+      <c r="H447">
+        <v>2005</v>
+      </c>
+      <c r="I447">
+        <v>2011</v>
+      </c>
+      <c r="J447" t="s">
+        <v>90</v>
+      </c>
+      <c r="K447" t="s">
+        <v>34</v>
+      </c>
+      <c r="L447" t="s">
+        <v>2156</v>
+      </c>
+      <c r="M447" t="s">
+        <v>84</v>
+      </c>
+      <c r="N447" t="s">
+        <v>27</v>
+      </c>
+      <c r="O447" t="s">
+        <v>2157</v>
+      </c>
+      <c r="P447" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="448" spans="1:16">
+      <c r="A448" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B448" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C448" t="s">
+        <v>41</v>
+      </c>
+      <c r="D448" t="s">
+        <v>604</v>
+      </c>
+      <c r="E448" t="s">
+        <v>20</v>
+      </c>
+      <c r="F448" t="s">
+        <v>43</v>
+      </c>
+      <c r="G448" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H448">
+        <v>2021</v>
+      </c>
+      <c r="I448"/>
+      <c r="J448" t="s">
+        <v>73</v>
+      </c>
+      <c r="K448" t="s">
+        <v>34</v>
+      </c>
+      <c r="L448" t="s">
+        <v>2161</v>
+      </c>
+      <c r="M448" t="s">
+        <v>2074</v>
+      </c>
+      <c r="N448" t="s">
+        <v>27</v>
+      </c>
+      <c r="O448" t="s">
+        <v>2162</v>
+      </c>
+      <c r="P448" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="449" spans="1:16">
+      <c r="A449" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B449" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C449" t="s">
+        <v>41</v>
+      </c>
+      <c r="D449" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E449" t="s">
+        <v>20</v>
+      </c>
+      <c r="F449" t="s">
+        <v>43</v>
+      </c>
+      <c r="G449" t="s">
+        <v>63</v>
+      </c>
+      <c r="H449">
+        <v>2021</v>
+      </c>
+      <c r="I449"/>
+      <c r="J449" t="s">
+        <v>73</v>
+      </c>
+      <c r="K449" t="s">
+        <v>34</v>
+      </c>
+      <c r="L449"/>
+      <c r="M449" t="s">
+        <v>46</v>
+      </c>
+      <c r="N449" t="s">
+        <v>27</v>
+      </c>
+      <c r="O449" t="s">
+        <v>2167</v>
+      </c>
+      <c r="P449" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="450" spans="1:16">
+      <c r="A450" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B450" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C450" t="s">
+        <v>41</v>
+      </c>
+      <c r="D450" t="s">
+        <v>161</v>
+      </c>
+      <c r="E450" t="s">
+        <v>20</v>
+      </c>
+      <c r="F450" t="s">
+        <v>43</v>
+      </c>
+      <c r="G450" t="s">
+        <v>22</v>
+      </c>
+      <c r="H450">
+        <v>2015</v>
+      </c>
+      <c r="I450">
+        <v>2018</v>
+      </c>
+      <c r="J450" t="s">
+        <v>73</v>
+      </c>
+      <c r="K450" t="s">
+        <v>34</v>
+      </c>
+      <c r="L450" t="s">
+        <v>2171</v>
+      </c>
+      <c r="M450" t="s">
+        <v>46</v>
+      </c>
+      <c r="N450" t="s">
+        <v>27</v>
+      </c>
+      <c r="O450" t="s">
+        <v>2172</v>
+      </c>
+      <c r="P450" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="451" spans="1:16">
+      <c r="A451" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B451" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C451" t="s">
+        <v>41</v>
+      </c>
+      <c r="D451" t="s">
+        <v>102</v>
+      </c>
+      <c r="E451" t="s">
+        <v>20</v>
+      </c>
+      <c r="F451" t="s">
+        <v>52</v>
+      </c>
+      <c r="G451" t="s">
+        <v>22</v>
+      </c>
+      <c r="H451">
+        <v>2013</v>
+      </c>
+      <c r="I451">
+        <v>2016</v>
+      </c>
+      <c r="J451" t="s">
+        <v>73</v>
+      </c>
+      <c r="K451" t="s">
+        <v>34</v>
+      </c>
+      <c r="L451" t="s">
+        <v>2176</v>
+      </c>
+      <c r="M451" t="s">
+        <v>46</v>
+      </c>
+      <c r="N451" t="s">
+        <v>27</v>
+      </c>
+      <c r="O451" t="s">
+        <v>2177</v>
+      </c>
+      <c r="P451" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="452" spans="1:16">
+      <c r="A452" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B452" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C452" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D452" t="s">
+        <v>161</v>
+      </c>
+      <c r="E452" t="s">
+        <v>20</v>
+      </c>
+      <c r="F452" t="s">
+        <v>2182</v>
+      </c>
+      <c r="G452" t="s">
+        <v>63</v>
+      </c>
+      <c r="H452">
+        <v>2009</v>
+      </c>
+      <c r="I452"/>
+      <c r="J452" t="s">
+        <v>2183</v>
+      </c>
+      <c r="K452" t="s">
+        <v>34</v>
+      </c>
+      <c r="L452"/>
+      <c r="M452" t="s">
+        <v>2184</v>
+      </c>
+      <c r="N452" t="s">
+        <v>27</v>
+      </c>
+      <c r="O452" t="s">
+        <v>2185</v>
+      </c>
+      <c r="P452" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="453" spans="1:16">
+      <c r="A453" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B453" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D453" t="s">
+        <v>161</v>
+      </c>
+      <c r="E453" t="s">
+        <v>20</v>
+      </c>
+      <c r="F453" t="s">
+        <v>21</v>
+      </c>
+      <c r="G453" t="s">
+        <v>22</v>
+      </c>
+      <c r="H453">
+        <v>2007</v>
+      </c>
+      <c r="I453">
+        <v>2022</v>
+      </c>
+      <c r="J453" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K453" t="s">
+        <v>34</v>
+      </c>
+      <c r="L453"/>
+      <c r="M453" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N453" t="s">
+        <v>27</v>
+      </c>
+      <c r="O453" t="s">
+        <v>2190</v>
+      </c>
+      <c r="P453" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="454" spans="1:16">
+      <c r="A454" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B454" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D454" t="s">
+        <v>135</v>
+      </c>
+      <c r="E454" t="s">
+        <v>20</v>
+      </c>
+      <c r="F454" t="s">
+        <v>21</v>
+      </c>
+      <c r="G454" t="s">
+        <v>22</v>
+      </c>
+      <c r="H454">
+        <v>2006</v>
+      </c>
+      <c r="I454">
+        <v>2010</v>
+      </c>
+      <c r="J454" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K454" t="s">
+        <v>34</v>
+      </c>
+      <c r="L454"/>
+      <c r="M454" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N454" t="s">
+        <v>27</v>
+      </c>
+      <c r="O454" t="s">
+        <v>2194</v>
+      </c>
+      <c r="P454" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="455" spans="1:16">
+      <c r="A455" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B455" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D455" t="s">
+        <v>135</v>
+      </c>
+      <c r="E455" t="s">
+        <v>20</v>
+      </c>
+      <c r="F455" t="s">
+        <v>21</v>
+      </c>
+      <c r="G455" t="s">
+        <v>22</v>
+      </c>
+      <c r="H455">
+        <v>2006</v>
+      </c>
+      <c r="I455">
+        <v>2010</v>
+      </c>
+      <c r="J455" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K455" t="s">
+        <v>34</v>
+      </c>
+      <c r="L455"/>
+      <c r="M455" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N455" t="s">
+        <v>27</v>
+      </c>
+      <c r="O455" t="s">
+        <v>2198</v>
+      </c>
+      <c r="P455" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="456" spans="1:16">
+      <c r="A456" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B456" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D456" t="s">
+        <v>468</v>
+      </c>
+      <c r="E456" t="s">
+        <v>20</v>
+      </c>
+      <c r="F456" t="s">
+        <v>21</v>
+      </c>
+      <c r="G456" t="s">
+        <v>22</v>
+      </c>
+      <c r="H456">
+        <v>2008</v>
+      </c>
+      <c r="I456">
+        <v>2011</v>
+      </c>
+      <c r="J456" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K456" t="s">
+        <v>334</v>
+      </c>
+      <c r="L456"/>
+      <c r="M456" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N456" t="s">
+        <v>27</v>
+      </c>
+      <c r="O456" t="s">
+        <v>2202</v>
+      </c>
+      <c r="P456" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16">
+      <c r="A457" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B457" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D457" t="s">
+        <v>457</v>
+      </c>
+      <c r="E457" t="s">
+        <v>20</v>
+      </c>
+      <c r="F457" t="s">
+        <v>21</v>
+      </c>
+      <c r="G457" t="s">
+        <v>22</v>
+      </c>
+      <c r="H457">
+        <v>2007</v>
+      </c>
+      <c r="I457">
+        <v>2011</v>
+      </c>
+      <c r="J457" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K457" t="s">
+        <v>334</v>
+      </c>
+      <c r="L457"/>
+      <c r="M457" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N457" t="s">
+        <v>27</v>
+      </c>
+      <c r="O457" t="s">
+        <v>2206</v>
+      </c>
+      <c r="P457" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="458" spans="1:16">
+      <c r="A458" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B458" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D458" t="s">
+        <v>135</v>
+      </c>
+      <c r="E458" t="s">
+        <v>20</v>
+      </c>
+      <c r="F458" t="s">
+        <v>21</v>
+      </c>
+      <c r="G458" t="s">
+        <v>63</v>
+      </c>
+      <c r="H458">
+        <v>2010</v>
+      </c>
+      <c r="I458"/>
+      <c r="J458" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K458" t="s">
+        <v>34</v>
+      </c>
+      <c r="L458"/>
+      <c r="M458" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N458" t="s">
+        <v>27</v>
+      </c>
+      <c r="O458" t="s">
+        <v>2210</v>
+      </c>
+      <c r="P458" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="459" spans="1:16">
+      <c r="A459" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B459" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D459" t="s">
+        <v>114</v>
+      </c>
+      <c r="E459" t="s">
+        <v>20</v>
+      </c>
+      <c r="F459" t="s">
+        <v>21</v>
+      </c>
+      <c r="G459" t="s">
+        <v>22</v>
+      </c>
+      <c r="H459">
+        <v>2007</v>
+      </c>
+      <c r="I459">
+        <v>2018</v>
+      </c>
+      <c r="J459" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K459" t="s">
+        <v>34</v>
+      </c>
+      <c r="L459"/>
+      <c r="M459" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N459" t="s">
+        <v>27</v>
+      </c>
+      <c r="O459" t="s">
+        <v>2214</v>
+      </c>
+      <c r="P459" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="460" spans="1:16">
+      <c r="A460" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B460" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D460" t="s">
+        <v>130</v>
+      </c>
+      <c r="E460" t="s">
+        <v>20</v>
+      </c>
+      <c r="F460" t="s">
+        <v>21</v>
+      </c>
+      <c r="G460" t="s">
+        <v>22</v>
+      </c>
+      <c r="H460">
+        <v>2002</v>
+      </c>
+      <c r="I460">
+        <v>2017</v>
+      </c>
+      <c r="J460" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K460" t="s">
+        <v>34</v>
+      </c>
+      <c r="L460" t="s">
+        <v>2218</v>
+      </c>
+      <c r="M460" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N460" t="s">
+        <v>27</v>
+      </c>
+      <c r="O460" t="s">
+        <v>2219</v>
+      </c>
+      <c r="P460" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="461" spans="1:16">
+      <c r="A461" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B461" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D461" t="s">
+        <v>166</v>
+      </c>
+      <c r="E461" t="s">
+        <v>20</v>
+      </c>
+      <c r="F461" t="s">
+        <v>21</v>
+      </c>
+      <c r="G461" t="s">
+        <v>22</v>
+      </c>
+      <c r="H461">
+        <v>2008</v>
+      </c>
+      <c r="I461">
+        <v>2017</v>
+      </c>
+      <c r="J461" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K461" t="s">
+        <v>34</v>
+      </c>
+      <c r="L461" t="s">
+        <v>2223</v>
+      </c>
+      <c r="M461" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N461" t="s">
+        <v>27</v>
+      </c>
+      <c r="O461" t="s">
+        <v>2224</v>
+      </c>
+      <c r="P461" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="462" spans="1:16">
+      <c r="A462" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B462" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C462" t="s">
+        <v>566</v>
+      </c>
+      <c r="D462" t="s">
+        <v>468</v>
+      </c>
+      <c r="E462" t="s">
+        <v>20</v>
+      </c>
+      <c r="F462" t="s">
+        <v>43</v>
+      </c>
+      <c r="G462" t="s">
+        <v>63</v>
+      </c>
+      <c r="H462">
+        <v>2021</v>
+      </c>
+      <c r="I462"/>
+      <c r="J462" t="s">
+        <v>605</v>
+      </c>
+      <c r="K462" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L462"/>
+      <c r="M462" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N462" t="s">
+        <v>27</v>
+      </c>
+      <c r="O462" t="s">
+        <v>2229</v>
+      </c>
+      <c r="P462" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="463" spans="1:16">
+      <c r="A463" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B463" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C463" t="s">
+        <v>566</v>
+      </c>
+      <c r="D463" t="s">
+        <v>930</v>
+      </c>
+      <c r="E463" t="s">
+        <v>20</v>
+      </c>
+      <c r="F463" t="s">
+        <v>21</v>
+      </c>
+      <c r="G463" t="s">
+        <v>22</v>
+      </c>
+      <c r="H463">
+        <v>2014</v>
+      </c>
+      <c r="I463">
+        <v>2025</v>
+      </c>
+      <c r="J463" t="s">
+        <v>605</v>
+      </c>
+      <c r="K463" t="s">
+        <v>34</v>
+      </c>
+      <c r="L463"/>
+      <c r="M463" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N463" t="s">
+        <v>27</v>
+      </c>
+      <c r="O463" t="s">
+        <v>2233</v>
+      </c>
+      <c r="P463" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="464" spans="1:16">
+      <c r="A464" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B464" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C464" t="s">
+        <v>566</v>
+      </c>
+      <c r="D464" t="s">
+        <v>424</v>
+      </c>
+      <c r="E464" t="s">
+        <v>20</v>
+      </c>
+      <c r="F464" t="s">
+        <v>43</v>
+      </c>
+      <c r="G464" t="s">
+        <v>22</v>
+      </c>
+      <c r="H464">
+        <v>2010</v>
+      </c>
+      <c r="I464">
+        <v>2016</v>
+      </c>
+      <c r="J464" t="s">
+        <v>568</v>
+      </c>
+      <c r="K464" t="s">
+        <v>34</v>
+      </c>
+      <c r="L464" t="s">
+        <v>2237</v>
+      </c>
+      <c r="M464" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N464" t="s">
+        <v>27</v>
+      </c>
+      <c r="O464" t="s">
+        <v>2238</v>
+      </c>
+      <c r="P464" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="465" spans="1:16">
+      <c r="A465" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B465" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C465" t="s">
+        <v>566</v>
+      </c>
+      <c r="D465" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E465" t="s">
+        <v>20</v>
+      </c>
+      <c r="F465" t="s">
+        <v>21</v>
+      </c>
+      <c r="G465" t="s">
+        <v>22</v>
+      </c>
+      <c r="H465">
+        <v>2004</v>
+      </c>
+      <c r="I465">
+        <v>2015</v>
+      </c>
+      <c r="J465" t="s">
+        <v>605</v>
+      </c>
+      <c r="K465" t="s">
+        <v>34</v>
+      </c>
+      <c r="L465" t="s">
+        <v>2243</v>
+      </c>
+      <c r="M465" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N465" t="s">
+        <v>27</v>
+      </c>
+      <c r="O465" t="s">
+        <v>2244</v>
+      </c>
+      <c r="P465" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="466" spans="1:16">
+      <c r="A466" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B466" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C466" t="s">
+        <v>566</v>
+      </c>
+      <c r="D466" t="s">
+        <v>930</v>
+      </c>
+      <c r="E466" t="s">
+        <v>20</v>
+      </c>
+      <c r="F466" t="s">
+        <v>21</v>
+      </c>
+      <c r="G466" t="s">
+        <v>22</v>
+      </c>
+      <c r="H466">
+        <v>1996</v>
+      </c>
+      <c r="I466">
+        <v>2005</v>
+      </c>
+      <c r="J466" t="s">
+        <v>33</v>
+      </c>
+      <c r="K466" t="s">
+        <v>34</v>
+      </c>
+      <c r="L466" t="s">
+        <v>2246</v>
+      </c>
+      <c r="M466" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N466" t="s">
+        <v>27</v>
+      </c>
+      <c r="O466" t="s">
+        <v>2248</v>
+      </c>
+      <c r="P466" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="467" spans="1:16">
+      <c r="A467" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B467" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C467" t="s">
+        <v>566</v>
+      </c>
+      <c r="D467" t="s">
+        <v>218</v>
+      </c>
+      <c r="E467" t="s">
+        <v>20</v>
+      </c>
+      <c r="F467" t="s">
+        <v>43</v>
+      </c>
+      <c r="G467" t="s">
+        <v>22</v>
+      </c>
+      <c r="H467">
+        <v>2006</v>
+      </c>
+      <c r="I467">
+        <v>2025</v>
+      </c>
+      <c r="J467" t="s">
+        <v>605</v>
+      </c>
+      <c r="K467" t="s">
+        <v>34</v>
+      </c>
+      <c r="L467" t="s">
+        <v>2252</v>
+      </c>
+      <c r="M467" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N467" t="s">
+        <v>27</v>
+      </c>
+      <c r="O467" t="s">
+        <v>2253</v>
+      </c>
+      <c r="P467" t="s">
+        <v>2254</v>
+      </c>
+    </row>
+    <row r="468" spans="1:16">
+      <c r="A468" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B468" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C468" t="s">
+        <v>566</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E468" t="s">
+        <v>20</v>
+      </c>
+      <c r="F468" t="s">
+        <v>43</v>
+      </c>
+      <c r="G468" t="s">
+        <v>63</v>
+      </c>
+      <c r="H468">
+        <v>2020</v>
+      </c>
+      <c r="I468"/>
+      <c r="J468" t="s">
+        <v>605</v>
+      </c>
+      <c r="K468" t="s">
+        <v>34</v>
+      </c>
+      <c r="L468" t="s">
+        <v>2257</v>
+      </c>
+      <c r="M468" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N468" t="s">
+        <v>27</v>
+      </c>
+      <c r="O468" t="s">
+        <v>2258</v>
+      </c>
+      <c r="P468" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="469" spans="1:16">
+      <c r="A469" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B469" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C469" t="s">
+        <v>566</v>
+      </c>
+      <c r="D469" t="s">
+        <v>574</v>
+      </c>
+      <c r="E469" t="s">
+        <v>20</v>
+      </c>
+      <c r="F469" t="s">
+        <v>21</v>
+      </c>
+      <c r="G469" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H469">
+        <v>1997</v>
+      </c>
+      <c r="I469">
+        <v>2005</v>
+      </c>
+      <c r="J469" t="s">
+        <v>568</v>
+      </c>
+      <c r="K469" t="s">
+        <v>34</v>
+      </c>
+      <c r="L469"/>
+      <c r="M469" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N469" t="s">
+        <v>36</v>
+      </c>
+      <c r="O469" t="s">
+        <v>2262</v>
+      </c>
+      <c r="P469" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="470" spans="1:16">
+      <c r="A470" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B470" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C470" t="s">
+        <v>566</v>
+      </c>
+      <c r="D470" t="s">
+        <v>574</v>
+      </c>
+      <c r="E470" t="s">
+        <v>20</v>
+      </c>
+      <c r="F470" t="s">
+        <v>21</v>
+      </c>
+      <c r="G470" t="s">
+        <v>22</v>
+      </c>
+      <c r="H470">
+        <v>2004</v>
+      </c>
+      <c r="I470">
+        <v>2025</v>
+      </c>
+      <c r="J470" t="s">
+        <v>605</v>
+      </c>
+      <c r="K470" t="s">
+        <v>34</v>
+      </c>
+      <c r="L470" t="s">
+        <v>2266</v>
+      </c>
+      <c r="M470" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N470" t="s">
+        <v>27</v>
+      </c>
+      <c r="O470" t="s">
+        <v>2267</v>
+      </c>
+      <c r="P470" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="471" spans="1:16">
+      <c r="A471" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B471" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C471" t="s">
+        <v>566</v>
+      </c>
+      <c r="D471" t="s">
+        <v>114</v>
+      </c>
+      <c r="E471" t="s">
+        <v>20</v>
+      </c>
+      <c r="F471" t="s">
+        <v>21</v>
+      </c>
+      <c r="G471" t="s">
+        <v>63</v>
+      </c>
+      <c r="H471">
+        <v>2018</v>
+      </c>
+      <c r="I471"/>
+      <c r="J471" t="s">
+        <v>568</v>
+      </c>
+      <c r="K471" t="s">
+        <v>34</v>
+      </c>
+      <c r="L471" t="s">
+        <v>2269</v>
+      </c>
+      <c r="M471" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N471" t="s">
+        <v>27</v>
+      </c>
+      <c r="O471" t="s">
+        <v>2271</v>
+      </c>
+      <c r="P471" t="s">
+        <v>2272</v>
+      </c>
+    </row>
+    <row r="472" spans="1:16">
+      <c r="A472" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B472" t="s">
+        <v>2274</v>
+      </c>
+      <c r="C472" t="s">
+        <v>566</v>
+      </c>
+      <c r="D472" t="s">
+        <v>130</v>
+      </c>
+      <c r="E472" t="s">
+        <v>20</v>
+      </c>
+      <c r="F472" t="s">
+        <v>21</v>
+      </c>
+      <c r="G472" t="s">
+        <v>8</v>
+      </c>
+      <c r="H472">
+        <v>2016</v>
+      </c>
+      <c r="I472">
+        <v>2025</v>
+      </c>
+      <c r="J472" t="s">
+        <v>605</v>
+      </c>
+      <c r="K472" t="s">
+        <v>34</v>
+      </c>
+      <c r="L472" t="s">
+        <v>2275</v>
+      </c>
+      <c r="M472" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N472" t="s">
+        <v>27</v>
+      </c>
+      <c r="O472" t="s">
+        <v>2276</v>
+      </c>
+      <c r="P472" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="473" spans="1:16">
+      <c r="A473" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B473" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C473" t="s">
+        <v>566</v>
+      </c>
+      <c r="D473" t="s">
+        <v>135</v>
+      </c>
+      <c r="E473" t="s">
+        <v>20</v>
+      </c>
+      <c r="F473" t="s">
+        <v>21</v>
+      </c>
+      <c r="G473" t="s">
+        <v>22</v>
+      </c>
+      <c r="H473">
+        <v>2012</v>
+      </c>
+      <c r="I473">
+        <v>2013</v>
+      </c>
+      <c r="J473" t="s">
+        <v>568</v>
+      </c>
+      <c r="K473" t="s">
+        <v>34</v>
+      </c>
+      <c r="L473" t="s">
+        <v>2278</v>
+      </c>
+      <c r="M473" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N473" t="s">
+        <v>27</v>
+      </c>
+      <c r="O473" t="s">
+        <v>2280</v>
+      </c>
+      <c r="P473" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="474" spans="1:16">
+      <c r="A474" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B474" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C474" t="s">
+        <v>566</v>
+      </c>
+      <c r="D474" t="s">
+        <v>161</v>
+      </c>
+      <c r="E474" t="s">
+        <v>20</v>
+      </c>
+      <c r="F474" t="s">
+        <v>21</v>
+      </c>
+      <c r="G474" t="s">
+        <v>22</v>
+      </c>
+      <c r="H474">
+        <v>1995</v>
+      </c>
+      <c r="I474">
+        <v>2017</v>
+      </c>
+      <c r="J474" t="s">
+        <v>568</v>
+      </c>
+      <c r="K474" t="s">
+        <v>34</v>
+      </c>
+      <c r="L474" t="s">
+        <v>2282</v>
+      </c>
+      <c r="M474" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N474" t="s">
+        <v>27</v>
+      </c>
+      <c r="O474" t="s">
+        <v>2284</v>
+      </c>
+      <c r="P474" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="475" spans="1:16">
+      <c r="A475" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B475" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C475" t="s">
+        <v>566</v>
+      </c>
+      <c r="D475" t="s">
+        <v>161</v>
+      </c>
+      <c r="E475" t="s">
+        <v>20</v>
+      </c>
+      <c r="F475" t="s">
+        <v>21</v>
+      </c>
+      <c r="G475" t="s">
+        <v>22</v>
+      </c>
+      <c r="H475">
+        <v>1995</v>
+      </c>
+      <c r="I475">
+        <v>2018</v>
+      </c>
+      <c r="J475" t="s">
+        <v>568</v>
+      </c>
+      <c r="K475" t="s">
+        <v>34</v>
+      </c>
+      <c r="L475"/>
+      <c r="M475" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N475" t="s">
+        <v>27</v>
+      </c>
+      <c r="O475" t="s">
+        <v>2288</v>
+      </c>
+      <c r="P475" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="476" spans="1:16">
+      <c r="A476" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B476"/>
+      <c r="C476" t="s">
+        <v>566</v>
+      </c>
+      <c r="D476" t="s">
+        <v>468</v>
+      </c>
+      <c r="E476" t="s">
+        <v>20</v>
+      </c>
+      <c r="F476" t="s">
+        <v>21</v>
+      </c>
+      <c r="G476" t="s">
+        <v>63</v>
+      </c>
+      <c r="H476">
+        <v>2018</v>
+      </c>
+      <c r="I476"/>
+      <c r="J476" t="s">
+        <v>568</v>
+      </c>
+      <c r="K476" t="s">
+        <v>2291</v>
+      </c>
+      <c r="L476" t="s">
+        <v>2292</v>
+      </c>
+      <c r="M476" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N476" t="s">
+        <v>27</v>
+      </c>
+      <c r="O476" t="s">
+        <v>2293</v>
+      </c>
+      <c r="P476" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="477" spans="1:16">
+      <c r="A477" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B477" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C477" t="s">
+        <v>566</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E477" t="s">
+        <v>20</v>
+      </c>
+      <c r="F477" t="s">
+        <v>21</v>
+      </c>
+      <c r="G477" t="s">
+        <v>22</v>
+      </c>
+      <c r="H477">
+        <v>2010</v>
+      </c>
+      <c r="I477">
+        <v>2018</v>
+      </c>
+      <c r="J477" t="s">
+        <v>568</v>
+      </c>
+      <c r="K477" t="s">
+        <v>34</v>
+      </c>
+      <c r="L477" t="s">
+        <v>2295</v>
+      </c>
+      <c r="M477" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N477" t="s">
+        <v>27</v>
+      </c>
+      <c r="O477" t="s">
+        <v>2297</v>
+      </c>
+      <c r="P477" t="s">
+        <v>2298</v>
+      </c>
+    </row>
+    <row r="478" spans="1:16">
+      <c r="A478" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B478" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C478" t="s">
+        <v>566</v>
+      </c>
+      <c r="D478" t="s">
+        <v>951</v>
+      </c>
+      <c r="E478" t="s">
+        <v>20</v>
+      </c>
+      <c r="F478" t="s">
+        <v>21</v>
+      </c>
+      <c r="G478" t="s">
+        <v>582</v>
+      </c>
+      <c r="H478">
+        <v>2017</v>
+      </c>
+      <c r="I478"/>
+      <c r="J478" t="s">
+        <v>605</v>
+      </c>
+      <c r="K478" t="s">
+        <v>34</v>
+      </c>
+      <c r="L478" t="s">
+        <v>2301</v>
+      </c>
+      <c r="M478" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N478" t="s">
+        <v>27</v>
+      </c>
+      <c r="O478" t="s">
+        <v>2302</v>
+      </c>
+      <c r="P478" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="479" spans="1:16">
+      <c r="A479" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B479" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C479" t="s">
+        <v>566</v>
+      </c>
+      <c r="D479" t="s">
+        <v>102</v>
+      </c>
+      <c r="E479" t="s">
+        <v>20</v>
+      </c>
+      <c r="F479" t="s">
+        <v>21</v>
+      </c>
+      <c r="G479" t="s">
+        <v>22</v>
+      </c>
+      <c r="H479">
+        <v>2012</v>
+      </c>
+      <c r="I479">
+        <v>2017</v>
+      </c>
+      <c r="J479" t="s">
+        <v>82</v>
+      </c>
+      <c r="K479" t="s">
+        <v>34</v>
+      </c>
+      <c r="L479" t="s">
+        <v>2304</v>
+      </c>
+      <c r="M479" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N479" t="s">
+        <v>27</v>
+      </c>
+      <c r="O479" t="s">
+        <v>2306</v>
+      </c>
+      <c r="P479" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="480" spans="1:16">
+      <c r="A480" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B480" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C480" t="s">
+        <v>566</v>
+      </c>
+      <c r="D480" t="s">
+        <v>224</v>
+      </c>
+      <c r="E480" t="s">
+        <v>20</v>
+      </c>
+      <c r="F480" t="s">
+        <v>21</v>
+      </c>
+      <c r="G480" t="s">
+        <v>63</v>
+      </c>
+      <c r="H480">
+        <v>2021</v>
+      </c>
+      <c r="I480"/>
+      <c r="J480" t="s">
+        <v>568</v>
+      </c>
+      <c r="K480" t="s">
+        <v>34</v>
+      </c>
+      <c r="L480" t="s">
+        <v>2310</v>
+      </c>
+      <c r="M480" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N480" t="s">
+        <v>27</v>
+      </c>
+      <c r="O480" t="s">
+        <v>2311</v>
+      </c>
+      <c r="P480" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="481" spans="1:16">
+      <c r="A481" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B481" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C481" t="s">
+        <v>566</v>
+      </c>
+      <c r="D481" t="s">
+        <v>574</v>
+      </c>
+      <c r="E481" t="s">
+        <v>20</v>
+      </c>
+      <c r="F481" t="s">
+        <v>21</v>
+      </c>
+      <c r="G481" t="s">
+        <v>63</v>
+      </c>
+      <c r="H481">
+        <v>2021</v>
+      </c>
+      <c r="I481"/>
+      <c r="J481" t="s">
+        <v>568</v>
+      </c>
+      <c r="K481" t="s">
+        <v>34</v>
+      </c>
+      <c r="L481"/>
+      <c r="M481" t="s">
+        <v>2315</v>
+      </c>
+      <c r="N481" t="s">
+        <v>36</v>
+      </c>
+      <c r="O481" t="s">
+        <v>2316</v>
+      </c>
+      <c r="P481" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="482" spans="1:16">
+      <c r="A482" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B482" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C482" t="s">
+        <v>566</v>
+      </c>
+      <c r="D482" t="s">
+        <v>2320</v>
+      </c>
+      <c r="E482" t="s">
+        <v>20</v>
+      </c>
+      <c r="F482" t="s">
+        <v>43</v>
+      </c>
+      <c r="G482" t="s">
+        <v>582</v>
+      </c>
+      <c r="H482">
+        <v>2025</v>
+      </c>
+      <c r="I482"/>
+      <c r="J482" t="s">
+        <v>605</v>
+      </c>
+      <c r="K482" t="s">
+        <v>34</v>
+      </c>
+      <c r="L482" t="s">
+        <v>2321</v>
+      </c>
+      <c r="M482" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N482" t="s">
+        <v>27</v>
+      </c>
+      <c r="O482" t="s">
+        <v>2322</v>
+      </c>
+      <c r="P482" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="483" spans="1:16">
+      <c r="A483" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B483" t="s">
+        <v>2325</v>
+      </c>
+      <c r="C483" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D483" t="s">
+        <v>135</v>
+      </c>
+      <c r="E483" t="s">
+        <v>20</v>
+      </c>
+      <c r="F483" t="s">
+        <v>21</v>
+      </c>
+      <c r="G483" t="s">
+        <v>63</v>
+      </c>
+      <c r="H483">
+        <v>2009</v>
+      </c>
+      <c r="I483"/>
+      <c r="J483" t="s">
+        <v>82</v>
+      </c>
+      <c r="K483" t="s">
+        <v>34</v>
+      </c>
+      <c r="L483" t="s">
+        <v>2327</v>
+      </c>
+      <c r="M483" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N483" t="s">
+        <v>27</v>
+      </c>
+      <c r="O483" t="s">
+        <v>2329</v>
+      </c>
+      <c r="P483" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="484" spans="1:16">
+      <c r="A484" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B484" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C484" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D484" t="s">
+        <v>130</v>
+      </c>
+      <c r="E484" t="s">
+        <v>20</v>
+      </c>
+      <c r="F484" t="s">
+        <v>21</v>
+      </c>
+      <c r="G484" t="s">
+        <v>63</v>
+      </c>
+      <c r="H484">
+        <v>2010</v>
+      </c>
+      <c r="I484"/>
+      <c r="J484" t="s">
+        <v>82</v>
+      </c>
+      <c r="K484" t="s">
+        <v>34</v>
+      </c>
+      <c r="L484"/>
+      <c r="M484" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N484" t="s">
+        <v>27</v>
+      </c>
+      <c r="O484" t="s">
+        <v>2333</v>
+      </c>
+      <c r="P484" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="485" spans="1:16">
+      <c r="A485" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B485" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C485" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D485" t="s">
+        <v>135</v>
+      </c>
+      <c r="E485" t="s">
+        <v>20</v>
+      </c>
+      <c r="F485" t="s">
+        <v>21</v>
+      </c>
+      <c r="G485" t="s">
+        <v>63</v>
+      </c>
+      <c r="H485">
+        <v>2009</v>
+      </c>
+      <c r="I485"/>
+      <c r="J485" t="s">
+        <v>82</v>
+      </c>
+      <c r="K485" t="s">
+        <v>34</v>
+      </c>
+      <c r="L485" t="s">
+        <v>2337</v>
+      </c>
+      <c r="M485" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N485" t="s">
+        <v>27</v>
+      </c>
+      <c r="O485" t="s">
+        <v>2338</v>
+      </c>
+      <c r="P485" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="486" spans="1:16">
+      <c r="A486" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B486" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C486" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D486" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E486" t="s">
+        <v>20</v>
+      </c>
+      <c r="F486" t="s">
+        <v>21</v>
+      </c>
+      <c r="G486" t="s">
+        <v>63</v>
+      </c>
+      <c r="H486">
+        <v>2011</v>
+      </c>
+      <c r="I486"/>
+      <c r="J486" t="s">
+        <v>188</v>
+      </c>
+      <c r="K486" t="s">
+        <v>34</v>
+      </c>
+      <c r="L486" t="s">
+        <v>2343</v>
+      </c>
+      <c r="M486" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N486" t="s">
+        <v>27</v>
+      </c>
+      <c r="O486" t="s">
+        <v>2344</v>
+      </c>
+      <c r="P486" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="487" spans="1:16">
+      <c r="A487" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B487" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C487" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D487" t="s">
+        <v>114</v>
+      </c>
+      <c r="E487" t="s">
+        <v>20</v>
+      </c>
+      <c r="F487" t="s">
+        <v>21</v>
+      </c>
+      <c r="G487" t="s">
+        <v>63</v>
+      </c>
+      <c r="H487">
+        <v>2010</v>
+      </c>
+      <c r="I487"/>
+      <c r="J487" t="s">
+        <v>82</v>
+      </c>
+      <c r="K487" t="s">
+        <v>34</v>
+      </c>
+      <c r="L487" t="s">
+        <v>2348</v>
+      </c>
+      <c r="M487" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N487" t="s">
+        <v>27</v>
+      </c>
+      <c r="O487" t="s">
+        <v>2349</v>
+      </c>
+      <c r="P487" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="488" spans="1:16">
+      <c r="A488" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B488" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C488" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D488" t="s">
+        <v>161</v>
+      </c>
+      <c r="E488" t="s">
+        <v>20</v>
+      </c>
+      <c r="F488" t="s">
+        <v>21</v>
+      </c>
+      <c r="G488" t="s">
+        <v>63</v>
+      </c>
+      <c r="H488">
+        <v>2012</v>
+      </c>
+      <c r="I488"/>
+      <c r="J488" t="s">
+        <v>82</v>
+      </c>
+      <c r="K488" t="s">
+        <v>34</v>
+      </c>
+      <c r="L488"/>
+      <c r="M488" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N488" t="s">
+        <v>27</v>
+      </c>
+      <c r="O488" t="s">
+        <v>2353</v>
+      </c>
+      <c r="P488" t="s">
+        <v>2354</v>
+      </c>
+    </row>
+    <row r="489" spans="1:16">
+      <c r="A489" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B489" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D489" t="s">
+        <v>374</v>
+      </c>
+      <c r="E489" t="s">
+        <v>20</v>
+      </c>
+      <c r="F489" t="s">
+        <v>21</v>
+      </c>
+      <c r="G489" t="s">
+        <v>63</v>
+      </c>
+      <c r="H489">
+        <v>2022</v>
+      </c>
+      <c r="I489"/>
+      <c r="J489" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K489" t="s">
+        <v>34</v>
+      </c>
+      <c r="L489" t="s">
+        <v>2357</v>
+      </c>
+      <c r="M489" t="s">
+        <v>2189</v>
+      </c>
+      <c r="N489" t="s">
+        <v>27</v>
+      </c>
+      <c r="O489" t="s">
+        <v>2358</v>
+      </c>
+      <c r="P489" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="490" spans="1:16">
+      <c r="A490" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B490" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C490" t="s">
+        <v>560</v>
+      </c>
+      <c r="D490" t="s">
+        <v>61</v>
+      </c>
+      <c r="E490" t="s">
+        <v>20</v>
+      </c>
+      <c r="F490" t="s">
+        <v>62</v>
+      </c>
+      <c r="G490" t="s">
+        <v>63</v>
+      </c>
+      <c r="H490">
+        <v>2022</v>
+      </c>
+      <c r="I490"/>
+      <c r="J490" t="s">
+        <v>64</v>
+      </c>
+      <c r="K490" t="s">
+        <v>34</v>
+      </c>
+      <c r="L490"/>
+      <c r="M490" t="s">
+        <v>2362</v>
+      </c>
+      <c r="N490" t="s">
+        <v>66</v>
+      </c>
+      <c r="O490" t="s">
+        <v>2363</v>
+      </c>
+      <c r="P490" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="491" spans="1:16">
+      <c r="A491" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B491" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C491" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D491" t="s">
+        <v>2367</v>
+      </c>
+      <c r="E491" t="s">
+        <v>20</v>
+      </c>
+      <c r="F491" t="s">
+        <v>43</v>
+      </c>
+      <c r="G491" t="s">
+        <v>63</v>
+      </c>
+      <c r="H491">
+        <v>2014</v>
+      </c>
+      <c r="I491">
+        <v>2024</v>
+      </c>
+      <c r="J491" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K491" t="s">
+        <v>34</v>
+      </c>
+      <c r="L491" t="s">
+        <v>2368</v>
+      </c>
+      <c r="M491" t="s">
+        <v>2092</v>
+      </c>
+      <c r="N491" t="s">
+        <v>27</v>
+      </c>
+      <c r="O491" t="s">
+        <v>2369</v>
+      </c>
+      <c r="P491" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="492" spans="1:16">
+      <c r="A492" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B492" t="s">
+        <v>2372</v>
+      </c>
+      <c r="C492" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D492" t="s">
+        <v>166</v>
+      </c>
+      <c r="E492" t="s">
+        <v>20</v>
+      </c>
+      <c r="F492" t="s">
+        <v>43</v>
+      </c>
+      <c r="G492" t="s">
+        <v>22</v>
+      </c>
+      <c r="H492">
+        <v>2014</v>
+      </c>
+      <c r="I492">
+        <v>2024</v>
+      </c>
+      <c r="J492" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K492" t="s">
+        <v>34</v>
+      </c>
+      <c r="L492" t="s">
+        <v>2373</v>
+      </c>
+      <c r="M492" t="s">
+        <v>2092</v>
+      </c>
+      <c r="N492" t="s">
+        <v>27</v>
+      </c>
+      <c r="O492" t="s">
+        <v>2374</v>
+      </c>
+      <c r="P492" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="493" spans="1:16">
+      <c r="A493" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B493" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C493" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D493" t="s">
+        <v>672</v>
+      </c>
+      <c r="E493" t="s">
+        <v>20</v>
+      </c>
+      <c r="F493" t="s">
+        <v>43</v>
+      </c>
+      <c r="G493" t="s">
+        <v>22</v>
+      </c>
+      <c r="H493">
+        <v>2020</v>
+      </c>
+      <c r="I493">
+        <v>2024</v>
+      </c>
+      <c r="J493" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K493" t="s">
+        <v>34</v>
+      </c>
+      <c r="L493" t="s">
+        <v>2378</v>
+      </c>
+      <c r="M493" t="s">
+        <v>2092</v>
+      </c>
+      <c r="N493" t="s">
+        <v>27</v>
+      </c>
+      <c r="O493" t="s">
+        <v>2379</v>
+      </c>
+      <c r="P493" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="494" spans="1:16">
+      <c r="A494" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B494" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C494" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D494" t="s">
+        <v>161</v>
+      </c>
+      <c r="E494" t="s">
+        <v>20</v>
+      </c>
+      <c r="F494" t="s">
+        <v>43</v>
+      </c>
+      <c r="G494" t="s">
+        <v>63</v>
+      </c>
+      <c r="H494">
+        <v>2014</v>
+      </c>
+      <c r="I494">
+        <v>2024</v>
+      </c>
+      <c r="J494" t="s">
+        <v>1539</v>
+      </c>
+      <c r="K494" t="s">
+        <v>34</v>
+      </c>
+      <c r="L494" t="s">
+        <v>2383</v>
+      </c>
+      <c r="M494" t="s">
+        <v>2092</v>
+      </c>
+      <c r="N494" t="s">
+        <v>27</v>
+      </c>
+      <c r="O494" t="s">
+        <v>2384</v>
+      </c>
+      <c r="P494" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="495" spans="1:16">
+      <c r="A495" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B495" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D495" t="s">
+        <v>161</v>
+      </c>
+      <c r="E495" t="s">
+        <v>20</v>
+      </c>
+      <c r="F495" t="s">
+        <v>52</v>
+      </c>
+      <c r="G495" t="s">
+        <v>63</v>
+      </c>
+      <c r="H495">
+        <v>2011</v>
+      </c>
+      <c r="I495"/>
+      <c r="J495" t="s">
+        <v>620</v>
+      </c>
+      <c r="K495" t="s">
+        <v>34</v>
+      </c>
+      <c r="L495" t="s">
+        <v>2388</v>
+      </c>
+      <c r="M495" t="s">
+        <v>2389</v>
+      </c>
+      <c r="N495" t="s">
+        <v>27</v>
+      </c>
+      <c r="O495" t="s">
+        <v>2390</v>
+      </c>
+      <c r="P495" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="496" spans="1:16">
+      <c r="A496" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B496" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C496" t="s">
+        <v>543</v>
+      </c>
+      <c r="D496" t="s">
+        <v>139</v>
+      </c>
+      <c r="E496" t="s">
+        <v>20</v>
+      </c>
+      <c r="F496" t="s">
+        <v>52</v>
+      </c>
+      <c r="G496" t="s">
+        <v>63</v>
+      </c>
+      <c r="H496">
+        <v>2002</v>
+      </c>
+      <c r="I496"/>
+      <c r="J496" t="s">
+        <v>196</v>
+      </c>
+      <c r="K496" t="s">
+        <v>34</v>
+      </c>
+      <c r="L496"/>
+      <c r="M496" t="s">
+        <v>545</v>
+      </c>
+      <c r="N496" t="s">
+        <v>27</v>
+      </c>
+      <c r="O496" t="s">
+        <v>2394</v>
+      </c>
+      <c r="P496" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="497" spans="1:16">
+      <c r="A497" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B497" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C497" t="s">
+        <v>543</v>
+      </c>
+      <c r="D497" t="s">
+        <v>118</v>
+      </c>
+      <c r="E497" t="s">
+        <v>20</v>
+      </c>
+      <c r="F497" t="s">
+        <v>43</v>
+      </c>
+      <c r="G497" t="s">
+        <v>22</v>
+      </c>
+      <c r="H497">
+        <v>2007</v>
+      </c>
+      <c r="I497">
+        <v>2013</v>
+      </c>
+      <c r="J497" t="s">
+        <v>196</v>
+      </c>
+      <c r="K497" t="s">
+        <v>34</v>
+      </c>
+      <c r="L497" t="s">
+        <v>2398</v>
+      </c>
+      <c r="M497" t="s">
+        <v>545</v>
+      </c>
+      <c r="N497" t="s">
+        <v>27</v>
+      </c>
+      <c r="O497" t="s">
+        <v>2399</v>
+      </c>
+      <c r="P497" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="498" spans="1:16">
+      <c r="A498" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B498" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C498" t="s">
+        <v>543</v>
+      </c>
+      <c r="D498" t="s">
+        <v>118</v>
+      </c>
+      <c r="E498" t="s">
+        <v>20</v>
+      </c>
+      <c r="F498" t="s">
+        <v>52</v>
+      </c>
+      <c r="G498" t="s">
+        <v>63</v>
+      </c>
+      <c r="H498">
+        <v>2006</v>
+      </c>
+      <c r="I498"/>
+      <c r="J498" t="s">
+        <v>196</v>
+      </c>
+      <c r="K498" t="s">
+        <v>34</v>
+      </c>
+      <c r="L498" t="s">
+        <v>2402</v>
+      </c>
+      <c r="M498" t="s">
+        <v>545</v>
+      </c>
+      <c r="N498" t="s">
+        <v>27</v>
+      </c>
+      <c r="O498" t="s">
+        <v>2403</v>
+      </c>
+      <c r="P498" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="499" spans="1:16">
+      <c r="A499" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B499" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C499" t="s">
+        <v>543</v>
+      </c>
+      <c r="D499" t="s">
+        <v>102</v>
+      </c>
+      <c r="E499" t="s">
+        <v>20</v>
+      </c>
+      <c r="F499" t="s">
+        <v>52</v>
+      </c>
+      <c r="G499" t="s">
+        <v>22</v>
+      </c>
+      <c r="H499">
+        <v>2007</v>
+      </c>
+      <c r="I499">
+        <v>2015</v>
+      </c>
+      <c r="J499" t="s">
+        <v>196</v>
+      </c>
+      <c r="K499" t="s">
+        <v>34</v>
+      </c>
+      <c r="L499" t="s">
+        <v>2407</v>
+      </c>
+      <c r="M499" t="s">
+        <v>545</v>
+      </c>
+      <c r="N499" t="s">
+        <v>27</v>
+      </c>
+      <c r="O499" t="s">
+        <v>2408</v>
+      </c>
+      <c r="P499" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="500" spans="1:16">
+      <c r="A500" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B500" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C500" t="s">
+        <v>543</v>
+      </c>
+      <c r="D500" t="s">
+        <v>139</v>
+      </c>
+      <c r="E500" t="s">
+        <v>20</v>
+      </c>
+      <c r="F500" t="s">
+        <v>52</v>
+      </c>
+      <c r="G500" t="s">
+        <v>63</v>
+      </c>
+      <c r="H500">
+        <v>2007</v>
+      </c>
+      <c r="I500"/>
+      <c r="J500" t="s">
+        <v>196</v>
+      </c>
+      <c r="K500" t="s">
+        <v>34</v>
+      </c>
+      <c r="L500" t="s">
+        <v>2411</v>
+      </c>
+      <c r="M500" t="s">
+        <v>545</v>
+      </c>
+      <c r="N500" t="s">
+        <v>27</v>
+      </c>
+      <c r="O500" t="s">
+        <v>2412</v>
+      </c>
+      <c r="P500" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="501" spans="1:16">
+      <c r="A501" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B501" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C501" t="s">
+        <v>543</v>
+      </c>
+      <c r="D501" t="s">
+        <v>258</v>
+      </c>
+      <c r="E501" t="s">
+        <v>20</v>
+      </c>
+      <c r="F501" t="s">
+        <v>52</v>
+      </c>
+      <c r="G501" t="s">
+        <v>63</v>
+      </c>
+      <c r="H501">
+        <v>2013</v>
+      </c>
+      <c r="I501"/>
+      <c r="J501" t="s">
+        <v>196</v>
+      </c>
+      <c r="K501" t="s">
+        <v>34</v>
+      </c>
+      <c r="L501" t="s">
+        <v>2415</v>
+      </c>
+      <c r="M501" t="s">
+        <v>545</v>
+      </c>
+      <c r="N501" t="s">
+        <v>27</v>
+      </c>
+      <c r="O501" t="s">
+        <v>2416</v>
+      </c>
+      <c r="P501" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="502" spans="1:16">
+      <c r="A502" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B502" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C502" t="s">
+        <v>543</v>
+      </c>
+      <c r="D502" t="s">
+        <v>161</v>
+      </c>
+      <c r="E502" t="s">
+        <v>20</v>
+      </c>
+      <c r="F502" t="s">
+        <v>43</v>
+      </c>
+      <c r="G502" t="s">
+        <v>22</v>
+      </c>
+      <c r="H502">
+        <v>1993</v>
+      </c>
+      <c r="I502">
+        <v>2007</v>
+      </c>
+      <c r="J502" t="s">
+        <v>196</v>
+      </c>
+      <c r="K502" t="s">
+        <v>34</v>
+      </c>
+      <c r="L502" t="s">
+        <v>2420</v>
+      </c>
+      <c r="M502" t="s">
+        <v>545</v>
+      </c>
+      <c r="N502" t="s">
+        <v>27</v>
+      </c>
+      <c r="O502" t="s">
+        <v>2421</v>
+      </c>
+      <c r="P502" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="503" spans="1:16">
+      <c r="A503" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B503" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C503" t="s">
+        <v>543</v>
+      </c>
+      <c r="D503" t="s">
+        <v>114</v>
+      </c>
+      <c r="E503" t="s">
+        <v>20</v>
+      </c>
+      <c r="F503" t="s">
+        <v>52</v>
+      </c>
+      <c r="G503" t="s">
+        <v>63</v>
+      </c>
+      <c r="H503">
+        <v>2013</v>
+      </c>
+      <c r="I503"/>
+      <c r="J503" t="s">
+        <v>196</v>
+      </c>
+      <c r="K503" t="s">
+        <v>34</v>
+      </c>
+      <c r="L503" t="s">
+        <v>2425</v>
+      </c>
+      <c r="M503" t="s">
+        <v>545</v>
+      </c>
+      <c r="N503" t="s">
+        <v>27</v>
+      </c>
+      <c r="O503" t="s">
+        <v>2426</v>
+      </c>
+      <c r="P503" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="504" spans="1:16">
+      <c r="A504" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B504" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C504" t="s">
+        <v>543</v>
+      </c>
+      <c r="D504" t="s">
+        <v>424</v>
+      </c>
+      <c r="E504" t="s">
+        <v>20</v>
+      </c>
+      <c r="F504" t="s">
+        <v>52</v>
+      </c>
+      <c r="G504" t="s">
+        <v>63</v>
+      </c>
+      <c r="H504">
+        <v>2013</v>
+      </c>
+      <c r="I504"/>
+      <c r="J504" t="s">
+        <v>196</v>
+      </c>
+      <c r="K504" t="s">
+        <v>34</v>
+      </c>
+      <c r="L504" t="s">
+        <v>2430</v>
+      </c>
+      <c r="M504" t="s">
+        <v>545</v>
+      </c>
+      <c r="N504" t="s">
+        <v>27</v>
+      </c>
+      <c r="O504" t="s">
+        <v>2431</v>
+      </c>
+      <c r="P504" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="505" spans="1:16">
+      <c r="A505" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B505" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C505" t="s">
+        <v>194</v>
+      </c>
+      <c r="D505" t="s">
+        <v>401</v>
+      </c>
+      <c r="E505" t="s">
+        <v>20</v>
+      </c>
+      <c r="F505" t="s">
+        <v>52</v>
+      </c>
+      <c r="G505" t="s">
+        <v>63</v>
+      </c>
+      <c r="H505">
+        <v>2016</v>
+      </c>
+      <c r="I505"/>
+      <c r="J505" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K505" t="s">
+        <v>34</v>
+      </c>
+      <c r="L505" t="s">
+        <v>2435</v>
+      </c>
+      <c r="M505" t="s">
+        <v>199</v>
+      </c>
+      <c r="N505" t="s">
+        <v>27</v>
+      </c>
+      <c r="O505" t="s">
+        <v>2436</v>
+      </c>
+      <c r="P505" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="506" spans="1:16">
+      <c r="A506" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B506" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C506" t="s">
+        <v>194</v>
+      </c>
+      <c r="D506" t="s">
+        <v>345</v>
+      </c>
+      <c r="E506" t="s">
+        <v>20</v>
+      </c>
+      <c r="F506" t="s">
+        <v>52</v>
+      </c>
+      <c r="G506" t="s">
+        <v>63</v>
+      </c>
+      <c r="H506">
+        <v>2016</v>
+      </c>
+      <c r="I506"/>
+      <c r="J506" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K506" t="s">
+        <v>34</v>
+      </c>
+      <c r="L506" t="s">
+        <v>2440</v>
+      </c>
+      <c r="M506" t="s">
+        <v>199</v>
+      </c>
+      <c r="N506" t="s">
+        <v>27</v>
+      </c>
+      <c r="O506" t="s">
+        <v>2441</v>
+      </c>
+      <c r="P506" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="507" spans="1:16">
+      <c r="A507" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B507" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C507" t="s">
+        <v>194</v>
+      </c>
+      <c r="D507" t="s">
+        <v>258</v>
+      </c>
+      <c r="E507" t="s">
+        <v>20</v>
+      </c>
+      <c r="F507" t="s">
+        <v>52</v>
+      </c>
+      <c r="G507" t="s">
+        <v>63</v>
+      </c>
+      <c r="H507">
+        <v>2015</v>
+      </c>
+      <c r="I507"/>
+      <c r="J507" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K507" t="s">
+        <v>34</v>
+      </c>
+      <c r="L507" t="s">
+        <v>2445</v>
+      </c>
+      <c r="M507" t="s">
+        <v>199</v>
+      </c>
+      <c r="N507" t="s">
+        <v>27</v>
+      </c>
+      <c r="O507" t="s">
+        <v>2446</v>
+      </c>
+      <c r="P507" t="s">
+        <v>2447</v>
+      </c>
+    </row>
+    <row r="508" spans="1:16">
+      <c r="A508" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B508" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C508" t="s">
+        <v>194</v>
+      </c>
+      <c r="D508" t="s">
+        <v>2367</v>
+      </c>
+      <c r="E508" t="s">
+        <v>20</v>
+      </c>
+      <c r="F508" t="s">
+        <v>52</v>
+      </c>
+      <c r="G508" t="s">
+        <v>63</v>
+      </c>
+      <c r="H508">
+        <v>2015</v>
+      </c>
+      <c r="I508"/>
+      <c r="J508" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K508" t="s">
+        <v>34</v>
+      </c>
+      <c r="L508" t="s">
+        <v>2450</v>
+      </c>
+      <c r="M508" t="s">
+        <v>199</v>
+      </c>
+      <c r="N508" t="s">
+        <v>27</v>
+      </c>
+      <c r="O508" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P508" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="509" spans="1:16">
+      <c r="A509" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B509" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C509" t="s">
+        <v>194</v>
+      </c>
+      <c r="D509" t="s">
+        <v>161</v>
+      </c>
+      <c r="E509" t="s">
+        <v>20</v>
+      </c>
+      <c r="F509" t="s">
+        <v>52</v>
+      </c>
+      <c r="G509" t="s">
+        <v>22</v>
+      </c>
+      <c r="H509">
+        <v>2008</v>
+      </c>
+      <c r="I509">
+        <v>2015</v>
+      </c>
+      <c r="J509" t="s">
+        <v>196</v>
+      </c>
+      <c r="K509" t="s">
+        <v>34</v>
+      </c>
+      <c r="L509"/>
+      <c r="M509" t="s">
+        <v>199</v>
+      </c>
+      <c r="N509" t="s">
+        <v>27</v>
+      </c>
+      <c r="O509" t="s">
+        <v>2455</v>
+      </c>
+      <c r="P509" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="510" spans="1:16">
+      <c r="A510" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B510" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C510" t="s">
+        <v>194</v>
+      </c>
+      <c r="D510" t="s">
+        <v>139</v>
+      </c>
+      <c r="E510" t="s">
+        <v>20</v>
+      </c>
+      <c r="F510" t="s">
+        <v>52</v>
+      </c>
+      <c r="G510" t="s">
+        <v>22</v>
+      </c>
+      <c r="H510">
+        <v>2011</v>
+      </c>
+      <c r="I510">
+        <v>2014</v>
+      </c>
+      <c r="J510" t="s">
+        <v>196</v>
+      </c>
+      <c r="K510" t="s">
+        <v>34</v>
+      </c>
+      <c r="L510" t="s">
+        <v>2459</v>
+      </c>
+      <c r="M510" t="s">
+        <v>199</v>
+      </c>
+      <c r="N510" t="s">
+        <v>27</v>
+      </c>
+      <c r="O510" t="s">
+        <v>2460</v>
+      </c>
+      <c r="P510" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="511" spans="1:16">
+      <c r="A511" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B511" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C511" t="s">
+        <v>194</v>
+      </c>
+      <c r="D511" t="s">
+        <v>118</v>
+      </c>
+      <c r="E511" t="s">
+        <v>20</v>
+      </c>
+      <c r="F511" t="s">
+        <v>52</v>
+      </c>
+      <c r="G511" t="s">
+        <v>22</v>
+      </c>
+      <c r="H511">
+        <v>1999</v>
+      </c>
+      <c r="I511">
+        <v>2012</v>
+      </c>
+      <c r="J511" t="s">
+        <v>196</v>
+      </c>
+      <c r="K511" t="s">
+        <v>34</v>
+      </c>
+      <c r="L511" t="s">
+        <v>2464</v>
+      </c>
+      <c r="M511" t="s">
+        <v>199</v>
+      </c>
+      <c r="N511" t="s">
+        <v>27</v>
+      </c>
+      <c r="O511" t="s">
+        <v>2465</v>
+      </c>
+      <c r="P511" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="512" spans="1:16">
+      <c r="A512" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B512" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C512" t="s">
+        <v>194</v>
+      </c>
+      <c r="D512" t="s">
+        <v>424</v>
+      </c>
+      <c r="E512" t="s">
+        <v>20</v>
+      </c>
+      <c r="F512" t="s">
+        <v>52</v>
+      </c>
+      <c r="G512" t="s">
+        <v>22</v>
+      </c>
+      <c r="H512">
+        <v>2007</v>
+      </c>
+      <c r="I512">
+        <v>2011</v>
+      </c>
+      <c r="J512" t="s">
+        <v>196</v>
+      </c>
+      <c r="K512" t="s">
+        <v>34</v>
+      </c>
+      <c r="L512"/>
+      <c r="M512" t="s">
+        <v>199</v>
+      </c>
+      <c r="N512" t="s">
+        <v>27</v>
+      </c>
+      <c r="O512" t="s">
+        <v>2469</v>
+      </c>
+      <c r="P512" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="513" spans="1:16">
+      <c r="A513" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B513" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C513" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D513" t="s">
+        <v>672</v>
+      </c>
+      <c r="E513" t="s">
+        <v>20</v>
+      </c>
+      <c r="F513" t="s">
+        <v>43</v>
+      </c>
+      <c r="G513" t="s">
+        <v>22</v>
+      </c>
+      <c r="H513">
+        <v>2018</v>
+      </c>
+      <c r="I513">
         <v>2019</v>
       </c>
-      <c r="I389" t="s">
-[...37 lines deleted...]
-      <c r="G390">
+      <c r="J513" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K513" t="s">
+        <v>34</v>
+      </c>
+      <c r="L513"/>
+      <c r="M513" t="s">
+        <v>2474</v>
+      </c>
+      <c r="N513" t="s">
+        <v>27</v>
+      </c>
+      <c r="O513" t="s">
+        <v>2475</v>
+      </c>
+      <c r="P513" t="s">
+        <v>2476</v>
+      </c>
+    </row>
+    <row r="514" spans="1:16">
+      <c r="A514" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B514" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C514" t="s">
+        <v>837</v>
+      </c>
+      <c r="D514" t="s">
+        <v>114</v>
+      </c>
+      <c r="E514" t="s">
+        <v>20</v>
+      </c>
+      <c r="F514" t="s">
+        <v>52</v>
+      </c>
+      <c r="G514" t="s">
+        <v>22</v>
+      </c>
+      <c r="H514">
+        <v>2005</v>
+      </c>
+      <c r="I514">
+        <v>2013</v>
+      </c>
+      <c r="J514" t="s">
+        <v>188</v>
+      </c>
+      <c r="K514" t="s">
+        <v>34</v>
+      </c>
+      <c r="L514" t="s">
+        <v>2479</v>
+      </c>
+      <c r="M514" t="s">
+        <v>1753</v>
+      </c>
+      <c r="N514" t="s">
+        <v>27</v>
+      </c>
+      <c r="O514" t="s">
+        <v>2480</v>
+      </c>
+      <c r="P514" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="515" spans="1:16">
+      <c r="A515" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B515" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C515" t="s">
+        <v>837</v>
+      </c>
+      <c r="D515" t="s">
+        <v>224</v>
+      </c>
+      <c r="E515" t="s">
+        <v>20</v>
+      </c>
+      <c r="F515" t="s">
+        <v>52</v>
+      </c>
+      <c r="G515" t="s">
+        <v>63</v>
+      </c>
+      <c r="H515">
+        <v>2014</v>
+      </c>
+      <c r="I515"/>
+      <c r="J515" t="s">
+        <v>620</v>
+      </c>
+      <c r="K515" t="s">
+        <v>34</v>
+      </c>
+      <c r="L515"/>
+      <c r="M515" t="s">
+        <v>1753</v>
+      </c>
+      <c r="N515" t="s">
+        <v>27</v>
+      </c>
+      <c r="O515" t="s">
+        <v>2484</v>
+      </c>
+      <c r="P515" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="516" spans="1:16">
+      <c r="A516" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B516" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C516" t="s">
+        <v>837</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E516" t="s">
+        <v>20</v>
+      </c>
+      <c r="F516" t="s">
+        <v>43</v>
+      </c>
+      <c r="G516" t="s">
+        <v>63</v>
+      </c>
+      <c r="H516">
         <v>2015</v>
       </c>
-      <c r="H390">
+      <c r="I516"/>
+      <c r="J516" t="s">
+        <v>82</v>
+      </c>
+      <c r="K516" t="s">
+        <v>34</v>
+      </c>
+      <c r="L516" t="s">
+        <v>2488</v>
+      </c>
+      <c r="M516" t="s">
+        <v>1753</v>
+      </c>
+      <c r="N516" t="s">
+        <v>27</v>
+      </c>
+      <c r="O516" t="s">
+        <v>2489</v>
+      </c>
+      <c r="P516" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="517" spans="1:16">
+      <c r="A517" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B517" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C517" t="s">
+        <v>837</v>
+      </c>
+      <c r="D517" t="s">
+        <v>161</v>
+      </c>
+      <c r="E517" t="s">
+        <v>20</v>
+      </c>
+      <c r="F517" t="s">
+        <v>43</v>
+      </c>
+      <c r="G517" t="s">
+        <v>63</v>
+      </c>
+      <c r="H517">
+        <v>2012</v>
+      </c>
+      <c r="I517"/>
+      <c r="J517" t="s">
+        <v>620</v>
+      </c>
+      <c r="K517" t="s">
+        <v>34</v>
+      </c>
+      <c r="L517" t="s">
+        <v>2493</v>
+      </c>
+      <c r="M517" t="s">
+        <v>1753</v>
+      </c>
+      <c r="N517" t="s">
+        <v>27</v>
+      </c>
+      <c r="O517" t="s">
+        <v>2494</v>
+      </c>
+      <c r="P517" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="518" spans="1:16">
+      <c r="A518" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B518" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C518" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E518" t="s">
+        <v>20</v>
+      </c>
+      <c r="F518" t="s">
+        <v>2499</v>
+      </c>
+      <c r="G518" t="s">
+        <v>8</v>
+      </c>
+      <c r="H518">
+        <v>2015</v>
+      </c>
+      <c r="I518">
         <v>2024</v>
       </c>
-      <c r="I390" t="s">
-[...300 lines deleted...]
-      <c r="H397">
+      <c r="J518" t="s">
+        <v>959</v>
+      </c>
+      <c r="K518" t="s">
+        <v>34</v>
+      </c>
+      <c r="L518" t="s">
+        <v>2500</v>
+      </c>
+      <c r="M518" t="s">
+        <v>2501</v>
+      </c>
+      <c r="N518" t="s">
+        <v>27</v>
+      </c>
+      <c r="O518" t="s">
+        <v>2502</v>
+      </c>
+      <c r="P518" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="519" spans="1:16">
+      <c r="A519" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B519" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C519" t="s">
+        <v>612</v>
+      </c>
+      <c r="D519" t="s">
+        <v>318</v>
+      </c>
+      <c r="E519" t="s">
+        <v>20</v>
+      </c>
+      <c r="F519" t="s">
+        <v>2499</v>
+      </c>
+      <c r="G519" t="s">
+        <v>8</v>
+      </c>
+      <c r="H519">
+        <v>2004</v>
+      </c>
+      <c r="I519">
         <v>2024</v>
       </c>
-      <c r="I397" t="s">
-[...3959 lines deleted...]
-      <c r="E492" t="s">
+      <c r="J519" t="s">
+        <v>959</v>
+      </c>
+      <c r="K519" t="s">
+        <v>34</v>
+      </c>
+      <c r="L519" t="s">
+        <v>2506</v>
+      </c>
+      <c r="M519" t="s">
+        <v>2501</v>
+      </c>
+      <c r="N519" t="s">
+        <v>27</v>
+      </c>
+      <c r="O519" t="s">
+        <v>2507</v>
+      </c>
+      <c r="P519" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="520" spans="1:16">
+      <c r="A520" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B520" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D520" t="s">
+        <v>2510</v>
+      </c>
+      <c r="E520" t="s">
+        <v>20</v>
+      </c>
+      <c r="F520" t="s">
         <v>43</v>
       </c>
-      <c r="F492" t="s">
-[...1193 lines deleted...]
-        <v>2015</v>
+      <c r="G520" t="s">
+        <v>582</v>
       </c>
       <c r="H520">
         <v>2024</v>
       </c>
-      <c r="I520" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I520"/>
       <c r="J520" t="s">
-        <v>29</v>
+        <v>959</v>
       </c>
       <c r="K520" t="s">
-        <v>1652</v>
+        <v>34</v>
       </c>
       <c r="L520" t="s">
-        <v>1653</v>
+        <v>2511</v>
       </c>
       <c r="M520" t="s">
-        <v>24</v>
+        <v>2501</v>
       </c>
       <c r="N520" t="s">
-        <v>1654</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O520" t="s">
+        <v>2512</v>
+      </c>
+      <c r="P520" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="521" spans="1:16">
       <c r="A521" t="s">
-        <v>1655</v>
+        <v>2513</v>
       </c>
       <c r="B521" t="s">
-        <v>431</v>
+        <v>2514</v>
       </c>
       <c r="C521" t="s">
-        <v>229</v>
+        <v>2498</v>
       </c>
       <c r="D521" t="s">
-        <v>17</v>
+        <v>2515</v>
       </c>
       <c r="E521" t="s">
-        <v>1651</v>
+        <v>20</v>
       </c>
       <c r="F521" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>2516</v>
+      </c>
+      <c r="G521" t="s">
+        <v>582</v>
       </c>
       <c r="H521">
         <v>2024</v>
       </c>
-      <c r="I521" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I521"/>
       <c r="J521" t="s">
-        <v>29</v>
+        <v>959</v>
       </c>
       <c r="K521" t="s">
-        <v>1656</v>
+        <v>34</v>
       </c>
       <c r="L521" t="s">
-        <v>1653</v>
+        <v>2517</v>
       </c>
       <c r="M521" t="s">
-        <v>24</v>
+        <v>2501</v>
       </c>
       <c r="N521" t="s">
-        <v>1657</v>
-[...2 lines deleted...]
-    <row r="522" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O521" t="s">
+        <v>2518</v>
+      </c>
+      <c r="P521" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="522" spans="1:16">
       <c r="A522" t="s">
-        <v>1658</v>
+        <v>2519</v>
       </c>
       <c r="B522" t="s">
-        <v>1650</v>
+        <v>2520</v>
       </c>
       <c r="C522" t="s">
-        <v>1659</v>
+        <v>612</v>
       </c>
       <c r="D522" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E522" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F522" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G522">
+        <v>43</v>
+      </c>
+      <c r="G522" t="s">
+        <v>8</v>
+      </c>
+      <c r="H522">
+        <v>2011</v>
+      </c>
+      <c r="I522">
         <v>2024</v>
       </c>
-      <c r="H522"/>
-[...2 lines deleted...]
-      </c>
       <c r="J522" t="s">
-        <v>29</v>
+        <v>959</v>
       </c>
       <c r="K522" t="s">
-        <v>1660</v>
+        <v>34</v>
       </c>
       <c r="L522" t="s">
-        <v>1653</v>
+        <v>2521</v>
       </c>
       <c r="M522" t="s">
-        <v>24</v>
+        <v>2501</v>
       </c>
       <c r="N522" t="s">
-        <v>1661</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O522" t="s">
+        <v>2522</v>
+      </c>
+      <c r="P522" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="523" spans="1:16">
       <c r="A523" t="s">
-        <v>1662</v>
+        <v>2524</v>
       </c>
       <c r="B523" t="s">
-        <v>1650</v>
+        <v>2525</v>
       </c>
       <c r="C523" t="s">
-        <v>1663</v>
+        <v>2096</v>
       </c>
       <c r="D523" t="s">
-        <v>17</v>
+        <v>635</v>
       </c>
       <c r="E523" t="s">
-        <v>1664</v>
+        <v>20</v>
       </c>
       <c r="F523" t="s">
-        <v>6</v>
-[...7 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G523" t="s">
+        <v>63</v>
+      </c>
+      <c r="H523">
+        <v>2016</v>
+      </c>
+      <c r="I523"/>
       <c r="J523" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="K523" t="s">
-        <v>1665</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L523"/>
       <c r="M523" t="s">
-        <v>24</v>
+        <v>2097</v>
       </c>
       <c r="N523" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O523" t="s">
+        <v>2526</v>
+      </c>
+      <c r="P523" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="524" spans="1:16">
       <c r="A524" t="s">
-        <v>1667</v>
+        <v>2528</v>
       </c>
       <c r="B524" t="s">
-        <v>431</v>
+        <v>2529</v>
       </c>
       <c r="C524" t="s">
-        <v>132</v>
+        <v>2096</v>
       </c>
       <c r="D524" t="s">
-        <v>17</v>
+        <v>635</v>
       </c>
       <c r="E524" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F524" t="s">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="G524">
+        <v>52</v>
+      </c>
+      <c r="G524" t="s">
+        <v>63</v>
+      </c>
+      <c r="H524">
+        <v>2016</v>
+      </c>
+      <c r="I524"/>
+      <c r="J524" t="s">
+        <v>90</v>
+      </c>
+      <c r="K524" t="s">
+        <v>34</v>
+      </c>
+      <c r="L524"/>
+      <c r="M524" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N524" t="s">
+        <v>27</v>
+      </c>
+      <c r="O524" t="s">
+        <v>2530</v>
+      </c>
+      <c r="P524" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="525" spans="1:16">
+      <c r="A525" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B525" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C525" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D525" t="s">
+        <v>345</v>
+      </c>
+      <c r="E525" t="s">
+        <v>20</v>
+      </c>
+      <c r="F525" t="s">
+        <v>43</v>
+      </c>
+      <c r="G525" t="s">
+        <v>63</v>
+      </c>
+      <c r="H525">
+        <v>2015</v>
+      </c>
+      <c r="I525"/>
+      <c r="J525" t="s">
+        <v>90</v>
+      </c>
+      <c r="K525" t="s">
+        <v>34</v>
+      </c>
+      <c r="L525"/>
+      <c r="M525" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N525" t="s">
+        <v>27</v>
+      </c>
+      <c r="O525" t="s">
+        <v>2534</v>
+      </c>
+      <c r="P525" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="526" spans="1:16">
+      <c r="A526" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B526" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C526" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D526" t="s">
+        <v>635</v>
+      </c>
+      <c r="E526" t="s">
+        <v>20</v>
+      </c>
+      <c r="F526" t="s">
+        <v>43</v>
+      </c>
+      <c r="G526" t="s">
+        <v>63</v>
+      </c>
+      <c r="H526">
+        <v>2018</v>
+      </c>
+      <c r="I526"/>
+      <c r="J526" t="s">
+        <v>90</v>
+      </c>
+      <c r="K526" t="s">
+        <v>34</v>
+      </c>
+      <c r="L526"/>
+      <c r="M526" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N526" t="s">
+        <v>27</v>
+      </c>
+      <c r="O526" t="s">
+        <v>2537</v>
+      </c>
+      <c r="P526" t="s">
+        <v>2538</v>
+      </c>
+    </row>
+    <row r="527" spans="1:16">
+      <c r="A527" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B527" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C527" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D527" t="s">
+        <v>2542</v>
+      </c>
+      <c r="E527" t="s">
+        <v>20</v>
+      </c>
+      <c r="F527" t="s">
+        <v>21</v>
+      </c>
+      <c r="G527" t="s">
+        <v>22</v>
+      </c>
+      <c r="H527">
+        <v>2009</v>
+      </c>
+      <c r="I527">
+        <v>2016</v>
+      </c>
+      <c r="J527" t="s">
+        <v>33</v>
+      </c>
+      <c r="K527" t="s">
+        <v>34</v>
+      </c>
+      <c r="L527"/>
+      <c r="M527" t="s">
+        <v>1532</v>
+      </c>
+      <c r="N527" t="s">
+        <v>27</v>
+      </c>
+      <c r="O527" t="s">
+        <v>2543</v>
+      </c>
+      <c r="P527" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="528" spans="1:16">
+      <c r="A528" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B528" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C528" t="s">
+        <v>194</v>
+      </c>
+      <c r="D528" t="s">
+        <v>424</v>
+      </c>
+      <c r="E528" t="s">
+        <v>20</v>
+      </c>
+      <c r="F528" t="s">
+        <v>21</v>
+      </c>
+      <c r="G528" t="s">
+        <v>582</v>
+      </c>
+      <c r="H528">
+        <v>2013</v>
+      </c>
+      <c r="I528"/>
+      <c r="J528" t="s">
+        <v>196</v>
+      </c>
+      <c r="K528" t="s">
+        <v>34</v>
+      </c>
+      <c r="L528"/>
+      <c r="M528" t="s">
+        <v>199</v>
+      </c>
+      <c r="N528" t="s">
+        <v>27</v>
+      </c>
+      <c r="O528" t="s">
+        <v>2547</v>
+      </c>
+      <c r="P528" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="529" spans="1:16">
+      <c r="A529" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B529" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C529" t="s">
+        <v>194</v>
+      </c>
+      <c r="D529" t="s">
+        <v>662</v>
+      </c>
+      <c r="E529" t="s">
+        <v>20</v>
+      </c>
+      <c r="F529" t="s">
+        <v>52</v>
+      </c>
+      <c r="G529" t="s">
+        <v>63</v>
+      </c>
+      <c r="H529">
+        <v>2019</v>
+      </c>
+      <c r="I529">
+        <v>2020</v>
+      </c>
+      <c r="J529" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K529" t="s">
+        <v>34</v>
+      </c>
+      <c r="L529" t="s">
+        <v>2551</v>
+      </c>
+      <c r="M529" t="s">
+        <v>199</v>
+      </c>
+      <c r="N529" t="s">
+        <v>27</v>
+      </c>
+      <c r="O529" t="s">
+        <v>2552</v>
+      </c>
+      <c r="P529" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="530" spans="1:16">
+      <c r="A530" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B530" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C530" t="s">
+        <v>194</v>
+      </c>
+      <c r="D530" t="s">
+        <v>114</v>
+      </c>
+      <c r="E530" t="s">
+        <v>20</v>
+      </c>
+      <c r="F530" t="s">
+        <v>43</v>
+      </c>
+      <c r="G530" t="s">
+        <v>22</v>
+      </c>
+      <c r="H530">
+        <v>2013</v>
+      </c>
+      <c r="I530">
+        <v>2015</v>
+      </c>
+      <c r="J530" t="s">
+        <v>196</v>
+      </c>
+      <c r="K530" t="s">
+        <v>34</v>
+      </c>
+      <c r="L530" t="s">
+        <v>2556</v>
+      </c>
+      <c r="M530" t="s">
+        <v>199</v>
+      </c>
+      <c r="N530" t="s">
+        <v>27</v>
+      </c>
+      <c r="O530" t="s">
+        <v>2557</v>
+      </c>
+      <c r="P530" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="531" spans="1:16">
+      <c r="A531" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B531" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D531" t="s">
+        <v>135</v>
+      </c>
+      <c r="E531" t="s">
+        <v>20</v>
+      </c>
+      <c r="F531" t="s">
+        <v>21</v>
+      </c>
+      <c r="G531" t="s">
+        <v>22</v>
+      </c>
+      <c r="H531">
+        <v>2013</v>
+      </c>
+      <c r="I531">
+        <v>2020</v>
+      </c>
+      <c r="J531" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K531" t="s">
+        <v>34</v>
+      </c>
+      <c r="L531" t="s">
+        <v>2561</v>
+      </c>
+      <c r="M531" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N531" t="s">
+        <v>27</v>
+      </c>
+      <c r="O531" t="s">
+        <v>2562</v>
+      </c>
+      <c r="P531" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="532" spans="1:16">
+      <c r="A532" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B532" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D532" t="s">
+        <v>114</v>
+      </c>
+      <c r="E532" t="s">
+        <v>20</v>
+      </c>
+      <c r="F532" t="s">
+        <v>52</v>
+      </c>
+      <c r="G532" t="s">
+        <v>63</v>
+      </c>
+      <c r="H532">
+        <v>2007</v>
+      </c>
+      <c r="I532"/>
+      <c r="J532" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K532" t="s">
+        <v>34</v>
+      </c>
+      <c r="L532" t="s">
+        <v>2566</v>
+      </c>
+      <c r="M532" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N532" t="s">
+        <v>27</v>
+      </c>
+      <c r="O532" t="s">
+        <v>2567</v>
+      </c>
+      <c r="P532" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="533" spans="1:16">
+      <c r="A533" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B533" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C533" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D533" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E533" t="s">
+        <v>20</v>
+      </c>
+      <c r="F533" t="s">
+        <v>21</v>
+      </c>
+      <c r="G533" t="s">
+        <v>22</v>
+      </c>
+      <c r="H533">
+        <v>2009</v>
+      </c>
+      <c r="I533">
+        <v>2013</v>
+      </c>
+      <c r="J533" t="s">
+        <v>33</v>
+      </c>
+      <c r="K533" t="s">
+        <v>34</v>
+      </c>
+      <c r="L533"/>
+      <c r="M533" t="s">
+        <v>1532</v>
+      </c>
+      <c r="N533" t="s">
+        <v>27</v>
+      </c>
+      <c r="O533" t="s">
+        <v>2572</v>
+      </c>
+      <c r="P533" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="534" spans="1:16">
+      <c r="A534" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B534" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D534" t="s">
+        <v>2576</v>
+      </c>
+      <c r="E534" t="s">
+        <v>20</v>
+      </c>
+      <c r="F534" t="s">
+        <v>52</v>
+      </c>
+      <c r="G534" t="s">
+        <v>63</v>
+      </c>
+      <c r="H534">
         <v>2011</v>
       </c>
-      <c r="H524">
-[...120 lines deleted...]
-      <c r="G527">
+      <c r="I534"/>
+      <c r="J534" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K534" t="s">
+        <v>34</v>
+      </c>
+      <c r="L534" t="s">
+        <v>2577</v>
+      </c>
+      <c r="M534" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N534" t="s">
+        <v>27</v>
+      </c>
+      <c r="O534" t="s">
+        <v>2578</v>
+      </c>
+      <c r="P534" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="535" spans="1:16">
+      <c r="A535" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B535" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D535" t="s">
+        <v>161</v>
+      </c>
+      <c r="E535" t="s">
+        <v>20</v>
+      </c>
+      <c r="F535" t="s">
+        <v>21</v>
+      </c>
+      <c r="G535" t="s">
+        <v>63</v>
+      </c>
+      <c r="H535">
+        <v>2018</v>
+      </c>
+      <c r="I535"/>
+      <c r="J535" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K535" t="s">
+        <v>34</v>
+      </c>
+      <c r="L535" t="s">
+        <v>2582</v>
+      </c>
+      <c r="M535" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N535" t="s">
+        <v>27</v>
+      </c>
+      <c r="O535" t="s">
+        <v>2583</v>
+      </c>
+      <c r="P535" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="536" spans="1:16">
+      <c r="A536" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B536" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D536" t="s">
+        <v>170</v>
+      </c>
+      <c r="E536" t="s">
+        <v>20</v>
+      </c>
+      <c r="F536" t="s">
+        <v>52</v>
+      </c>
+      <c r="G536" t="s">
+        <v>63</v>
+      </c>
+      <c r="H536">
+        <v>2017</v>
+      </c>
+      <c r="I536"/>
+      <c r="J536" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K536" t="s">
+        <v>334</v>
+      </c>
+      <c r="L536" t="s">
+        <v>2587</v>
+      </c>
+      <c r="M536" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N536" t="s">
+        <v>27</v>
+      </c>
+      <c r="O536" t="s">
+        <v>2588</v>
+      </c>
+      <c r="P536" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="537" spans="1:16">
+      <c r="A537" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B537" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E537" t="s">
+        <v>20</v>
+      </c>
+      <c r="F537" t="s">
+        <v>52</v>
+      </c>
+      <c r="G537" t="s">
+        <v>63</v>
+      </c>
+      <c r="H537">
+        <v>2017</v>
+      </c>
+      <c r="I537"/>
+      <c r="J537" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K537" t="s">
+        <v>34</v>
+      </c>
+      <c r="L537" t="s">
+        <v>2592</v>
+      </c>
+      <c r="M537" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N537" t="s">
+        <v>27</v>
+      </c>
+      <c r="O537" t="s">
+        <v>2593</v>
+      </c>
+      <c r="P537" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="538" spans="1:16">
+      <c r="A538" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B538" t="s">
+        <v>2596</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D538" t="s">
+        <v>124</v>
+      </c>
+      <c r="E538" t="s">
+        <v>20</v>
+      </c>
+      <c r="F538" t="s">
+        <v>52</v>
+      </c>
+      <c r="G538" t="s">
+        <v>63</v>
+      </c>
+      <c r="H538">
+        <v>2014</v>
+      </c>
+      <c r="I538"/>
+      <c r="J538" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K538" t="s">
+        <v>334</v>
+      </c>
+      <c r="L538" t="s">
+        <v>2597</v>
+      </c>
+      <c r="M538" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N538" t="s">
+        <v>27</v>
+      </c>
+      <c r="O538" t="s">
+        <v>2598</v>
+      </c>
+      <c r="P538" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="539" spans="1:16">
+      <c r="A539" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B539" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D539" t="s">
+        <v>258</v>
+      </c>
+      <c r="E539" t="s">
+        <v>20</v>
+      </c>
+      <c r="F539" t="s">
+        <v>52</v>
+      </c>
+      <c r="G539" t="s">
+        <v>63</v>
+      </c>
+      <c r="H539">
+        <v>2017</v>
+      </c>
+      <c r="I539"/>
+      <c r="J539" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K539" t="s">
+        <v>34</v>
+      </c>
+      <c r="L539" t="s">
+        <v>2602</v>
+      </c>
+      <c r="M539" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N539" t="s">
+        <v>27</v>
+      </c>
+      <c r="O539" t="s">
+        <v>2603</v>
+      </c>
+      <c r="P539" t="s">
+        <v>2604</v>
+      </c>
+    </row>
+    <row r="540" spans="1:16">
+      <c r="A540" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B540" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D540" t="s">
+        <v>424</v>
+      </c>
+      <c r="E540" t="s">
+        <v>20</v>
+      </c>
+      <c r="F540" t="s">
+        <v>52</v>
+      </c>
+      <c r="G540" t="s">
+        <v>63</v>
+      </c>
+      <c r="H540">
         <v>2015</v>
       </c>
-      <c r="H527"/>
-[...165 lines deleted...]
-      <c r="H531">
+      <c r="I540"/>
+      <c r="J540" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K540" t="s">
+        <v>34</v>
+      </c>
+      <c r="L540" t="s">
+        <v>2607</v>
+      </c>
+      <c r="M540" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N540" t="s">
+        <v>27</v>
+      </c>
+      <c r="O540" t="s">
+        <v>2608</v>
+      </c>
+      <c r="P540" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="541" spans="1:16">
+      <c r="A541" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B541" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D541" t="s">
+        <v>135</v>
+      </c>
+      <c r="E541" t="s">
+        <v>20</v>
+      </c>
+      <c r="F541" t="s">
+        <v>52</v>
+      </c>
+      <c r="G541" t="s">
+        <v>63</v>
+      </c>
+      <c r="H541">
+        <v>2011</v>
+      </c>
+      <c r="I541">
         <v>2015</v>
       </c>
-      <c r="I531" t="s">
-[...423 lines deleted...]
-      </c>
       <c r="J541" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K541" t="s">
-        <v>1717</v>
+        <v>34</v>
       </c>
       <c r="L541" t="s">
-        <v>1172</v>
+        <v>2612</v>
       </c>
       <c r="M541" t="s">
-        <v>24</v>
+        <v>1785</v>
       </c>
       <c r="N541" t="s">
-        <v>1718</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O541" t="s">
+        <v>2613</v>
+      </c>
+      <c r="P541" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="542" spans="1:16">
       <c r="A542" t="s">
-        <v>1719</v>
+        <v>2615</v>
       </c>
       <c r="B542" t="s">
-        <v>1171</v>
+        <v>2616</v>
       </c>
       <c r="C542" t="s">
-        <v>102</v>
+        <v>1784</v>
       </c>
       <c r="D542" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="E542" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F542" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G542" t="s">
+        <v>63</v>
       </c>
       <c r="H542">
         <v>2015</v>
       </c>
-      <c r="I542" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I542"/>
       <c r="J542" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K542" t="s">
-        <v>1720</v>
+        <v>34</v>
       </c>
       <c r="L542" t="s">
-        <v>1172</v>
+        <v>2617</v>
       </c>
       <c r="M542" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N542" t="s">
+        <v>27</v>
+      </c>
+      <c r="O542" t="s">
+        <v>2618</v>
+      </c>
+      <c r="P542" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="543" spans="1:16">
+      <c r="A543" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B543" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D543" t="s">
+        <v>662</v>
+      </c>
+      <c r="E543" t="s">
+        <v>20</v>
+      </c>
+      <c r="F543" t="s">
+        <v>52</v>
+      </c>
+      <c r="G543" t="s">
+        <v>63</v>
+      </c>
+      <c r="H543">
+        <v>2017</v>
+      </c>
+      <c r="I543"/>
+      <c r="J543" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K543" t="s">
+        <v>34</v>
+      </c>
+      <c r="L543" t="s">
+        <v>2622</v>
+      </c>
+      <c r="M543" t="s">
+        <v>1785</v>
+      </c>
+      <c r="N543" t="s">
+        <v>27</v>
+      </c>
+      <c r="O543" t="s">
+        <v>2623</v>
+      </c>
+      <c r="P543" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="544" spans="1:16">
+      <c r="A544" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B544" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D544" t="s">
+        <v>161</v>
+      </c>
+      <c r="E544" t="s">
+        <v>20</v>
+      </c>
+      <c r="F544" t="s">
+        <v>43</v>
+      </c>
+      <c r="G544" t="s">
+        <v>63</v>
+      </c>
+      <c r="H544">
+        <v>2019</v>
+      </c>
+      <c r="I544"/>
+      <c r="J544" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K544" t="s">
+        <v>34</v>
+      </c>
+      <c r="L544" t="s">
+        <v>2627</v>
+      </c>
+      <c r="M544" t="s">
+        <v>1852</v>
+      </c>
+      <c r="N544" t="s">
+        <v>27</v>
+      </c>
+      <c r="O544" t="s">
+        <v>2628</v>
+      </c>
+      <c r="P544" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="545" spans="1:16">
+      <c r="A545" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B545" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D545" t="s">
+        <v>161</v>
+      </c>
+      <c r="E545" t="s">
+        <v>20</v>
+      </c>
+      <c r="F545" t="s">
+        <v>43</v>
+      </c>
+      <c r="G545" t="s">
+        <v>63</v>
+      </c>
+      <c r="H545">
+        <v>2019</v>
+      </c>
+      <c r="I545"/>
+      <c r="J545" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K545" t="s">
+        <v>34</v>
+      </c>
+      <c r="L545" t="s">
+        <v>2632</v>
+      </c>
+      <c r="M545" t="s">
+        <v>1852</v>
+      </c>
+      <c r="N545" t="s">
+        <v>27</v>
+      </c>
+      <c r="O545" t="s">
+        <v>2633</v>
+      </c>
+      <c r="P545" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="546" spans="1:16">
+      <c r="A546" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B546" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D546" t="s">
+        <v>161</v>
+      </c>
+      <c r="E546" t="s">
+        <v>20</v>
+      </c>
+      <c r="F546" t="s">
+        <v>43</v>
+      </c>
+      <c r="G546" t="s">
+        <v>63</v>
+      </c>
+      <c r="H546">
+        <v>2019</v>
+      </c>
+      <c r="I546"/>
+      <c r="J546" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K546" t="s">
+        <v>34</v>
+      </c>
+      <c r="L546" t="s">
+        <v>2636</v>
+      </c>
+      <c r="M546" t="s">
+        <v>1852</v>
+      </c>
+      <c r="N546" t="s">
+        <v>27</v>
+      </c>
+      <c r="O546" t="s">
+        <v>2637</v>
+      </c>
+      <c r="P546" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="547" spans="1:16">
+      <c r="A547" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B547" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D547" t="s">
+        <v>161</v>
+      </c>
+      <c r="E547" t="s">
+        <v>20</v>
+      </c>
+      <c r="F547" t="s">
+        <v>43</v>
+      </c>
+      <c r="G547" t="s">
+        <v>63</v>
+      </c>
+      <c r="H547">
+        <v>2019</v>
+      </c>
+      <c r="I547"/>
+      <c r="J547" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K547" t="s">
+        <v>34</v>
+      </c>
+      <c r="L547" t="s">
+        <v>2640</v>
+      </c>
+      <c r="M547" t="s">
+        <v>1852</v>
+      </c>
+      <c r="N547" t="s">
+        <v>27</v>
+      </c>
+      <c r="O547" t="s">
+        <v>2641</v>
+      </c>
+      <c r="P547" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="548" spans="1:16">
+      <c r="A548" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B548" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D548" t="s">
+        <v>114</v>
+      </c>
+      <c r="E548" t="s">
+        <v>20</v>
+      </c>
+      <c r="F548" t="s">
+        <v>43</v>
+      </c>
+      <c r="G548" t="s">
+        <v>63</v>
+      </c>
+      <c r="H548">
+        <v>2019</v>
+      </c>
+      <c r="I548"/>
+      <c r="J548" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K548" t="s">
+        <v>34</v>
+      </c>
+      <c r="L548" t="s">
+        <v>2644</v>
+      </c>
+      <c r="M548" t="s">
+        <v>1852</v>
+      </c>
+      <c r="N548" t="s">
+        <v>27</v>
+      </c>
+      <c r="O548" t="s">
+        <v>2645</v>
+      </c>
+      <c r="P548" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="549" spans="1:16">
+      <c r="A549" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B549" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C549" t="s">
+        <v>194</v>
+      </c>
+      <c r="D549" t="s">
+        <v>161</v>
+      </c>
+      <c r="E549" t="s">
+        <v>20</v>
+      </c>
+      <c r="F549" t="s">
+        <v>43</v>
+      </c>
+      <c r="G549" t="s">
+        <v>63</v>
+      </c>
+      <c r="H549">
+        <v>2014</v>
+      </c>
+      <c r="I549"/>
+      <c r="J549" t="s">
+        <v>196</v>
+      </c>
+      <c r="K549" t="s">
+        <v>34</v>
+      </c>
+      <c r="L549"/>
+      <c r="M549" t="s">
+        <v>199</v>
+      </c>
+      <c r="N549" t="s">
+        <v>27</v>
+      </c>
+      <c r="O549" t="s">
+        <v>2649</v>
+      </c>
+      <c r="P549" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="550" spans="1:16">
+      <c r="A550" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B550" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C550" t="s">
+        <v>60</v>
+      </c>
+      <c r="D550" t="s">
+        <v>2652</v>
+      </c>
+      <c r="E550" t="s">
+        <v>20</v>
+      </c>
+      <c r="F550" t="s">
+        <v>62</v>
+      </c>
+      <c r="G550" t="s">
+        <v>22</v>
+      </c>
+      <c r="H550">
+        <v>1982</v>
+      </c>
+      <c r="I550">
+        <v>2024</v>
+      </c>
+      <c r="J550" t="s">
+        <v>64</v>
+      </c>
+      <c r="K550" t="s">
         <v>24</v>
       </c>
-      <c r="N542" t="s">
-[...22 lines deleted...]
-      <c r="G543">
+      <c r="L550"/>
+      <c r="M550" t="s">
+        <v>2653</v>
+      </c>
+      <c r="N550" t="s">
+        <v>66</v>
+      </c>
+      <c r="O550" t="s">
+        <v>2654</v>
+      </c>
+      <c r="P550" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="551" spans="1:16">
+      <c r="A551" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B551" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D551" t="s">
+        <v>374</v>
+      </c>
+      <c r="E551" t="s">
+        <v>20</v>
+      </c>
+      <c r="F551" t="s">
+        <v>43</v>
+      </c>
+      <c r="G551" t="s">
+        <v>63</v>
+      </c>
+      <c r="H551">
         <v>2015</v>
       </c>
-      <c r="H543"/>
-[...26 lines deleted...]
-      <c r="C544" t="s">
+      <c r="I551"/>
+      <c r="J551" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K551" t="s">
+        <v>34</v>
+      </c>
+      <c r="L551"/>
+      <c r="M551" t="s">
+        <v>2659</v>
+      </c>
+      <c r="N551" t="s">
+        <v>27</v>
+      </c>
+      <c r="O551" t="s">
+        <v>2660</v>
+      </c>
+      <c r="P551" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="552" spans="1:16">
+      <c r="A552" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C552" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D552" t="s">
+        <v>114</v>
+      </c>
+      <c r="E552" t="s">
+        <v>20</v>
+      </c>
+      <c r="F552" t="s">
+        <v>52</v>
+      </c>
+      <c r="G552" t="s">
+        <v>22</v>
+      </c>
+      <c r="H552">
+        <v>2015</v>
+      </c>
+      <c r="I552">
+        <v>2019</v>
+      </c>
+      <c r="J552" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K552" t="s">
+        <v>34</v>
+      </c>
+      <c r="L552"/>
+      <c r="M552" t="s">
+        <v>2659</v>
+      </c>
+      <c r="N552" t="s">
+        <v>27</v>
+      </c>
+      <c r="O552" t="s">
+        <v>2663</v>
+      </c>
+      <c r="P552" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="553" spans="1:16">
+      <c r="A553" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D553" t="s">
+        <v>114</v>
+      </c>
+      <c r="E553" t="s">
+        <v>20</v>
+      </c>
+      <c r="F553" t="s">
+        <v>21</v>
+      </c>
+      <c r="G553" t="s">
+        <v>63</v>
+      </c>
+      <c r="H553">
+        <v>2015</v>
+      </c>
+      <c r="I553"/>
+      <c r="J553" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K553" t="s">
+        <v>34</v>
+      </c>
+      <c r="L553"/>
+      <c r="M553" t="s">
+        <v>2659</v>
+      </c>
+      <c r="N553" t="s">
+        <v>27</v>
+      </c>
+      <c r="O553" t="s">
+        <v>2666</v>
+      </c>
+      <c r="P553" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="554" spans="1:16">
+      <c r="A554" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B554" t="s">
+        <v>2668</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D554" t="s">
+        <v>161</v>
+      </c>
+      <c r="E554" t="s">
+        <v>20</v>
+      </c>
+      <c r="F554" t="s">
+        <v>43</v>
+      </c>
+      <c r="G554" t="s">
+        <v>63</v>
+      </c>
+      <c r="H554">
+        <v>2014</v>
+      </c>
+      <c r="I554"/>
+      <c r="J554" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K554" t="s">
+        <v>34</v>
+      </c>
+      <c r="L554"/>
+      <c r="M554" t="s">
+        <v>2659</v>
+      </c>
+      <c r="N554" t="s">
+        <v>27</v>
+      </c>
+      <c r="O554" t="s">
+        <v>2669</v>
+      </c>
+      <c r="P554" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="555" spans="1:16">
+      <c r="A555" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C555" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D555" t="s">
+        <v>161</v>
+      </c>
+      <c r="E555" t="s">
+        <v>20</v>
+      </c>
+      <c r="F555" t="s">
+        <v>43</v>
+      </c>
+      <c r="G555" t="s">
+        <v>63</v>
+      </c>
+      <c r="H555">
+        <v>2014</v>
+      </c>
+      <c r="I555"/>
+      <c r="J555" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K555" t="s">
+        <v>34</v>
+      </c>
+      <c r="L555"/>
+      <c r="M555" t="s">
+        <v>2659</v>
+      </c>
+      <c r="N555" t="s">
+        <v>27</v>
+      </c>
+      <c r="O555" t="s">
+        <v>2671</v>
+      </c>
+      <c r="P555" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="556" spans="1:16">
+      <c r="A556" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B556" t="s">
+        <v>2673</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D556" t="s">
+        <v>2675</v>
+      </c>
+      <c r="E556" t="s">
+        <v>20</v>
+      </c>
+      <c r="F556" t="s">
+        <v>43</v>
+      </c>
+      <c r="G556" t="s">
+        <v>63</v>
+      </c>
+      <c r="H556">
+        <v>2019</v>
+      </c>
+      <c r="I556"/>
+      <c r="J556" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K556" t="s">
+        <v>34</v>
+      </c>
+      <c r="L556"/>
+      <c r="M556" t="s">
+        <v>2676</v>
+      </c>
+      <c r="N556" t="s">
+        <v>27</v>
+      </c>
+      <c r="O556" t="s">
+        <v>2677</v>
+      </c>
+      <c r="P556" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="557" spans="1:16">
+      <c r="A557" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B557" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D557" t="s">
+        <v>161</v>
+      </c>
+      <c r="E557" t="s">
+        <v>20</v>
+      </c>
+      <c r="F557" t="s">
+        <v>43</v>
+      </c>
+      <c r="G557" t="s">
+        <v>63</v>
+      </c>
+      <c r="H557">
+        <v>2019</v>
+      </c>
+      <c r="I557"/>
+      <c r="J557" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K557" t="s">
+        <v>34</v>
+      </c>
+      <c r="L557"/>
+      <c r="M557" t="s">
+        <v>2676</v>
+      </c>
+      <c r="N557" t="s">
+        <v>27</v>
+      </c>
+      <c r="O557" t="s">
+        <v>2681</v>
+      </c>
+      <c r="P557" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="558" spans="1:16">
+      <c r="A558" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B558" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D558" t="s">
+        <v>161</v>
+      </c>
+      <c r="E558" t="s">
+        <v>20</v>
+      </c>
+      <c r="F558" t="s">
+        <v>43</v>
+      </c>
+      <c r="G558" t="s">
+        <v>63</v>
+      </c>
+      <c r="H558">
+        <v>2019</v>
+      </c>
+      <c r="I558"/>
+      <c r="J558" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K558" t="s">
+        <v>34</v>
+      </c>
+      <c r="L558"/>
+      <c r="M558" t="s">
+        <v>2676</v>
+      </c>
+      <c r="N558" t="s">
+        <v>27</v>
+      </c>
+      <c r="O558" t="s">
+        <v>2685</v>
+      </c>
+      <c r="P558" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="559" spans="1:16">
+      <c r="A559" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B559" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D559" t="s">
+        <v>114</v>
+      </c>
+      <c r="E559" t="s">
+        <v>20</v>
+      </c>
+      <c r="F559" t="s">
+        <v>43</v>
+      </c>
+      <c r="G559" t="s">
+        <v>63</v>
+      </c>
+      <c r="H559">
+        <v>2019</v>
+      </c>
+      <c r="I559"/>
+      <c r="J559" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K559" t="s">
+        <v>34</v>
+      </c>
+      <c r="L559"/>
+      <c r="M559" t="s">
+        <v>2676</v>
+      </c>
+      <c r="N559" t="s">
+        <v>27</v>
+      </c>
+      <c r="O559" t="s">
+        <v>2689</v>
+      </c>
+      <c r="P559" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="560" spans="1:16">
+      <c r="A560" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B560" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D560" t="s">
+        <v>2693</v>
+      </c>
+      <c r="E560" t="s">
+        <v>20</v>
+      </c>
+      <c r="F560" t="s">
+        <v>43</v>
+      </c>
+      <c r="G560" t="s">
+        <v>63</v>
+      </c>
+      <c r="H560">
+        <v>2019</v>
+      </c>
+      <c r="I560"/>
+      <c r="J560" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K560" t="s">
+        <v>34</v>
+      </c>
+      <c r="L560"/>
+      <c r="M560" t="s">
+        <v>2676</v>
+      </c>
+      <c r="N560" t="s">
+        <v>27</v>
+      </c>
+      <c r="O560" t="s">
+        <v>2694</v>
+      </c>
+      <c r="P560" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="561" spans="1:16">
+      <c r="A561" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B561" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D561" t="s">
+        <v>130</v>
+      </c>
+      <c r="E561" t="s">
+        <v>20</v>
+      </c>
+      <c r="F561" t="s">
+        <v>43</v>
+      </c>
+      <c r="G561" t="s">
+        <v>63</v>
+      </c>
+      <c r="H561">
+        <v>2019</v>
+      </c>
+      <c r="I561"/>
+      <c r="J561" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K561" t="s">
+        <v>34</v>
+      </c>
+      <c r="L561"/>
+      <c r="M561" t="s">
+        <v>2676</v>
+      </c>
+      <c r="N561" t="s">
+        <v>27</v>
+      </c>
+      <c r="O561" t="s">
+        <v>2698</v>
+      </c>
+      <c r="P561" t="s">
+        <v>2699</v>
+      </c>
+    </row>
+    <row r="562" spans="1:16">
+      <c r="A562" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B562" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D562" t="s">
+        <v>2702</v>
+      </c>
+      <c r="E562" t="s">
+        <v>20</v>
+      </c>
+      <c r="F562" t="s">
+        <v>52</v>
+      </c>
+      <c r="G562" t="s">
+        <v>63</v>
+      </c>
+      <c r="H562">
+        <v>2018</v>
+      </c>
+      <c r="I562"/>
+      <c r="J562" t="s">
+        <v>188</v>
+      </c>
+      <c r="K562" t="s">
+        <v>34</v>
+      </c>
+      <c r="L562"/>
+      <c r="M562" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N562" t="s">
+        <v>27</v>
+      </c>
+      <c r="O562" t="s">
+        <v>2703</v>
+      </c>
+      <c r="P562" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="563" spans="1:16">
+      <c r="A563" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B563" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D563" t="s">
+        <v>135</v>
+      </c>
+      <c r="E563" t="s">
+        <v>20</v>
+      </c>
+      <c r="F563" t="s">
+        <v>43</v>
+      </c>
+      <c r="G563" t="s">
+        <v>63</v>
+      </c>
+      <c r="H563">
+        <v>2011</v>
+      </c>
+      <c r="I563"/>
+      <c r="J563" t="s">
+        <v>82</v>
+      </c>
+      <c r="K563" t="s">
+        <v>34</v>
+      </c>
+      <c r="L563"/>
+      <c r="M563" t="s">
+        <v>2708</v>
+      </c>
+      <c r="N563" t="s">
+        <v>27</v>
+      </c>
+      <c r="O563" t="s">
+        <v>2709</v>
+      </c>
+      <c r="P563" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="564" spans="1:16">
+      <c r="A564" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B564" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E564" t="s">
+        <v>20</v>
+      </c>
+      <c r="F564" t="s">
+        <v>21</v>
+      </c>
+      <c r="G564" t="s">
+        <v>63</v>
+      </c>
+      <c r="H564">
+        <v>2011</v>
+      </c>
+      <c r="I564"/>
+      <c r="J564" t="s">
+        <v>188</v>
+      </c>
+      <c r="K564" t="s">
+        <v>34</v>
+      </c>
+      <c r="L564"/>
+      <c r="M564" t="s">
+        <v>2708</v>
+      </c>
+      <c r="N564" t="s">
+        <v>27</v>
+      </c>
+      <c r="O564" t="s">
+        <v>2713</v>
+      </c>
+      <c r="P564" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="565" spans="1:16">
+      <c r="A565" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B565" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D565" t="s">
+        <v>161</v>
+      </c>
+      <c r="E565" t="s">
+        <v>20</v>
+      </c>
+      <c r="F565" t="s">
+        <v>21</v>
+      </c>
+      <c r="G565" t="s">
+        <v>63</v>
+      </c>
+      <c r="H565">
+        <v>2016</v>
+      </c>
+      <c r="I565"/>
+      <c r="J565" t="s">
+        <v>188</v>
+      </c>
+      <c r="K565" t="s">
+        <v>34</v>
+      </c>
+      <c r="L565"/>
+      <c r="M565" t="s">
+        <v>2708</v>
+      </c>
+      <c r="N565" t="s">
+        <v>27</v>
+      </c>
+      <c r="O565" t="s">
+        <v>2717</v>
+      </c>
+      <c r="P565" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="566" spans="1:16">
+      <c r="A566" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B566" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D566" t="s">
+        <v>114</v>
+      </c>
+      <c r="E566" t="s">
+        <v>20</v>
+      </c>
+      <c r="F566" t="s">
+        <v>21</v>
+      </c>
+      <c r="G566" t="s">
+        <v>63</v>
+      </c>
+      <c r="H566">
+        <v>2016</v>
+      </c>
+      <c r="I566"/>
+      <c r="J566" t="s">
+        <v>82</v>
+      </c>
+      <c r="K566" t="s">
+        <v>34</v>
+      </c>
+      <c r="L566"/>
+      <c r="M566" t="s">
+        <v>2708</v>
+      </c>
+      <c r="N566" t="s">
+        <v>27</v>
+      </c>
+      <c r="O566" t="s">
+        <v>2721</v>
+      </c>
+      <c r="P566" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="567" spans="1:16">
+      <c r="A567" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B567" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D567" t="s">
+        <v>139</v>
+      </c>
+      <c r="E567" t="s">
+        <v>20</v>
+      </c>
+      <c r="F567" t="s">
+        <v>43</v>
+      </c>
+      <c r="G567" t="s">
+        <v>63</v>
+      </c>
+      <c r="H567">
+        <v>2012</v>
+      </c>
+      <c r="I567"/>
+      <c r="J567" t="s">
+        <v>109</v>
+      </c>
+      <c r="K567" t="s">
+        <v>34</v>
+      </c>
+      <c r="L567" t="s">
+        <v>2725</v>
+      </c>
+      <c r="M567" t="s">
+        <v>2726</v>
+      </c>
+      <c r="N567" t="s">
+        <v>27</v>
+      </c>
+      <c r="O567" t="s">
+        <v>2727</v>
+      </c>
+      <c r="P567" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="568" spans="1:16">
+      <c r="A568" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B568" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C568" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D568" t="s">
+        <v>102</v>
+      </c>
+      <c r="E568" t="s">
+        <v>20</v>
+      </c>
+      <c r="F568" t="s">
+        <v>43</v>
+      </c>
+      <c r="G568" t="s">
+        <v>22</v>
+      </c>
+      <c r="H568">
+        <v>2002</v>
+      </c>
+      <c r="I568">
+        <v>2016</v>
+      </c>
+      <c r="J568" t="s">
+        <v>109</v>
+      </c>
+      <c r="K568" t="s">
+        <v>34</v>
+      </c>
+      <c r="L568" t="s">
+        <v>2731</v>
+      </c>
+      <c r="M568" t="s">
+        <v>2726</v>
+      </c>
+      <c r="N568" t="s">
+        <v>27</v>
+      </c>
+      <c r="O568" t="s">
+        <v>2732</v>
+      </c>
+      <c r="P568" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="569" spans="1:16">
+      <c r="A569" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B569" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D569" t="s">
+        <v>161</v>
+      </c>
+      <c r="E569" t="s">
+        <v>20</v>
+      </c>
+      <c r="F569" t="s">
+        <v>43</v>
+      </c>
+      <c r="G569" t="s">
+        <v>63</v>
+      </c>
+      <c r="H569">
+        <v>2018</v>
+      </c>
+      <c r="I569"/>
+      <c r="J569" t="s">
+        <v>109</v>
+      </c>
+      <c r="K569" t="s">
+        <v>34</v>
+      </c>
+      <c r="L569"/>
+      <c r="M569" t="s">
+        <v>2726</v>
+      </c>
+      <c r="N569" t="s">
+        <v>27</v>
+      </c>
+      <c r="O569" t="s">
+        <v>2735</v>
+      </c>
+      <c r="P569" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="570" spans="1:16">
+      <c r="A570" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B570" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D570" t="s">
+        <v>166</v>
+      </c>
+      <c r="E570" t="s">
+        <v>20</v>
+      </c>
+      <c r="F570" t="s">
+        <v>43</v>
+      </c>
+      <c r="G570" t="s">
+        <v>63</v>
+      </c>
+      <c r="H570">
+        <v>2011</v>
+      </c>
+      <c r="I570"/>
+      <c r="J570" t="s">
+        <v>109</v>
+      </c>
+      <c r="K570" t="s">
+        <v>34</v>
+      </c>
+      <c r="L570" t="s">
+        <v>2739</v>
+      </c>
+      <c r="M570" t="s">
+        <v>2726</v>
+      </c>
+      <c r="N570" t="s">
+        <v>27</v>
+      </c>
+      <c r="O570" t="s">
+        <v>2740</v>
+      </c>
+      <c r="P570" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="571" spans="1:16">
+      <c r="A571" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B571" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D571" t="s">
+        <v>118</v>
+      </c>
+      <c r="E571" t="s">
+        <v>20</v>
+      </c>
+      <c r="F571" t="s">
+        <v>43</v>
+      </c>
+      <c r="G571" t="s">
+        <v>63</v>
+      </c>
+      <c r="H571">
+        <v>2016</v>
+      </c>
+      <c r="I571"/>
+      <c r="J571" t="s">
+        <v>2744</v>
+      </c>
+      <c r="K571" t="s">
+        <v>34</v>
+      </c>
+      <c r="L571"/>
+      <c r="M571" t="s">
+        <v>2726</v>
+      </c>
+      <c r="N571" t="s">
+        <v>27</v>
+      </c>
+      <c r="O571" t="s">
+        <v>2745</v>
+      </c>
+      <c r="P571" t="s">
+        <v>2746</v>
+      </c>
+    </row>
+    <row r="572" spans="1:16">
+      <c r="A572" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B572" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D572" t="s">
+        <v>374</v>
+      </c>
+      <c r="E572" t="s">
+        <v>20</v>
+      </c>
+      <c r="F572" t="s">
+        <v>43</v>
+      </c>
+      <c r="G572" t="s">
+        <v>63</v>
+      </c>
+      <c r="H572">
+        <v>2020</v>
+      </c>
+      <c r="I572"/>
+      <c r="J572" t="s">
+        <v>109</v>
+      </c>
+      <c r="K572" t="s">
+        <v>34</v>
+      </c>
+      <c r="L572" t="s">
+        <v>2749</v>
+      </c>
+      <c r="M572" t="s">
+        <v>2726</v>
+      </c>
+      <c r="N572" t="s">
+        <v>27</v>
+      </c>
+      <c r="O572" t="s">
+        <v>2750</v>
+      </c>
+      <c r="P572" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="573" spans="1:16">
+      <c r="A573" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B573" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C573" t="s">
+        <v>566</v>
+      </c>
+      <c r="D573" t="s">
+        <v>930</v>
+      </c>
+      <c r="E573" t="s">
+        <v>20</v>
+      </c>
+      <c r="F573" t="s">
+        <v>21</v>
+      </c>
+      <c r="G573" t="s">
+        <v>22</v>
+      </c>
+      <c r="H573">
+        <v>2000</v>
+      </c>
+      <c r="I573">
+        <v>2014</v>
+      </c>
+      <c r="J573" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K573" t="s">
+        <v>34</v>
+      </c>
+      <c r="L573" t="s">
+        <v>2754</v>
+      </c>
+      <c r="M573" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N573" t="s">
+        <v>27</v>
+      </c>
+      <c r="O573" t="s">
+        <v>2755</v>
+      </c>
+      <c r="P573" t="s">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="574" spans="1:16">
+      <c r="A574" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B574" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C574" t="s">
+        <v>566</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E574" t="s">
+        <v>20</v>
+      </c>
+      <c r="F574" t="s">
+        <v>21</v>
+      </c>
+      <c r="G574" t="s">
+        <v>22</v>
+      </c>
+      <c r="H574">
+        <v>1997</v>
+      </c>
+      <c r="I574">
+        <v>2014</v>
+      </c>
+      <c r="J574" t="s">
+        <v>568</v>
+      </c>
+      <c r="K574" t="s">
+        <v>34</v>
+      </c>
+      <c r="L574" t="s">
+        <v>2759</v>
+      </c>
+      <c r="M574" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N574" t="s">
+        <v>27</v>
+      </c>
+      <c r="O574" t="s">
+        <v>2760</v>
+      </c>
+      <c r="P574" t="s">
+        <v>2761</v>
+      </c>
+    </row>
+    <row r="575" spans="1:16">
+      <c r="A575" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B575" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C575" t="s">
+        <v>566</v>
+      </c>
+      <c r="D575" t="s">
         <v>468</v>
       </c>
-      <c r="D544" t="s">
-[...260 lines deleted...]
-      <c r="G550">
+      <c r="E575" t="s">
+        <v>20</v>
+      </c>
+      <c r="F575" t="s">
+        <v>43</v>
+      </c>
+      <c r="G575" t="s">
+        <v>63</v>
+      </c>
+      <c r="H575">
+        <v>2011</v>
+      </c>
+      <c r="I575"/>
+      <c r="J575" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K575" t="s">
+        <v>334</v>
+      </c>
+      <c r="L575" t="s">
+        <v>2764</v>
+      </c>
+      <c r="M575" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N575" t="s">
+        <v>27</v>
+      </c>
+      <c r="O575" t="s">
+        <v>2765</v>
+      </c>
+      <c r="P575" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="576" spans="1:16">
+      <c r="A576" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B576" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C576" t="s">
+        <v>566</v>
+      </c>
+      <c r="D576" t="s">
+        <v>930</v>
+      </c>
+      <c r="E576" t="s">
+        <v>20</v>
+      </c>
+      <c r="F576" t="s">
+        <v>43</v>
+      </c>
+      <c r="G576" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H576">
+        <v>1994</v>
+      </c>
+      <c r="I576">
         <v>2014</v>
       </c>
-      <c r="H550"/>
-[...30 lines deleted...]
-      <c r="E551" t="s">
+      <c r="J576" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K576" t="s">
+        <v>34</v>
+      </c>
+      <c r="L576" t="s">
+        <v>2769</v>
+      </c>
+      <c r="M576" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N576" t="s">
+        <v>27</v>
+      </c>
+      <c r="O576" t="s">
+        <v>2770</v>
+      </c>
+      <c r="P576" t="s">
+        <v>2771</v>
+      </c>
+    </row>
+    <row r="577" spans="1:16">
+      <c r="A577" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B577" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C577" t="s">
+        <v>566</v>
+      </c>
+      <c r="D577" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E577" t="s">
+        <v>20</v>
+      </c>
+      <c r="F577" t="s">
         <v>43</v>
       </c>
-      <c r="F551" t="s">
-[...11 lines deleted...]
-      <c r="J551" t="s">
+      <c r="G577" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H577">
+        <v>2002</v>
+      </c>
+      <c r="I577">
+        <v>2007</v>
+      </c>
+      <c r="J577" t="s">
+        <v>568</v>
+      </c>
+      <c r="K577" t="s">
+        <v>34</v>
+      </c>
+      <c r="L577" t="s">
+        <v>2775</v>
+      </c>
+      <c r="M577" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N577" t="s">
+        <v>27</v>
+      </c>
+      <c r="O577" t="s">
+        <v>2776</v>
+      </c>
+      <c r="P577" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="578" spans="1:16">
+      <c r="A578" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B578" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C578" t="s">
+        <v>566</v>
+      </c>
+      <c r="D578" t="s">
+        <v>114</v>
+      </c>
+      <c r="E578" t="s">
+        <v>20</v>
+      </c>
+      <c r="F578" t="s">
+        <v>43</v>
+      </c>
+      <c r="G578" t="s">
+        <v>63</v>
+      </c>
+      <c r="H578">
+        <v>2012</v>
+      </c>
+      <c r="I578"/>
+      <c r="J578" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K578" t="s">
+        <v>34</v>
+      </c>
+      <c r="L578" t="s">
+        <v>2780</v>
+      </c>
+      <c r="M578" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N578" t="s">
+        <v>27</v>
+      </c>
+      <c r="O578" t="s">
+        <v>2781</v>
+      </c>
+      <c r="P578" t="s">
+        <v>2782</v>
+      </c>
+    </row>
+    <row r="579" spans="1:16">
+      <c r="A579" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B579" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C579" t="s">
+        <v>566</v>
+      </c>
+      <c r="D579" t="s">
+        <v>130</v>
+      </c>
+      <c r="E579" t="s">
+        <v>20</v>
+      </c>
+      <c r="F579" t="s">
         <v>21</v>
       </c>
-      <c r="K551"/>
-[...591 lines deleted...]
-      <c r="G566">
+      <c r="G579" t="s">
+        <v>842</v>
+      </c>
+      <c r="H579">
+        <v>2010</v>
+      </c>
+      <c r="I579">
         <v>2016</v>
       </c>
-      <c r="H566"/>
-[...550 lines deleted...]
-      </c>
       <c r="J579" t="s">
-        <v>29</v>
+        <v>568</v>
       </c>
       <c r="K579" t="s">
-        <v>1825</v>
+        <v>34</v>
       </c>
       <c r="L579" t="s">
-        <v>1488</v>
+        <v>2785</v>
       </c>
       <c r="M579" t="s">
-        <v>24</v>
+        <v>2228</v>
       </c>
       <c r="N579" t="s">
-        <v>1826</v>
-[...2 lines deleted...]
-    <row r="580" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O579" t="s">
+        <v>2786</v>
+      </c>
+      <c r="P579" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="580" spans="1:16">
       <c r="A580" t="s">
-        <v>1827</v>
+        <v>2788</v>
       </c>
       <c r="B580" t="s">
-        <v>397</v>
+        <v>2789</v>
       </c>
       <c r="C580" t="s">
-        <v>96</v>
+        <v>566</v>
       </c>
       <c r="D580" t="s">
-        <v>17</v>
+        <v>2790</v>
       </c>
       <c r="E580" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F580" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G580" t="s">
+        <v>22</v>
       </c>
       <c r="H580">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I580"/>
       <c r="J580" t="s">
-        <v>29</v>
+        <v>568</v>
       </c>
       <c r="K580" t="s">
-        <v>1828</v>
+        <v>34</v>
       </c>
       <c r="L580" t="s">
-        <v>1488</v>
+        <v>2791</v>
       </c>
       <c r="M580" t="s">
-        <v>31</v>
+        <v>2228</v>
       </c>
       <c r="N580" t="s">
-        <v>1829</v>
-[...2 lines deleted...]
-    <row r="581" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O580" t="s">
+        <v>2792</v>
+      </c>
+      <c r="P580" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="581" spans="1:16">
       <c r="A581" t="s">
-        <v>1830</v>
+        <v>2794</v>
       </c>
       <c r="B581" t="s">
-        <v>397</v>
+        <v>2795</v>
       </c>
       <c r="C581" t="s">
-        <v>1831</v>
+        <v>566</v>
       </c>
       <c r="D581" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E581" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F581" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G581">
+        <v>43</v>
+      </c>
+      <c r="G581" t="s">
+        <v>22</v>
+      </c>
+      <c r="H581">
+        <v>1995</v>
+      </c>
+      <c r="I581">
         <v>2008</v>
       </c>
-      <c r="H581"/>
-[...2 lines deleted...]
-      </c>
       <c r="J581" t="s">
-        <v>29</v>
+        <v>1583</v>
       </c>
       <c r="K581" t="s">
-        <v>1832</v>
+        <v>34</v>
       </c>
       <c r="L581" t="s">
-        <v>1488</v>
+        <v>2796</v>
       </c>
       <c r="M581" t="s">
-        <v>31</v>
+        <v>2228</v>
       </c>
       <c r="N581" t="s">
-        <v>1833</v>
-[...2 lines deleted...]
-    <row r="582" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O581" t="s">
+        <v>2797</v>
+      </c>
+      <c r="P581" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="582" spans="1:16">
       <c r="A582" t="s">
-        <v>1834</v>
+        <v>2799</v>
       </c>
       <c r="B582" t="s">
-        <v>397</v>
+        <v>2800</v>
       </c>
       <c r="C582" t="s">
-        <v>119</v>
+        <v>566</v>
       </c>
       <c r="D582" t="s">
-        <v>17</v>
+        <v>2342</v>
       </c>
       <c r="E582" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F582" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>43</v>
+      </c>
+      <c r="G582" t="s">
+        <v>22</v>
       </c>
       <c r="H582">
         <v>2008</v>
       </c>
-      <c r="I582" t="s">
-        <v>1051</v>
+      <c r="I582">
+        <v>2014</v>
       </c>
       <c r="J582" t="s">
-        <v>29</v>
+        <v>568</v>
       </c>
       <c r="K582" t="s">
-        <v>1835</v>
+        <v>34</v>
       </c>
       <c r="L582" t="s">
-        <v>1488</v>
+        <v>2801</v>
       </c>
       <c r="M582" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N582" t="s">
+        <v>27</v>
+      </c>
+      <c r="O582" t="s">
+        <v>2802</v>
+      </c>
+      <c r="P582" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="583" spans="1:16">
+      <c r="A583" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B583" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C583" t="s">
+        <v>566</v>
+      </c>
+      <c r="D583" t="s">
+        <v>161</v>
+      </c>
+      <c r="E583" t="s">
+        <v>20</v>
+      </c>
+      <c r="F583" t="s">
+        <v>43</v>
+      </c>
+      <c r="G583" t="s">
+        <v>22</v>
+      </c>
+      <c r="H583">
+        <v>1995</v>
+      </c>
+      <c r="I583">
+        <v>2010</v>
+      </c>
+      <c r="J583" t="s">
+        <v>620</v>
+      </c>
+      <c r="K583" t="s">
+        <v>34</v>
+      </c>
+      <c r="L583" t="s">
+        <v>2806</v>
+      </c>
+      <c r="M583" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N583" t="s">
+        <v>27</v>
+      </c>
+      <c r="O583" t="s">
+        <v>2807</v>
+      </c>
+      <c r="P583" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="584" spans="1:16">
+      <c r="A584" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B584" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C584" t="s">
+        <v>566</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E584" t="s">
+        <v>20</v>
+      </c>
+      <c r="F584" t="s">
+        <v>43</v>
+      </c>
+      <c r="G584" t="s">
+        <v>63</v>
+      </c>
+      <c r="H584">
+        <v>2013</v>
+      </c>
+      <c r="I584"/>
+      <c r="J584" t="s">
+        <v>568</v>
+      </c>
+      <c r="K584" t="s">
+        <v>334</v>
+      </c>
+      <c r="L584" t="s">
+        <v>2811</v>
+      </c>
+      <c r="M584" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N584" t="s">
+        <v>27</v>
+      </c>
+      <c r="O584" t="s">
+        <v>2812</v>
+      </c>
+      <c r="P584" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="585" spans="1:16">
+      <c r="A585" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B585" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C585" t="s">
+        <v>566</v>
+      </c>
+      <c r="D585" t="s">
+        <v>161</v>
+      </c>
+      <c r="E585" t="s">
+        <v>20</v>
+      </c>
+      <c r="F585" t="s">
+        <v>43</v>
+      </c>
+      <c r="G585" t="s">
+        <v>22</v>
+      </c>
+      <c r="H585">
+        <v>1995</v>
+      </c>
+      <c r="I585">
+        <v>2016</v>
+      </c>
+      <c r="J585" t="s">
+        <v>568</v>
+      </c>
+      <c r="K585" t="s">
+        <v>34</v>
+      </c>
+      <c r="L585"/>
+      <c r="M585" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N585" t="s">
+        <v>27</v>
+      </c>
+      <c r="O585" t="s">
+        <v>2816</v>
+      </c>
+      <c r="P585" t="s">
+        <v>2817</v>
+      </c>
+    </row>
+    <row r="586" spans="1:16">
+      <c r="A586" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B586" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C586" t="s">
+        <v>566</v>
+      </c>
+      <c r="D586" t="s">
+        <v>224</v>
+      </c>
+      <c r="E586" t="s">
+        <v>20</v>
+      </c>
+      <c r="F586" t="s">
+        <v>21</v>
+      </c>
+      <c r="G586" t="s">
+        <v>63</v>
+      </c>
+      <c r="H586">
+        <v>2012</v>
+      </c>
+      <c r="I586"/>
+      <c r="J586" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K586" t="s">
+        <v>34</v>
+      </c>
+      <c r="L586" t="s">
+        <v>2820</v>
+      </c>
+      <c r="M586" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N586" t="s">
+        <v>27</v>
+      </c>
+      <c r="O586" t="s">
+        <v>2821</v>
+      </c>
+      <c r="P586" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="587" spans="1:16">
+      <c r="A587" t="s">
+        <v>2823</v>
+      </c>
+      <c r="B587" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C587" t="s">
+        <v>566</v>
+      </c>
+      <c r="D587" t="s">
+        <v>2576</v>
+      </c>
+      <c r="E587" t="s">
+        <v>20</v>
+      </c>
+      <c r="F587" t="s">
+        <v>43</v>
+      </c>
+      <c r="G587" t="s">
+        <v>63</v>
+      </c>
+      <c r="H587">
+        <v>2014</v>
+      </c>
+      <c r="I587"/>
+      <c r="J587" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K587" t="s">
+        <v>34</v>
+      </c>
+      <c r="L587" t="s">
+        <v>2825</v>
+      </c>
+      <c r="M587" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N587" t="s">
+        <v>27</v>
+      </c>
+      <c r="O587" t="s">
+        <v>2826</v>
+      </c>
+      <c r="P587" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="588" spans="1:16">
+      <c r="A588" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B588" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D588" t="s">
+        <v>2831</v>
+      </c>
+      <c r="E588" t="s">
+        <v>20</v>
+      </c>
+      <c r="F588" t="s">
+        <v>21</v>
+      </c>
+      <c r="G588" t="s">
+        <v>63</v>
+      </c>
+      <c r="H588">
+        <v>2016</v>
+      </c>
+      <c r="I588"/>
+      <c r="J588" t="s">
+        <v>73</v>
+      </c>
+      <c r="K588" t="s">
+        <v>34</v>
+      </c>
+      <c r="L588"/>
+      <c r="M588" t="s">
+        <v>2832</v>
+      </c>
+      <c r="N588" t="s">
+        <v>27</v>
+      </c>
+      <c r="O588" t="s">
+        <v>2833</v>
+      </c>
+      <c r="P588" t="s">
+        <v>2834</v>
+      </c>
+    </row>
+    <row r="589" spans="1:16">
+      <c r="A589" t="s">
+        <v>2835</v>
+      </c>
+      <c r="B589" t="s">
+        <v>2836</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D589" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E589" t="s">
+        <v>20</v>
+      </c>
+      <c r="F589" t="s">
+        <v>52</v>
+      </c>
+      <c r="G589" t="s">
+        <v>63</v>
+      </c>
+      <c r="H589">
+        <v>2017</v>
+      </c>
+      <c r="I589"/>
+      <c r="J589" t="s">
+        <v>73</v>
+      </c>
+      <c r="K589" t="s">
         <v>24</v>
       </c>
-      <c r="N582" t="s">
-[...25 lines deleted...]
-      <c r="H583">
+      <c r="L589"/>
+      <c r="M589" t="s">
+        <v>2832</v>
+      </c>
+      <c r="N589" t="s">
+        <v>36</v>
+      </c>
+      <c r="O589" t="s">
+        <v>2838</v>
+      </c>
+      <c r="P589" t="s">
+        <v>2839</v>
+      </c>
+    </row>
+    <row r="590" spans="1:16">
+      <c r="A590" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B590" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C590" t="s">
+        <v>524</v>
+      </c>
+      <c r="D590" t="s">
+        <v>81</v>
+      </c>
+      <c r="E590" t="s">
+        <v>20</v>
+      </c>
+      <c r="F590" t="s">
+        <v>21</v>
+      </c>
+      <c r="G590" t="s">
+        <v>63</v>
+      </c>
+      <c r="H590">
         <v>2014</v>
       </c>
-      <c r="I583" t="s">
-[...289 lines deleted...]
-      <c r="G590">
+      <c r="I590"/>
+      <c r="J590" t="s">
+        <v>538</v>
+      </c>
+      <c r="K590" t="s">
+        <v>34</v>
+      </c>
+      <c r="L590" t="s">
+        <v>2842</v>
+      </c>
+      <c r="M590" t="s">
+        <v>525</v>
+      </c>
+      <c r="N590" t="s">
+        <v>27</v>
+      </c>
+      <c r="O590" t="s">
+        <v>2843</v>
+      </c>
+      <c r="P590" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="591" spans="1:16">
+      <c r="A591" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B591" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C591" t="s">
+        <v>524</v>
+      </c>
+      <c r="D591" t="s">
+        <v>290</v>
+      </c>
+      <c r="E591" t="s">
+        <v>20</v>
+      </c>
+      <c r="F591" t="s">
+        <v>21</v>
+      </c>
+      <c r="G591" t="s">
+        <v>63</v>
+      </c>
+      <c r="H591">
         <v>2017</v>
       </c>
-      <c r="H590"/>
-[...3 lines deleted...]
-      <c r="J590" t="s">
+      <c r="I591"/>
+      <c r="J591" t="s">
+        <v>196</v>
+      </c>
+      <c r="K591" t="s">
+        <v>34</v>
+      </c>
+      <c r="L591"/>
+      <c r="M591" t="s">
+        <v>525</v>
+      </c>
+      <c r="N591" t="s">
+        <v>27</v>
+      </c>
+      <c r="O591" t="s">
+        <v>2847</v>
+      </c>
+      <c r="P591" t="s">
+        <v>2848</v>
+      </c>
+    </row>
+    <row r="592" spans="1:16">
+      <c r="A592" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B592" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C592" t="s">
+        <v>524</v>
+      </c>
+      <c r="D592" t="s">
+        <v>413</v>
+      </c>
+      <c r="E592" t="s">
+        <v>20</v>
+      </c>
+      <c r="F592" t="s">
         <v>21</v>
       </c>
-      <c r="K590"/>
-[...71 lines deleted...]
-      <c r="G592">
+      <c r="G592" t="s">
+        <v>22</v>
+      </c>
+      <c r="H592">
         <v>2017</v>
       </c>
-      <c r="H592"/>
-[...1 lines deleted...]
-        <v>146</v>
+      <c r="I592">
+        <v>2021</v>
       </c>
       <c r="J592" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K592"/>
+        <v>538</v>
+      </c>
+      <c r="K592" t="s">
+        <v>34</v>
+      </c>
       <c r="L592" t="s">
-        <v>368</v>
+        <v>2851</v>
       </c>
       <c r="M592" t="s">
-        <v>24</v>
+        <v>525</v>
       </c>
       <c r="N592" t="s">
-        <v>1866</v>
-[...2 lines deleted...]
-    <row r="593" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O592" t="s">
+        <v>2852</v>
+      </c>
+      <c r="P592" t="s">
+        <v>2853</v>
+      </c>
+    </row>
+    <row r="593" spans="1:16">
       <c r="A593" t="s">
-        <v>1867</v>
+        <v>2854</v>
       </c>
       <c r="B593" t="s">
-        <v>367</v>
+        <v>2855</v>
       </c>
       <c r="C593" t="s">
-        <v>291</v>
+        <v>524</v>
       </c>
       <c r="D593" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E593" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F593" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G593">
+        <v>21</v>
+      </c>
+      <c r="G593" t="s">
+        <v>63</v>
+      </c>
+      <c r="H593">
+        <v>2019</v>
+      </c>
+      <c r="I593"/>
+      <c r="J593" t="s">
+        <v>734</v>
+      </c>
+      <c r="K593" t="s">
+        <v>34</v>
+      </c>
+      <c r="L593"/>
+      <c r="M593" t="s">
+        <v>525</v>
+      </c>
+      <c r="N593" t="s">
+        <v>27</v>
+      </c>
+      <c r="O593" t="s">
+        <v>2856</v>
+      </c>
+      <c r="P593" t="s">
+        <v>2857</v>
+      </c>
+    </row>
+    <row r="594" spans="1:16">
+      <c r="A594" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B594" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C594" t="s">
+        <v>524</v>
+      </c>
+      <c r="D594" t="s">
+        <v>413</v>
+      </c>
+      <c r="E594" t="s">
+        <v>20</v>
+      </c>
+      <c r="F594" t="s">
+        <v>21</v>
+      </c>
+      <c r="G594" t="s">
+        <v>22</v>
+      </c>
+      <c r="H594">
         <v>2017</v>
       </c>
-      <c r="H593">
+      <c r="I594">
         <v>2021</v>
       </c>
-      <c r="I593" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J594" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K594"/>
+        <v>538</v>
+      </c>
+      <c r="K594" t="s">
+        <v>34</v>
+      </c>
       <c r="L594" t="s">
-        <v>368</v>
+        <v>2851</v>
       </c>
       <c r="M594" t="s">
-        <v>24</v>
+        <v>525</v>
       </c>
       <c r="N594" t="s">
-        <v>1871</v>
-[...2 lines deleted...]
-    <row r="595" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O594" t="s">
+        <v>2860</v>
+      </c>
+      <c r="P594" t="s">
+        <v>2861</v>
+      </c>
+    </row>
+    <row r="595" spans="1:16">
       <c r="A595" t="s">
-        <v>1872</v>
+        <v>2862</v>
       </c>
       <c r="B595" t="s">
-        <v>367</v>
+        <v>2863</v>
       </c>
       <c r="C595" t="s">
-        <v>291</v>
+        <v>524</v>
       </c>
       <c r="D595" t="s">
-        <v>17</v>
+        <v>974</v>
       </c>
       <c r="E595" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F595" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>21</v>
+      </c>
+      <c r="G595" t="s">
+        <v>582</v>
       </c>
       <c r="H595">
         <v>2021</v>
       </c>
-      <c r="I595" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I595"/>
       <c r="J595" t="s">
-        <v>29</v>
+        <v>538</v>
       </c>
       <c r="K595" t="s">
-        <v>1868</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L595"/>
       <c r="M595" t="s">
+        <v>525</v>
+      </c>
+      <c r="N595" t="s">
+        <v>27</v>
+      </c>
+      <c r="O595" t="s">
+        <v>2864</v>
+      </c>
+      <c r="P595" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="596" spans="1:16">
+      <c r="A596" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B596" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C596" t="s">
+        <v>524</v>
+      </c>
+      <c r="D596" t="s">
+        <v>2868</v>
+      </c>
+      <c r="E596" t="s">
+        <v>20</v>
+      </c>
+      <c r="F596" t="s">
+        <v>21</v>
+      </c>
+      <c r="G596" t="s">
+        <v>582</v>
+      </c>
+      <c r="H596">
+        <v>2021</v>
+      </c>
+      <c r="I596"/>
+      <c r="J596" t="s">
+        <v>538</v>
+      </c>
+      <c r="K596" t="s">
+        <v>34</v>
+      </c>
+      <c r="L596"/>
+      <c r="M596" t="s">
+        <v>525</v>
+      </c>
+      <c r="N596" t="s">
+        <v>27</v>
+      </c>
+      <c r="O596" t="s">
+        <v>2869</v>
+      </c>
+      <c r="P596" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="597" spans="1:16">
+      <c r="A597" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B597" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C597" t="s">
+        <v>524</v>
+      </c>
+      <c r="D597" t="s">
+        <v>130</v>
+      </c>
+      <c r="E597" t="s">
+        <v>20</v>
+      </c>
+      <c r="F597" t="s">
+        <v>21</v>
+      </c>
+      <c r="G597" t="s">
+        <v>22</v>
+      </c>
+      <c r="H597">
+        <v>2005</v>
+      </c>
+      <c r="I597">
+        <v>2015</v>
+      </c>
+      <c r="J597" t="s">
+        <v>538</v>
+      </c>
+      <c r="K597" t="s">
+        <v>34</v>
+      </c>
+      <c r="L597" t="s">
+        <v>2873</v>
+      </c>
+      <c r="M597" t="s">
+        <v>525</v>
+      </c>
+      <c r="N597" t="s">
+        <v>36</v>
+      </c>
+      <c r="O597" t="s">
+        <v>2874</v>
+      </c>
+      <c r="P597" t="s">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="598" spans="1:16">
+      <c r="A598" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B598" t="s">
+        <v>2877</v>
+      </c>
+      <c r="C598" t="s">
+        <v>524</v>
+      </c>
+      <c r="D598" t="s">
+        <v>567</v>
+      </c>
+      <c r="E598" t="s">
+        <v>20</v>
+      </c>
+      <c r="F598" t="s">
+        <v>43</v>
+      </c>
+      <c r="G598" t="s">
+        <v>22</v>
+      </c>
+      <c r="H598">
+        <v>2007</v>
+      </c>
+      <c r="I598">
+        <v>2020</v>
+      </c>
+      <c r="J598" t="s">
+        <v>538</v>
+      </c>
+      <c r="K598" t="s">
+        <v>34</v>
+      </c>
+      <c r="L598" t="s">
+        <v>2878</v>
+      </c>
+      <c r="M598" t="s">
+        <v>525</v>
+      </c>
+      <c r="N598" t="s">
+        <v>27</v>
+      </c>
+      <c r="O598" t="s">
+        <v>2879</v>
+      </c>
+      <c r="P598" t="s">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="599" spans="1:16">
+      <c r="A599" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B599" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C599" t="s">
+        <v>524</v>
+      </c>
+      <c r="D599" t="s">
+        <v>114</v>
+      </c>
+      <c r="E599" t="s">
+        <v>20</v>
+      </c>
+      <c r="F599" t="s">
+        <v>21</v>
+      </c>
+      <c r="G599" t="s">
+        <v>22</v>
+      </c>
+      <c r="H599">
+        <v>2007</v>
+      </c>
+      <c r="I599">
+        <v>2015</v>
+      </c>
+      <c r="J599" t="s">
+        <v>538</v>
+      </c>
+      <c r="K599" t="s">
+        <v>34</v>
+      </c>
+      <c r="L599" t="s">
+        <v>2883</v>
+      </c>
+      <c r="M599" t="s">
+        <v>525</v>
+      </c>
+      <c r="N599" t="s">
+        <v>27</v>
+      </c>
+      <c r="O599" t="s">
+        <v>2884</v>
+      </c>
+      <c r="P599" t="s">
+        <v>2885</v>
+      </c>
+    </row>
+    <row r="600" spans="1:16">
+      <c r="A600" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B600" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C600" t="s">
+        <v>524</v>
+      </c>
+      <c r="D600" t="s">
+        <v>161</v>
+      </c>
+      <c r="E600" t="s">
+        <v>20</v>
+      </c>
+      <c r="F600" t="s">
+        <v>21</v>
+      </c>
+      <c r="G600" t="s">
+        <v>22</v>
+      </c>
+      <c r="H600">
+        <v>2007</v>
+      </c>
+      <c r="I600">
+        <v>2020</v>
+      </c>
+      <c r="J600" t="s">
+        <v>538</v>
+      </c>
+      <c r="K600" t="s">
+        <v>34</v>
+      </c>
+      <c r="L600" t="s">
+        <v>2888</v>
+      </c>
+      <c r="M600" t="s">
+        <v>525</v>
+      </c>
+      <c r="N600" t="s">
+        <v>27</v>
+      </c>
+      <c r="O600" t="s">
+        <v>2889</v>
+      </c>
+      <c r="P600" t="s">
+        <v>2890</v>
+      </c>
+    </row>
+    <row r="601" spans="1:16">
+      <c r="A601" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B601" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C601" t="s">
+        <v>524</v>
+      </c>
+      <c r="D601" t="s">
+        <v>161</v>
+      </c>
+      <c r="E601" t="s">
+        <v>20</v>
+      </c>
+      <c r="F601" t="s">
+        <v>21</v>
+      </c>
+      <c r="G601" t="s">
+        <v>582</v>
+      </c>
+      <c r="H601">
+        <v>2021</v>
+      </c>
+      <c r="I601"/>
+      <c r="J601" t="s">
+        <v>538</v>
+      </c>
+      <c r="K601" t="s">
+        <v>34</v>
+      </c>
+      <c r="L601"/>
+      <c r="M601" t="s">
+        <v>525</v>
+      </c>
+      <c r="N601" t="s">
+        <v>27</v>
+      </c>
+      <c r="O601" t="s">
+        <v>2893</v>
+      </c>
+      <c r="P601" t="s">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="602" spans="1:16">
+      <c r="A602" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B602" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C602" t="s">
+        <v>524</v>
+      </c>
+      <c r="D602" t="s">
+        <v>118</v>
+      </c>
+      <c r="E602" t="s">
+        <v>20</v>
+      </c>
+      <c r="F602" t="s">
+        <v>21</v>
+      </c>
+      <c r="G602" t="s">
+        <v>22</v>
+      </c>
+      <c r="H602">
+        <v>2008</v>
+      </c>
+      <c r="I602">
+        <v>2015</v>
+      </c>
+      <c r="J602" t="s">
+        <v>538</v>
+      </c>
+      <c r="K602" t="s">
+        <v>34</v>
+      </c>
+      <c r="L602"/>
+      <c r="M602" t="s">
+        <v>525</v>
+      </c>
+      <c r="N602" t="s">
+        <v>27</v>
+      </c>
+      <c r="O602" t="s">
+        <v>2897</v>
+      </c>
+      <c r="P602" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="603" spans="1:16">
+      <c r="A603" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B603" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C603" t="s">
+        <v>524</v>
+      </c>
+      <c r="D603" t="s">
+        <v>139</v>
+      </c>
+      <c r="E603" t="s">
+        <v>20</v>
+      </c>
+      <c r="F603" t="s">
+        <v>21</v>
+      </c>
+      <c r="G603" t="s">
+        <v>22</v>
+      </c>
+      <c r="H603">
+        <v>2008</v>
+      </c>
+      <c r="I603">
+        <v>2015</v>
+      </c>
+      <c r="J603" t="s">
+        <v>538</v>
+      </c>
+      <c r="K603" t="s">
+        <v>34</v>
+      </c>
+      <c r="L603" t="s">
+        <v>2901</v>
+      </c>
+      <c r="M603" t="s">
+        <v>525</v>
+      </c>
+      <c r="N603" t="s">
+        <v>27</v>
+      </c>
+      <c r="O603" t="s">
+        <v>2902</v>
+      </c>
+      <c r="P603" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="604" spans="1:16">
+      <c r="A604" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B604" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C604" t="s">
+        <v>524</v>
+      </c>
+      <c r="D604" t="s">
+        <v>345</v>
+      </c>
+      <c r="E604" t="s">
+        <v>20</v>
+      </c>
+      <c r="F604" t="s">
+        <v>21</v>
+      </c>
+      <c r="G604" t="s">
+        <v>22</v>
+      </c>
+      <c r="H604">
+        <v>2009</v>
+      </c>
+      <c r="I604">
+        <v>2018</v>
+      </c>
+      <c r="J604" t="s">
+        <v>538</v>
+      </c>
+      <c r="K604" t="s">
+        <v>34</v>
+      </c>
+      <c r="L604"/>
+      <c r="M604" t="s">
+        <v>525</v>
+      </c>
+      <c r="N604" t="s">
+        <v>27</v>
+      </c>
+      <c r="O604" t="s">
+        <v>2906</v>
+      </c>
+      <c r="P604" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="605" spans="1:16">
+      <c r="A605" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B605" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C605" t="s">
+        <v>524</v>
+      </c>
+      <c r="D605" t="s">
+        <v>139</v>
+      </c>
+      <c r="E605" t="s">
+        <v>20</v>
+      </c>
+      <c r="F605" t="s">
+        <v>21</v>
+      </c>
+      <c r="G605" t="s">
+        <v>22</v>
+      </c>
+      <c r="H605">
+        <v>2009</v>
+      </c>
+      <c r="I605">
+        <v>2013</v>
+      </c>
+      <c r="J605" t="s">
+        <v>538</v>
+      </c>
+      <c r="K605" t="s">
+        <v>34</v>
+      </c>
+      <c r="L605" t="s">
+        <v>2901</v>
+      </c>
+      <c r="M605" t="s">
+        <v>525</v>
+      </c>
+      <c r="N605" t="s">
+        <v>27</v>
+      </c>
+      <c r="O605" t="s">
+        <v>2910</v>
+      </c>
+      <c r="P605" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="606" spans="1:16">
+      <c r="A606" t="s">
+        <v>2912</v>
+      </c>
+      <c r="B606" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C606" t="s">
+        <v>524</v>
+      </c>
+      <c r="D606" t="s">
+        <v>118</v>
+      </c>
+      <c r="E606" t="s">
+        <v>20</v>
+      </c>
+      <c r="F606" t="s">
+        <v>21</v>
+      </c>
+      <c r="G606" t="s">
+        <v>22</v>
+      </c>
+      <c r="H606">
+        <v>2009</v>
+      </c>
+      <c r="I606">
+        <v>2013</v>
+      </c>
+      <c r="J606" t="s">
+        <v>538</v>
+      </c>
+      <c r="K606" t="s">
+        <v>34</v>
+      </c>
+      <c r="L606"/>
+      <c r="M606" t="s">
+        <v>525</v>
+      </c>
+      <c r="N606" t="s">
+        <v>27</v>
+      </c>
+      <c r="O606" t="s">
+        <v>2914</v>
+      </c>
+      <c r="P606" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="607" spans="1:16">
+      <c r="A607" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B607" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C607" t="s">
+        <v>524</v>
+      </c>
+      <c r="D607" t="s">
+        <v>345</v>
+      </c>
+      <c r="E607" t="s">
+        <v>20</v>
+      </c>
+      <c r="F607" t="s">
+        <v>21</v>
+      </c>
+      <c r="G607" t="s">
+        <v>63</v>
+      </c>
+      <c r="H607">
+        <v>2009</v>
+      </c>
+      <c r="I607"/>
+      <c r="J607" t="s">
+        <v>196</v>
+      </c>
+      <c r="K607" t="s">
+        <v>407</v>
+      </c>
+      <c r="L607"/>
+      <c r="M607" t="s">
+        <v>525</v>
+      </c>
+      <c r="N607" t="s">
+        <v>27</v>
+      </c>
+      <c r="O607" t="s">
+        <v>2918</v>
+      </c>
+      <c r="P607" t="s">
+        <v>2919</v>
+      </c>
+    </row>
+    <row r="608" spans="1:16">
+      <c r="A608" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B608" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C608" t="s">
+        <v>524</v>
+      </c>
+      <c r="D608" t="s">
+        <v>318</v>
+      </c>
+      <c r="E608" t="s">
+        <v>20</v>
+      </c>
+      <c r="F608" t="s">
+        <v>21</v>
+      </c>
+      <c r="G608" t="s">
+        <v>22</v>
+      </c>
+      <c r="H608">
+        <v>2015</v>
+      </c>
+      <c r="I608">
+        <v>2015</v>
+      </c>
+      <c r="J608" t="s">
+        <v>538</v>
+      </c>
+      <c r="K608" t="s">
+        <v>34</v>
+      </c>
+      <c r="L608"/>
+      <c r="M608" t="s">
+        <v>525</v>
+      </c>
+      <c r="N608" t="s">
+        <v>27</v>
+      </c>
+      <c r="O608" t="s">
+        <v>2922</v>
+      </c>
+      <c r="P608" t="s">
+        <v>2923</v>
+      </c>
+    </row>
+    <row r="609" spans="1:16">
+      <c r="A609" t="s">
+        <v>2924</v>
+      </c>
+      <c r="B609" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C609" t="s">
+        <v>524</v>
+      </c>
+      <c r="D609" t="s">
+        <v>380</v>
+      </c>
+      <c r="E609" t="s">
+        <v>20</v>
+      </c>
+      <c r="F609" t="s">
+        <v>21</v>
+      </c>
+      <c r="G609" t="s">
+        <v>22</v>
+      </c>
+      <c r="H609">
+        <v>2010</v>
+      </c>
+      <c r="I609">
+        <v>2015</v>
+      </c>
+      <c r="J609" t="s">
+        <v>538</v>
+      </c>
+      <c r="K609" t="s">
+        <v>34</v>
+      </c>
+      <c r="L609"/>
+      <c r="M609" t="s">
+        <v>525</v>
+      </c>
+      <c r="N609" t="s">
+        <v>36</v>
+      </c>
+      <c r="O609" t="s">
+        <v>2926</v>
+      </c>
+      <c r="P609" t="s">
+        <v>2927</v>
+      </c>
+    </row>
+    <row r="610" spans="1:16">
+      <c r="A610" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B610" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C610" t="s">
+        <v>524</v>
+      </c>
+      <c r="D610" t="s">
+        <v>424</v>
+      </c>
+      <c r="E610" t="s">
+        <v>20</v>
+      </c>
+      <c r="F610" t="s">
+        <v>21</v>
+      </c>
+      <c r="G610" t="s">
+        <v>22</v>
+      </c>
+      <c r="H610">
+        <v>2010</v>
+      </c>
+      <c r="I610">
+        <v>2013</v>
+      </c>
+      <c r="J610" t="s">
+        <v>538</v>
+      </c>
+      <c r="K610" t="s">
+        <v>34</v>
+      </c>
+      <c r="L610" t="s">
+        <v>2930</v>
+      </c>
+      <c r="M610" t="s">
+        <v>525</v>
+      </c>
+      <c r="N610" t="s">
+        <v>27</v>
+      </c>
+      <c r="O610" t="s">
+        <v>2931</v>
+      </c>
+      <c r="P610" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="611" spans="1:16">
+      <c r="A611" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B611" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C611" t="s">
+        <v>524</v>
+      </c>
+      <c r="D611" t="s">
+        <v>679</v>
+      </c>
+      <c r="E611" t="s">
+        <v>20</v>
+      </c>
+      <c r="F611" t="s">
+        <v>21</v>
+      </c>
+      <c r="G611" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H611">
+        <v>2010</v>
+      </c>
+      <c r="I611">
+        <v>2019</v>
+      </c>
+      <c r="J611" t="s">
+        <v>538</v>
+      </c>
+      <c r="K611" t="s">
+        <v>2935</v>
+      </c>
+      <c r="L611"/>
+      <c r="M611" t="s">
+        <v>525</v>
+      </c>
+      <c r="N611" t="s">
+        <v>27</v>
+      </c>
+      <c r="O611" t="s">
+        <v>2936</v>
+      </c>
+      <c r="P611" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="612" spans="1:16">
+      <c r="A612" t="s">
+        <v>2938</v>
+      </c>
+      <c r="B612" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C612" t="s">
+        <v>524</v>
+      </c>
+      <c r="D612" t="s">
+        <v>679</v>
+      </c>
+      <c r="E612" t="s">
+        <v>20</v>
+      </c>
+      <c r="F612" t="s">
+        <v>21</v>
+      </c>
+      <c r="G612" t="s">
+        <v>22</v>
+      </c>
+      <c r="H612">
+        <v>2010</v>
+      </c>
+      <c r="I612">
+        <v>2019</v>
+      </c>
+      <c r="J612" t="s">
+        <v>734</v>
+      </c>
+      <c r="K612" t="s">
+        <v>2935</v>
+      </c>
+      <c r="L612"/>
+      <c r="M612" t="s">
+        <v>525</v>
+      </c>
+      <c r="N612" t="s">
+        <v>36</v>
+      </c>
+      <c r="O612" t="s">
+        <v>2940</v>
+      </c>
+      <c r="P612" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="613" spans="1:16">
+      <c r="A613" t="s">
+        <v>2941</v>
+      </c>
+      <c r="B613" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C613" t="s">
+        <v>524</v>
+      </c>
+      <c r="D613" t="s">
+        <v>351</v>
+      </c>
+      <c r="E613" t="s">
+        <v>20</v>
+      </c>
+      <c r="F613" t="s">
+        <v>21</v>
+      </c>
+      <c r="G613" t="s">
+        <v>22</v>
+      </c>
+      <c r="H613">
+        <v>2012</v>
+      </c>
+      <c r="I613">
+        <v>2015</v>
+      </c>
+      <c r="J613" t="s">
+        <v>538</v>
+      </c>
+      <c r="K613" t="s">
+        <v>34</v>
+      </c>
+      <c r="L613" t="s">
+        <v>2943</v>
+      </c>
+      <c r="M613" t="s">
+        <v>525</v>
+      </c>
+      <c r="N613" t="s">
+        <v>27</v>
+      </c>
+      <c r="O613" t="s">
+        <v>2944</v>
+      </c>
+      <c r="P613" t="s">
+        <v>2945</v>
+      </c>
+    </row>
+    <row r="614" spans="1:16">
+      <c r="A614" t="s">
+        <v>2946</v>
+      </c>
+      <c r="B614" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C614" t="s">
+        <v>524</v>
+      </c>
+      <c r="D614" t="s">
+        <v>451</v>
+      </c>
+      <c r="E614" t="s">
+        <v>20</v>
+      </c>
+      <c r="F614" t="s">
+        <v>21</v>
+      </c>
+      <c r="G614" t="s">
+        <v>22</v>
+      </c>
+      <c r="H614">
+        <v>2012</v>
+      </c>
+      <c r="I614">
+        <v>2015</v>
+      </c>
+      <c r="J614" t="s">
+        <v>538</v>
+      </c>
+      <c r="K614" t="s">
+        <v>34</v>
+      </c>
+      <c r="L614" t="s">
+        <v>2943</v>
+      </c>
+      <c r="M614" t="s">
+        <v>525</v>
+      </c>
+      <c r="N614" t="s">
+        <v>27</v>
+      </c>
+      <c r="O614" t="s">
+        <v>2948</v>
+      </c>
+      <c r="P614" t="s">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="615" spans="1:16">
+      <c r="A615" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B615" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C615" t="s">
+        <v>524</v>
+      </c>
+      <c r="D615" t="s">
+        <v>451</v>
+      </c>
+      <c r="E615" t="s">
+        <v>20</v>
+      </c>
+      <c r="F615" t="s">
+        <v>21</v>
+      </c>
+      <c r="G615" t="s">
+        <v>63</v>
+      </c>
+      <c r="H615">
+        <v>2012</v>
+      </c>
+      <c r="I615"/>
+      <c r="J615" t="s">
+        <v>538</v>
+      </c>
+      <c r="K615" t="s">
+        <v>34</v>
+      </c>
+      <c r="L615" t="s">
+        <v>2943</v>
+      </c>
+      <c r="M615" t="s">
+        <v>525</v>
+      </c>
+      <c r="N615" t="s">
+        <v>27</v>
+      </c>
+      <c r="O615" t="s">
+        <v>2952</v>
+      </c>
+      <c r="P615" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="616" spans="1:16">
+      <c r="A616" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B616" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C616" t="s">
+        <v>524</v>
+      </c>
+      <c r="D616" t="s">
+        <v>258</v>
+      </c>
+      <c r="E616" t="s">
+        <v>20</v>
+      </c>
+      <c r="F616" t="s">
+        <v>21</v>
+      </c>
+      <c r="G616" t="s">
+        <v>22</v>
+      </c>
+      <c r="H616">
+        <v>2012</v>
+      </c>
+      <c r="I616">
+        <v>2021</v>
+      </c>
+      <c r="J616" t="s">
+        <v>734</v>
+      </c>
+      <c r="K616" t="s">
+        <v>34</v>
+      </c>
+      <c r="L616"/>
+      <c r="M616" t="s">
+        <v>525</v>
+      </c>
+      <c r="N616" t="s">
+        <v>27</v>
+      </c>
+      <c r="O616" t="s">
+        <v>2956</v>
+      </c>
+      <c r="P616" t="s">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="617" spans="1:16">
+      <c r="A617" t="s">
+        <v>2958</v>
+      </c>
+      <c r="B617" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C617" t="s">
+        <v>524</v>
+      </c>
+      <c r="D617" t="s">
+        <v>258</v>
+      </c>
+      <c r="E617" t="s">
+        <v>20</v>
+      </c>
+      <c r="F617" t="s">
+        <v>21</v>
+      </c>
+      <c r="G617" t="s">
+        <v>859</v>
+      </c>
+      <c r="H617">
+        <v>2012</v>
+      </c>
+      <c r="I617">
+        <v>2015</v>
+      </c>
+      <c r="J617" t="s">
+        <v>196</v>
+      </c>
+      <c r="K617" t="s">
+        <v>34</v>
+      </c>
+      <c r="L617"/>
+      <c r="M617" t="s">
+        <v>525</v>
+      </c>
+      <c r="N617" t="s">
+        <v>27</v>
+      </c>
+      <c r="O617" t="s">
+        <v>2960</v>
+      </c>
+      <c r="P617" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="618" spans="1:16">
+      <c r="A618" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B618" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C618" t="s">
+        <v>524</v>
+      </c>
+      <c r="D618" t="s">
+        <v>258</v>
+      </c>
+      <c r="E618" t="s">
+        <v>20</v>
+      </c>
+      <c r="F618" t="s">
+        <v>21</v>
+      </c>
+      <c r="G618" t="s">
+        <v>63</v>
+      </c>
+      <c r="H618">
+        <v>2012</v>
+      </c>
+      <c r="I618"/>
+      <c r="J618" t="s">
+        <v>538</v>
+      </c>
+      <c r="K618" t="s">
+        <v>34</v>
+      </c>
+      <c r="L618"/>
+      <c r="M618" t="s">
+        <v>525</v>
+      </c>
+      <c r="N618" t="s">
+        <v>27</v>
+      </c>
+      <c r="O618" t="s">
+        <v>2964</v>
+      </c>
+      <c r="P618" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="619" spans="1:16">
+      <c r="A619" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B619" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C619" t="s">
+        <v>524</v>
+      </c>
+      <c r="D619" t="s">
+        <v>747</v>
+      </c>
+      <c r="E619" t="s">
+        <v>20</v>
+      </c>
+      <c r="F619" t="s">
+        <v>21</v>
+      </c>
+      <c r="G619" t="s">
+        <v>582</v>
+      </c>
+      <c r="H619">
+        <v>2021</v>
+      </c>
+      <c r="I619"/>
+      <c r="J619" t="s">
+        <v>538</v>
+      </c>
+      <c r="K619" t="s">
+        <v>34</v>
+      </c>
+      <c r="L619" t="s">
+        <v>2968</v>
+      </c>
+      <c r="M619" t="s">
+        <v>525</v>
+      </c>
+      <c r="N619" t="s">
+        <v>36</v>
+      </c>
+      <c r="O619" t="s">
+        <v>2969</v>
+      </c>
+      <c r="P619" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="620" spans="1:16">
+      <c r="A620" t="s">
+        <v>2971</v>
+      </c>
+      <c r="B620" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2972</v>
+      </c>
+      <c r="E620" t="s">
+        <v>20</v>
+      </c>
+      <c r="F620" t="s">
+        <v>52</v>
+      </c>
+      <c r="G620" t="s">
+        <v>22</v>
+      </c>
+      <c r="H620">
+        <v>2009</v>
+      </c>
+      <c r="I620">
+        <v>2016</v>
+      </c>
+      <c r="J620" t="s">
+        <v>33</v>
+      </c>
+      <c r="K620" t="s">
         <v>24</v>
       </c>
-      <c r="N595" t="s">
-[...22 lines deleted...]
-      <c r="G596">
+      <c r="L620"/>
+      <c r="M620" t="s">
+        <v>1532</v>
+      </c>
+      <c r="N620" t="s">
+        <v>27</v>
+      </c>
+      <c r="O620" t="s">
+        <v>2973</v>
+      </c>
+      <c r="P620" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="621" spans="1:16">
+      <c r="A621" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D621" t="s">
+        <v>135</v>
+      </c>
+      <c r="E621" t="s">
+        <v>20</v>
+      </c>
+      <c r="F621" t="s">
+        <v>43</v>
+      </c>
+      <c r="G621" t="s">
+        <v>63</v>
+      </c>
+      <c r="H621">
+        <v>2010</v>
+      </c>
+      <c r="I621"/>
+      <c r="J621" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K621" t="s">
+        <v>34</v>
+      </c>
+      <c r="L621"/>
+      <c r="M621" t="s">
+        <v>2659</v>
+      </c>
+      <c r="N621" t="s">
+        <v>27</v>
+      </c>
+      <c r="O621" t="s">
+        <v>2976</v>
+      </c>
+      <c r="P621" t="s">
+        <v>2664</v>
+      </c>
+    </row>
+    <row r="622" spans="1:16">
+      <c r="A622" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B622" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2979</v>
+      </c>
+      <c r="E622" t="s">
+        <v>20</v>
+      </c>
+      <c r="F622" t="s">
+        <v>21</v>
+      </c>
+      <c r="G622" t="s">
+        <v>22</v>
+      </c>
+      <c r="H622">
+        <v>1997</v>
+      </c>
+      <c r="I622">
+        <v>2022</v>
+      </c>
+      <c r="J622" t="s">
+        <v>568</v>
+      </c>
+      <c r="K622" t="s">
+        <v>34</v>
+      </c>
+      <c r="L622"/>
+      <c r="M622" t="s">
+        <v>2980</v>
+      </c>
+      <c r="N622" t="s">
+        <v>27</v>
+      </c>
+      <c r="O622" t="s">
+        <v>2981</v>
+      </c>
+      <c r="P622" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="623" spans="1:16">
+      <c r="A623" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B623" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D623" t="s">
+        <v>161</v>
+      </c>
+      <c r="E623" t="s">
+        <v>20</v>
+      </c>
+      <c r="F623" t="s">
+        <v>21</v>
+      </c>
+      <c r="G623" t="s">
+        <v>22</v>
+      </c>
+      <c r="H623">
+        <v>2003</v>
+      </c>
+      <c r="I623">
+        <v>2013</v>
+      </c>
+      <c r="J623" t="s">
+        <v>2183</v>
+      </c>
+      <c r="K623" t="s">
+        <v>34</v>
+      </c>
+      <c r="L623"/>
+      <c r="M623" t="s">
+        <v>2980</v>
+      </c>
+      <c r="N623" t="s">
+        <v>27</v>
+      </c>
+      <c r="O623" t="s">
+        <v>2985</v>
+      </c>
+      <c r="P623" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="624" spans="1:16">
+      <c r="A624" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B624" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D624" t="s">
+        <v>161</v>
+      </c>
+      <c r="E624" t="s">
+        <v>20</v>
+      </c>
+      <c r="F624" t="s">
+        <v>21</v>
+      </c>
+      <c r="G624" t="s">
+        <v>63</v>
+      </c>
+      <c r="H624">
+        <v>2023</v>
+      </c>
+      <c r="I624"/>
+      <c r="J624" t="s">
+        <v>568</v>
+      </c>
+      <c r="K624" t="s">
+        <v>34</v>
+      </c>
+      <c r="L624"/>
+      <c r="M624" t="s">
+        <v>2989</v>
+      </c>
+      <c r="N624" t="s">
+        <v>27</v>
+      </c>
+      <c r="O624" t="s">
+        <v>2990</v>
+      </c>
+      <c r="P624" t="s">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="625" spans="1:16">
+      <c r="A625" t="s">
+        <v>2992</v>
+      </c>
+      <c r="B625" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D625" t="s">
+        <v>374</v>
+      </c>
+      <c r="E625" t="s">
+        <v>20</v>
+      </c>
+      <c r="F625" t="s">
+        <v>21</v>
+      </c>
+      <c r="G625" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H625">
+        <v>2004</v>
+      </c>
+      <c r="I625"/>
+      <c r="J625" t="s">
+        <v>734</v>
+      </c>
+      <c r="K625" t="s">
+        <v>34</v>
+      </c>
+      <c r="L625" t="s">
+        <v>2994</v>
+      </c>
+      <c r="M625" t="s">
+        <v>2980</v>
+      </c>
+      <c r="N625" t="s">
+        <v>27</v>
+      </c>
+      <c r="O625" t="s">
+        <v>2995</v>
+      </c>
+      <c r="P625" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="626" spans="1:16">
+      <c r="A626" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B626" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D626" t="s">
+        <v>374</v>
+      </c>
+      <c r="E626" t="s">
+        <v>20</v>
+      </c>
+      <c r="F626" t="s">
+        <v>43</v>
+      </c>
+      <c r="G626" t="s">
+        <v>22</v>
+      </c>
+      <c r="H626">
+        <v>2004</v>
+      </c>
+      <c r="I626">
         <v>2021</v>
       </c>
-      <c r="H596"/>
-[...1063 lines deleted...]
-      <c r="J621" t="s">
+      <c r="J626" t="s">
+        <v>734</v>
+      </c>
+      <c r="K626" t="s">
+        <v>34</v>
+      </c>
+      <c r="L626"/>
+      <c r="M626" t="s">
+        <v>2980</v>
+      </c>
+      <c r="N626" t="s">
+        <v>27</v>
+      </c>
+      <c r="O626" t="s">
+        <v>2999</v>
+      </c>
+      <c r="P626" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="627" spans="1:16">
+      <c r="A627" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B627" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D627" t="s">
+        <v>139</v>
+      </c>
+      <c r="E627" t="s">
+        <v>20</v>
+      </c>
+      <c r="F627" t="s">
         <v>21</v>
       </c>
-      <c r="K621"/>
-[...236 lines deleted...]
-        <v>2004</v>
+      <c r="G627" t="s">
+        <v>22</v>
       </c>
       <c r="H627">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>1978</v>
+      </c>
+      <c r="I627">
+        <v>2017</v>
       </c>
       <c r="J627" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="K627" t="s">
+        <v>34</v>
+      </c>
+      <c r="L627"/>
       <c r="M627" t="s">
-        <v>24</v>
+        <v>2980</v>
       </c>
       <c r="N627" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O627" t="s">
+        <v>3003</v>
+      </c>
+      <c r="P627" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="628" spans="1:16">
       <c r="A628" t="s">
-        <v>1953</v>
+        <v>3005</v>
       </c>
       <c r="B628" t="s">
-        <v>1461</v>
+        <v>3006</v>
       </c>
       <c r="C628" t="s">
-        <v>99</v>
+        <v>2181</v>
       </c>
       <c r="D628" t="s">
-        <v>17</v>
+        <v>3007</v>
       </c>
       <c r="E628" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F628" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1978</v>
+        <v>21</v>
+      </c>
+      <c r="G628" t="s">
+        <v>63</v>
       </c>
       <c r="H628">
         <v>2017</v>
       </c>
-      <c r="I628" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I628"/>
       <c r="J628" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>3008</v>
+      </c>
+      <c r="K628" t="s">
+        <v>34</v>
+      </c>
+      <c r="L628"/>
       <c r="M628" t="s">
-        <v>24</v>
+        <v>2980</v>
       </c>
       <c r="N628" t="s">
-        <v>1954</v>
-[...2 lines deleted...]
-    <row r="629" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O628" t="s">
+        <v>3009</v>
+      </c>
+      <c r="P628" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="629" spans="1:16">
       <c r="A629" t="s">
-        <v>1955</v>
+        <v>3011</v>
       </c>
       <c r="B629" t="s">
-        <v>1461</v>
+        <v>3012</v>
       </c>
       <c r="C629" t="s">
-        <v>1956</v>
+        <v>3013</v>
       </c>
       <c r="D629" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E629" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F629" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-        <v>1957</v>
+        <v>43</v>
+      </c>
+      <c r="G629" t="s">
+        <v>22</v>
+      </c>
+      <c r="H629">
+        <v>2007</v>
+      </c>
+      <c r="I629">
+        <v>2012</v>
       </c>
       <c r="J629" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K629"/>
+        <v>82</v>
+      </c>
+      <c r="K629" t="s">
+        <v>34</v>
+      </c>
       <c r="L629" t="s">
-        <v>1941</v>
+        <v>3014</v>
       </c>
       <c r="M629" t="s">
-        <v>24</v>
+        <v>3015</v>
       </c>
       <c r="N629" t="s">
-        <v>1958</v>
-[...2 lines deleted...]
-    <row r="630" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O629" t="s">
+        <v>3016</v>
+      </c>
+      <c r="P629" t="s">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="630" spans="1:16">
       <c r="A630" t="s">
-        <v>1959</v>
+        <v>3018</v>
       </c>
       <c r="B630" t="s">
-        <v>1960</v>
+        <v>3019</v>
       </c>
       <c r="C630" t="s">
-        <v>83</v>
+        <v>3020</v>
       </c>
       <c r="D630" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E630" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F630" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G630">
+        <v>21</v>
+      </c>
+      <c r="G630" t="s">
+        <v>63</v>
+      </c>
+      <c r="H630">
+        <v>2011</v>
+      </c>
+      <c r="I630"/>
+      <c r="J630" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K630" t="s">
+        <v>34</v>
+      </c>
+      <c r="L630" t="s">
+        <v>3021</v>
+      </c>
+      <c r="M630" t="s">
+        <v>3022</v>
+      </c>
+      <c r="N630" t="s">
+        <v>27</v>
+      </c>
+      <c r="O630" t="s">
+        <v>3023</v>
+      </c>
+      <c r="P630" t="s">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="631" spans="1:16">
+      <c r="A631" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B631" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C631" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D631" t="s">
+        <v>345</v>
+      </c>
+      <c r="E631" t="s">
+        <v>20</v>
+      </c>
+      <c r="F631" t="s">
+        <v>21</v>
+      </c>
+      <c r="G631" t="s">
+        <v>22</v>
+      </c>
+      <c r="H631">
+        <v>2009</v>
+      </c>
+      <c r="I631">
+        <v>2011</v>
+      </c>
+      <c r="J631" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K631" t="s">
+        <v>34</v>
+      </c>
+      <c r="L631" t="s">
+        <v>3027</v>
+      </c>
+      <c r="M631" t="s">
+        <v>3022</v>
+      </c>
+      <c r="N631" t="s">
+        <v>27</v>
+      </c>
+      <c r="O631" t="s">
+        <v>3028</v>
+      </c>
+      <c r="P631" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="632" spans="1:16">
+      <c r="A632" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B632" t="s">
+        <v>3031</v>
+      </c>
+      <c r="C632" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D632" t="s">
+        <v>290</v>
+      </c>
+      <c r="E632" t="s">
+        <v>20</v>
+      </c>
+      <c r="F632" t="s">
+        <v>43</v>
+      </c>
+      <c r="G632" t="s">
+        <v>63</v>
+      </c>
+      <c r="H632">
         <v>2007</v>
       </c>
-      <c r="H630">
-[...40 lines deleted...]
-      <c r="G631">
+      <c r="I632"/>
+      <c r="J632" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K632" t="s">
+        <v>34</v>
+      </c>
+      <c r="L632" t="s">
+        <v>3032</v>
+      </c>
+      <c r="M632" t="s">
+        <v>3022</v>
+      </c>
+      <c r="N632" t="s">
+        <v>27</v>
+      </c>
+      <c r="O632" t="s">
+        <v>3033</v>
+      </c>
+      <c r="P632" t="s">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="633" spans="1:16">
+      <c r="A633" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B633" t="s">
+        <v>3036</v>
+      </c>
+      <c r="C633" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E633" t="s">
+        <v>20</v>
+      </c>
+      <c r="F633" t="s">
+        <v>21</v>
+      </c>
+      <c r="G633" t="s">
+        <v>63</v>
+      </c>
+      <c r="H633">
+        <v>2007</v>
+      </c>
+      <c r="I633"/>
+      <c r="J633" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K633" t="s">
+        <v>34</v>
+      </c>
+      <c r="L633" t="s">
+        <v>3037</v>
+      </c>
+      <c r="M633" t="s">
+        <v>3022</v>
+      </c>
+      <c r="N633" t="s">
+        <v>27</v>
+      </c>
+      <c r="O633" t="s">
+        <v>3038</v>
+      </c>
+      <c r="P633" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="634" spans="1:16">
+      <c r="A634" t="s">
+        <v>3040</v>
+      </c>
+      <c r="B634" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C634" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D634" t="s">
+        <v>161</v>
+      </c>
+      <c r="E634" t="s">
+        <v>20</v>
+      </c>
+      <c r="F634" t="s">
+        <v>21</v>
+      </c>
+      <c r="G634" t="s">
+        <v>63</v>
+      </c>
+      <c r="H634">
+        <v>2009</v>
+      </c>
+      <c r="I634"/>
+      <c r="J634" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K634" t="s">
+        <v>34</v>
+      </c>
+      <c r="L634" t="s">
+        <v>3042</v>
+      </c>
+      <c r="M634" t="s">
+        <v>3022</v>
+      </c>
+      <c r="N634" t="s">
+        <v>27</v>
+      </c>
+      <c r="O634" t="s">
+        <v>3043</v>
+      </c>
+      <c r="P634" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="635" spans="1:16">
+      <c r="A635" t="s">
+        <v>3045</v>
+      </c>
+      <c r="B635" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C635" t="s">
+        <v>3020</v>
+      </c>
+      <c r="D635" t="s">
+        <v>290</v>
+      </c>
+      <c r="E635" t="s">
+        <v>20</v>
+      </c>
+      <c r="F635" t="s">
+        <v>21</v>
+      </c>
+      <c r="G635" t="s">
+        <v>22</v>
+      </c>
+      <c r="H635">
+        <v>2014</v>
+      </c>
+      <c r="I635">
+        <v>2018</v>
+      </c>
+      <c r="J635" t="s">
+        <v>1846</v>
+      </c>
+      <c r="K635" t="s">
+        <v>34</v>
+      </c>
+      <c r="L635" t="s">
+        <v>3047</v>
+      </c>
+      <c r="M635" t="s">
+        <v>3022</v>
+      </c>
+      <c r="N635" t="s">
+        <v>27</v>
+      </c>
+      <c r="O635" t="s">
+        <v>3048</v>
+      </c>
+      <c r="P635" t="s">
+        <v>3049</v>
+      </c>
+    </row>
+    <row r="636" spans="1:16">
+      <c r="A636" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B636" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C636" t="s">
+        <v>524</v>
+      </c>
+      <c r="D636" t="s">
+        <v>135</v>
+      </c>
+      <c r="E636" t="s">
+        <v>20</v>
+      </c>
+      <c r="F636" t="s">
+        <v>21</v>
+      </c>
+      <c r="G636" t="s">
+        <v>22</v>
+      </c>
+      <c r="H636">
         <v>2011</v>
       </c>
-      <c r="H631"/>
-[...215 lines deleted...]
-        <v>1216</v>
+      <c r="I636">
+        <v>2013</v>
       </c>
       <c r="J636" t="s">
-        <v>29</v>
+        <v>196</v>
       </c>
       <c r="K636" t="s">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L636"/>
       <c r="M636" t="s">
-        <v>24</v>
+        <v>525</v>
       </c>
       <c r="N636" t="s">
-        <v>1983</v>
-[...41 lines deleted...]
-        <v>1985</v>
+        <v>27</v>
+      </c>
+      <c r="O636" t="s">
+        <v>3052</v>
+      </c>
+      <c r="P636" t="s">
+        <v>3053</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>