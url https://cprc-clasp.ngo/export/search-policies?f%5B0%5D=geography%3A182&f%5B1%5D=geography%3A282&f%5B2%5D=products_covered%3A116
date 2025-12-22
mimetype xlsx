--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -396,63 +396,66 @@
   <si>
     <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
     <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
@@ -1634,472 +1637,472 @@
       </c>
       <c r="P14" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>124</v>
       </c>
       <c r="B15" t="s">
         <v>125</v>
       </c>
       <c r="C15" t="s">
         <v>52</v>
       </c>
       <c r="D15" t="s">
         <v>90</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="H15">
         <v>1989</v>
       </c>
       <c r="I15">
         <v>2009</v>
       </c>
       <c r="J15" t="s">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="K15" t="s">
         <v>46</v>
       </c>
       <c r="L15" t="s">
         <v>70</v>
       </c>
       <c r="M15" t="s">
         <v>64</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>90</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1989</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="K16" t="s">
         <v>46</v>
       </c>
       <c r="L16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B17" t="s">
         <v>81</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>75</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17">
         <v>2021</v>
       </c>
       <c r="J17" t="s">
         <v>62</v>
       </c>
       <c r="K17" t="s">
         <v>46</v>
       </c>
       <c r="L17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M17" t="s">
         <v>64</v>
       </c>
       <c r="N17" t="s">
         <v>77</v>
       </c>
       <c r="O17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>75</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>45</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>62</v>
       </c>
       <c r="K18" t="s">
         <v>46</v>
       </c>
       <c r="L18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>77</v>
       </c>
       <c r="O18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19">
         <v>2016</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>83</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
       <c r="L19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K20" t="s">
         <v>46</v>
       </c>
       <c r="L20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D21" t="s">
         <v>69</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
       <c r="I21">
         <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K21" t="s">
         <v>46</v>
       </c>
       <c r="L21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D22" t="s">
         <v>90</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22" t="s">
         <v>82</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>1997</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K22" t="s">
         <v>46</v>
       </c>
       <c r="L22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="K23" t="s">
         <v>46</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">