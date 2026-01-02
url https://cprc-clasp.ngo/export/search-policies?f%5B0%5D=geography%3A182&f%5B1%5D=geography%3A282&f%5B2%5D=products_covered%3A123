--- v0 (2025-11-13)
+++ v1 (2026-01-02)
@@ -140,75 +140,75 @@
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2008, GB 13380</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...22 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
   </si>
   <si>
     <t>Brazil</t>
@@ -815,151 +815,151 @@
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>1989</v>
       </c>
       <c r="I5">
         <v>2021</v>
       </c>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>51</v>
       </c>
       <c r="M5" t="s">
         <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>57</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2021</v>
       </c>
       <c r="J6" t="s">
         <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>60</v>
       </c>
       <c r="M6" t="s">
         <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>62</v>
       </c>
       <c r="P6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>57</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>66</v>
       </c>
       <c r="F7" t="s">
         <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H7">
         <v>1997</v>
       </c>
       <c r="I7">
         <v>2011</v>
       </c>
       <c r="J7" t="s">
         <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>70</v>
       </c>