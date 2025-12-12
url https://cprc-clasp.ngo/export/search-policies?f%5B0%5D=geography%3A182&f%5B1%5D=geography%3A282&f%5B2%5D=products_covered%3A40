--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,573 +12,766 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -842,1541 +1035,1740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...68 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2011</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2021</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2016</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2021</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>61</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>45</v>
+      </c>
+      <c r="M10" t="s">
+        <v>61</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>83</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>67</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>83</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>45</v>
+      </c>
+      <c r="M12" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>83</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>85</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>83</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>85</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>83</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>85</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>119</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>44</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>128</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>133</v>
+      </c>
+      <c r="D19" t="s">
+        <v>73</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>83</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1992</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>90</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>128</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>83</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2001</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>90</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>128</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>139</v>
+      </c>
+      <c r="D21" t="s">
+        <v>43</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>83</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1998</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>90</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>145</v>
+      </c>
+      <c r="M21" t="s">
+        <v>128</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" t="s">
+        <v>73</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>150</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>90</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>61</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>150</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>90</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>45</v>
+      </c>
+      <c r="M23" t="s">
+        <v>61</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>150</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>44</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>161</v>
+      </c>
+      <c r="M24" t="s">
+        <v>162</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>42</v>
+      </c>
+      <c r="D25" t="s">
+        <v>66</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>150</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>90</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>68</v>
+      </c>
+      <c r="M25" t="s">
+        <v>61</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>167</v>
+      </c>
+      <c r="P25" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>150</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>90</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>171</v>
+      </c>
+      <c r="M26" t="s">
+        <v>172</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>173</v>
+      </c>
+      <c r="P26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>175</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>177</v>
+      </c>
+      <c r="D27" t="s">
+        <v>43</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>178</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>179</v>
+      </c>
+      <c r="M27" t="s">
+        <v>180</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>181</v>
+      </c>
+      <c r="P27" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>183</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>177</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>83</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>178</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>185</v>
+      </c>
+      <c r="M28" t="s">
+        <v>186</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>187</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>178</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>192</v>
+      </c>
+      <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>194</v>
+      </c>
+      <c r="P29" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>196</v>
+      </c>
+      <c r="B30" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" t="s">
+        <v>198</v>
+      </c>
+      <c r="D30" t="s">
+        <v>43</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>178</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>199</v>
+      </c>
+      <c r="M30" t="s">
+        <v>200</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>205</v>
+      </c>
+      <c r="D31" t="s">
+        <v>66</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>83</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2003</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>178</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>206</v>
+      </c>
+      <c r="M31" t="s">
+        <v>207</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>208</v>
+      </c>
+      <c r="P31" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>210</v>
+      </c>
+      <c r="B32" t="s">
+        <v>211</v>
+      </c>
+      <c r="C32" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" t="s">
+        <v>212</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>83</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2009</v>
+      </c>
+      <c r="J32" t="s">
+        <v>178</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>213</v>
+      </c>
+      <c r="M32" t="s">
+        <v>207</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...31 lines deleted...]
-      <c r="B7" t="s">
+      <c r="D33" t="s">
+        <v>218</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>83</v>
+      </c>
+      <c r="G33" t="s">
         <v>35</v>
       </c>
-      <c r="C7" t="s">
-[...142 lines deleted...]
-      <c r="H10">
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="I10" t="s">
-[...314 lines deleted...]
-      <c r="L17" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>90</v>
       </c>
-      <c r="M17" t="s">
-[...688 lines deleted...]
-      </c>
       <c r="K33" t="s">
-        <v>157</v>
+        <v>36</v>
       </c>
       <c r="L33" t="s">
-        <v>158</v>
+        <v>219</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>220</v>
       </c>
       <c r="N33" t="s">
-        <v>159</v>
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>