--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -129,80 +129,83 @@
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
     <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -731,126 +734,128 @@
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H4">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5">
         <v>2008</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">