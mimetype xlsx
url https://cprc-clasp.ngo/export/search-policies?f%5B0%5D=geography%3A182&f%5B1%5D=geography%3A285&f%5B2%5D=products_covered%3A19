--- v0 (2025-12-01)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -188,81 +188,60 @@
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>Argentina</t>
+    <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
+  </si>
+  <si>
+    <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Washing Machines</t>
-  </si>
-[...19 lines deleted...]
-    <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
@@ -354,51 +333,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -450,72 +429,99 @@
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for washing machines.</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy specifies labeling requirements for clothes dryers.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
   </si>
   <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
@@ -1216,998 +1222,998 @@
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
       <c r="P5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>1997</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="I7">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F8" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I8">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K8" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="L8"/>
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
       <c r="M8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="I9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J9" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
         <v>87</v>
       </c>
-      <c r="M9" t="s">
+      <c r="O9" t="s">
         <v>88</v>
       </c>
-      <c r="N9" t="s">
-[...2 lines deleted...]
-      <c r="O9" t="s">
+      <c r="P9" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
         <v>91</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D10" t="s">
         <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="I10">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
         <v>61</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H11">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
         <v>102</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>103</v>
       </c>
       <c r="P11" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>105</v>
       </c>
       <c r="B12" t="s">
         <v>106</v>
       </c>
       <c r="C12" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="D12" t="s">
         <v>61</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="D13" t="s">
         <v>61</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G13" t="s">
         <v>54</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="P13" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B14" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>115</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="G14" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>44</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
       <c r="M14" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O14" t="s">
         <v>118</v>
       </c>
       <c r="P14" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>120</v>
       </c>
       <c r="B15" t="s">
         <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>122</v>
       </c>
       <c r="D15" t="s">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I15">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J15" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
         <v>61</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
+        <v>1993</v>
+      </c>
+      <c r="I16">
         <v>2010</v>
       </c>
-      <c r="I16">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
+        <v>130</v>
+      </c>
+      <c r="M16" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
         <v>135</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I17">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J17" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
         <v>138</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>139</v>
       </c>
       <c r="P17" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>141</v>
       </c>
       <c r="B18" t="s">
         <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
-        <v>61</v>
+        <v>144</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="I18">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J18" t="s">
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>63</v>
+        <v>145</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="P18" t="s">
-        <v>65</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B19" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>146</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>147</v>
+        <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>150</v>
       </c>
       <c r="H19">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>108</v>
+        <v>137</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="P19" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B20" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C20" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D20" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20" t="s">
         <v>54</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="M20" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P20" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C21" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="M21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="P21" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B22" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C22" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2000</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M22" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B23" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C23" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D23" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="P23" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B24" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C24" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D24" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="N24" t="s">
         <v>36</v>
       </c>
       <c r="O24" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P24" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B25" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C25" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D25" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
       <c r="I25">
         <v>2016</v>
       </c>
       <c r="J25" t="s">
         <v>33</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="P25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">