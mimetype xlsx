--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -104,526 +104,526 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...447 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
+  </si>
+  <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
+    <t>CARICOM</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>CARICOM Regional Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
+  </si>
+  <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
+    <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
+    <t>INTE E12-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>ISO 3951-1</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E12-2 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E19-1 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
+    <t>INTE E22-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E22-1 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E22-2 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
+    <t>Labeling for Domestic Lighting</t>
+  </si>
+  <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
+  </si>
+  <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for CFL</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>National Energy Secretariat of Panama</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
+  </si>
+  <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for lighting products</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
+    <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
+  </si>
+  <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
@@ -1718,3257 +1718,3255 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
         <v>54</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5"/>
+      <c r="H5">
+        <v>2013</v>
+      </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
         <v>57</v>
       </c>
-      <c r="N5" t="s">
-[...2 lines deleted...]
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
         <v>60</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>61</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>62</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>63</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>67</v>
       </c>
       <c r="P6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>69</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>71</v>
       </c>
       <c r="D7" t="s">
         <v>72</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
         <v>73</v>
       </c>
-      <c r="G7" t="s">
-[...8 lines deleted...]
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>74</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>75</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
         <v>76</v>
       </c>
-      <c r="N7" t="s">
-[...2 lines deleted...]
-      <c r="O7" t="s">
+      <c r="P7" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
         <v>79</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D8" t="s">
         <v>81</v>
       </c>
       <c r="E8" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H8">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2008</v>
+      </c>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="K8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="M8" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P8" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>91</v>
+      </c>
+      <c r="M9" t="s">
         <v>85</v>
       </c>
-      <c r="B9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
         <v>90</v>
       </c>
-      <c r="C10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I10">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="K10" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L10"/>
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>98</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2022</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L11"/>
-      <c r="M11"/>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="K12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L12"/>
-      <c r="M12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M12"/>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="I13">
         <v>2022</v>
       </c>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K13" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="I14">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J14" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="K14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M14" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>120</v>
       </c>
       <c r="P14" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>122</v>
       </c>
       <c r="B15" t="s">
         <v>123</v>
       </c>
       <c r="C15" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="D15" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2000</v>
       </c>
       <c r="I15">
         <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="K15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L15"/>
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
       <c r="M15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B16" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I16">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J16" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="D17" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="P17" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B18" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>81</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I18">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J18" t="s">
-        <v>117</v>
+        <v>55</v>
       </c>
       <c r="K18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="D19" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2000</v>
       </c>
       <c r="I19">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J19" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="K19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>124</v>
+      </c>
+      <c r="D20" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>143</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
         <v>55</v>
       </c>
-      <c r="H21"/>
-[...3 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>149</v>
+        <v>127</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>155</v>
+        <v>113</v>
       </c>
       <c r="K22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D23" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>162</v>
+        <v>44</v>
       </c>
       <c r="G23" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="I23"/>
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
       <c r="J23" t="s">
         <v>163</v>
       </c>
       <c r="K23" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>164</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>165</v>
       </c>
       <c r="P23" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D24" t="s">
-        <v>169</v>
+        <v>81</v>
       </c>
       <c r="E24" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="G24" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K24" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P24" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B25" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C25" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="D25" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="E25" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K25" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="P25" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D26" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F26" t="s">
-        <v>162</v>
+        <v>44</v>
       </c>
       <c r="G26" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K26" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L26"/>
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
       <c r="M26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="C27" t="s">
-        <v>91</v>
+        <v>183</v>
       </c>
       <c r="D27" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>54</v>
+        <v>170</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="K27" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
         <v>184</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>185</v>
       </c>
       <c r="P27" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>187</v>
       </c>
       <c r="B28" t="s">
         <v>188</v>
       </c>
       <c r="C28" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
         <v>189</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="K28" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>184</v>
+        <v>38</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>190</v>
       </c>
       <c r="P28" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>192</v>
       </c>
       <c r="B29" t="s">
         <v>193</v>
       </c>
       <c r="C29" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29">
         <v>2016</v>
       </c>
       <c r="J29" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="K29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
         <v>194</v>
       </c>
       <c r="M29" t="s">
-        <v>184</v>
+        <v>38</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>195</v>
       </c>
       <c r="P29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>197</v>
       </c>
       <c r="B30" t="s">
         <v>198</v>
       </c>
       <c r="C30" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D30" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2006</v>
       </c>
       <c r="I30">
         <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>199</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>200</v>
       </c>
       <c r="P30" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>202</v>
       </c>
       <c r="B31" t="s">
         <v>203</v>
       </c>
       <c r="C31" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D31" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2006</v>
       </c>
       <c r="I31">
         <v>2010</v>
       </c>
       <c r="J31" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K31" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>199</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>204</v>
       </c>
       <c r="P31" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>206</v>
       </c>
       <c r="B32" t="s">
         <v>207</v>
       </c>
       <c r="C32" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D32" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K32" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>199</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>208</v>
       </c>
       <c r="P32" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>210</v>
       </c>
       <c r="B33" t="s">
         <v>211</v>
       </c>
       <c r="C33" t="s">
         <v>212</v>
       </c>
       <c r="D33" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
         <v>213</v>
       </c>
       <c r="K33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L33" t="s">
         <v>210</v>
       </c>
       <c r="M33" t="s">
         <v>214</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>215</v>
       </c>
       <c r="P33" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>217</v>
       </c>
       <c r="B34" t="s">
         <v>218</v>
       </c>
       <c r="C34" t="s">
         <v>212</v>
       </c>
       <c r="D34" t="s">
         <v>219</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
         <v>213</v>
       </c>
       <c r="K34" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L34" t="s">
         <v>217</v>
       </c>
       <c r="M34" t="s">
         <v>214</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>220</v>
       </c>
       <c r="P34" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>222</v>
       </c>
       <c r="B35" t="s">
         <v>223</v>
       </c>
       <c r="C35" t="s">
         <v>212</v>
       </c>
       <c r="D35" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35">
         <v>2017</v>
       </c>
       <c r="J35" t="s">
         <v>224</v>
       </c>
       <c r="K35" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L35" t="s">
         <v>222</v>
       </c>
       <c r="M35" t="s">
         <v>214</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>225</v>
       </c>
       <c r="P35" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>227</v>
       </c>
       <c r="B36" t="s">
         <v>228</v>
       </c>
       <c r="C36" t="s">
         <v>229</v>
       </c>
       <c r="D36" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>224</v>
       </c>
       <c r="K36" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L36" t="s">
         <v>230</v>
       </c>
       <c r="M36" t="s">
         <v>231</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>232</v>
       </c>
       <c r="P36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>234</v>
       </c>
       <c r="B37" t="s">
         <v>235</v>
       </c>
       <c r="C37" t="s">
         <v>229</v>
       </c>
       <c r="D37" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H37">
         <v>2009</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>224</v>
       </c>
       <c r="K37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L37" t="s">
         <v>236</v>
       </c>
       <c r="M37" t="s">
         <v>231</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>237</v>
       </c>
       <c r="P37" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>239</v>
       </c>
       <c r="B38" t="s">
         <v>240</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E38" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F38" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1993</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K38" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L38" t="s">
         <v>241</v>
       </c>
       <c r="M38" t="s">
         <v>242</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>243</v>
       </c>
       <c r="P38" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>245</v>
       </c>
       <c r="B39" t="s">
         <v>246</v>
       </c>
       <c r="C39" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D39" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E39" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F39" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>1993</v>
       </c>
       <c r="I39">
         <v>2016</v>
       </c>
       <c r="J39" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K39" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>242</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>247</v>
       </c>
       <c r="P39" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>248</v>
       </c>
       <c r="B40" t="s">
         <v>249</v>
       </c>
       <c r="C40" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D40" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E40" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F40" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>1993</v>
       </c>
       <c r="I40">
         <v>2010</v>
       </c>
       <c r="J40" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K40" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L40" t="s">
         <v>250</v>
       </c>
       <c r="M40" t="s">
         <v>242</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>251</v>
       </c>
       <c r="P40" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>252</v>
       </c>
       <c r="B41" t="s">
         <v>253</v>
       </c>
       <c r="C41" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="D41" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1999</v>
       </c>
       <c r="I41">
         <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="K41" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L41" t="s">
         <v>254</v>
       </c>
       <c r="M41" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>255</v>
       </c>
       <c r="P41" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>257</v>
       </c>
       <c r="B42" t="s">
         <v>258</v>
       </c>
       <c r="C42" t="s">
         <v>259</v>
       </c>
       <c r="D42" t="s">
         <v>260</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2018</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K42" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>261</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>262</v>
       </c>
       <c r="P42" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>264</v>
       </c>
       <c r="B43" t="s">
         <v>265</v>
       </c>
       <c r="C43" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="D43" t="s">
         <v>219</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>224</v>
       </c>
       <c r="K43" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L43" t="s">
         <v>266</v>
       </c>
       <c r="M43" t="s">
         <v>267</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>268</v>
       </c>
       <c r="P43" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>270</v>
       </c>
       <c r="B44" t="s">
         <v>271</v>
       </c>
       <c r="C44" t="s">
         <v>272</v>
       </c>
       <c r="D44" t="s">
         <v>273</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2009</v>
       </c>
       <c r="I44">
         <v>2016</v>
       </c>
       <c r="J44" t="s">
         <v>274</v>
       </c>
       <c r="K44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>275</v>
       </c>
       <c r="P44" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>277</v>
       </c>
       <c r="B45" t="s">
         <v>278</v>
       </c>
       <c r="C45" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="D45" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45">
         <v>2020</v>
       </c>
       <c r="J45" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K45" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L45" t="s">
         <v>279</v>
       </c>
       <c r="M45" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>280</v>
       </c>
       <c r="P45" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>282</v>
       </c>
       <c r="B46" t="s">
         <v>283</v>
       </c>
       <c r="C46" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="D46" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G46" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2015</v>
       </c>
       <c r="J46" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K46" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L46" t="s">
         <v>284</v>
       </c>
       <c r="M46" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>285</v>
       </c>
       <c r="P46" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>287</v>
       </c>
       <c r="B47" t="s">
         <v>288</v>
       </c>
       <c r="C47" t="s">
         <v>212</v>
       </c>
       <c r="D47" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E47" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F47" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
       <c r="I47">
         <v>2022</v>
       </c>
       <c r="J47" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K47" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L47" t="s">
         <v>289</v>
       </c>
       <c r="M47" t="s">
         <v>290</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>291</v>
       </c>
       <c r="P47" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>293</v>
       </c>
       <c r="B48" t="s">
         <v>294</v>
       </c>
       <c r="C48" t="s">
         <v>212</v>
       </c>
       <c r="D48" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E48" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F48" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>1995</v>
       </c>
       <c r="I48">
         <v>2013</v>
       </c>
       <c r="J48" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K48" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L48" t="s">
         <v>295</v>
       </c>
       <c r="M48" t="s">
         <v>290</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>296</v>
       </c>
       <c r="P48" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>298</v>
       </c>
       <c r="B49" t="s">
         <v>299</v>
       </c>
       <c r="C49" t="s">
         <v>212</v>
       </c>
       <c r="D49" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E49" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F49" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>1996</v>
       </c>
       <c r="I49">
         <v>2012</v>
       </c>
       <c r="J49" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K49" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L49" t="s">
         <v>300</v>
       </c>
       <c r="M49" t="s">
         <v>290</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>301</v>
       </c>
       <c r="P49" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>303</v>
       </c>
       <c r="B50" t="s">
         <v>304</v>
       </c>
       <c r="C50" t="s">
         <v>212</v>
       </c>
       <c r="D50" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E50" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F50" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>1996</v>
       </c>
       <c r="I50">
         <v>2015</v>
       </c>
       <c r="J50" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K50" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L50" t="s">
         <v>305</v>
       </c>
       <c r="M50" t="s">
         <v>290</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>306</v>
       </c>
       <c r="P50" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>308</v>
       </c>
       <c r="B51" t="s">
         <v>309</v>
       </c>
       <c r="C51" t="s">
         <v>212</v>
       </c>
       <c r="D51" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E51" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F51" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>1996</v>
       </c>
       <c r="I51">
         <v>2013</v>
       </c>
       <c r="J51" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K51" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L51" t="s">
         <v>310</v>
       </c>
       <c r="M51" t="s">
         <v>290</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>311</v>
       </c>
       <c r="P51" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>313</v>
       </c>
       <c r="B52" t="s">
         <v>314</v>
       </c>
       <c r="C52" t="s">
         <v>212</v>
       </c>
       <c r="D52" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E52" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F52" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>1997</v>
       </c>
       <c r="I52">
         <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K52" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L52" t="s">
         <v>315</v>
       </c>
       <c r="M52" t="s">
         <v>290</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>316</v>
       </c>
       <c r="P52" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>318</v>
       </c>
       <c r="B53" t="s">
         <v>319</v>
       </c>
       <c r="C53" t="s">
         <v>212</v>
       </c>
       <c r="D53" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E53" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F53" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1998</v>
       </c>
       <c r="I53">
         <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L53" t="s">
         <v>320</v>
       </c>
       <c r="M53" t="s">
         <v>290</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>321</v>
       </c>
       <c r="P53" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>323</v>
       </c>
       <c r="B54" t="s">
         <v>324</v>
       </c>
       <c r="C54" t="s">
         <v>212</v>
       </c>
       <c r="D54" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E54" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F54" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2003</v>
       </c>
       <c r="I54">
         <v>2013</v>
       </c>
       <c r="J54" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K54" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L54" t="s">
         <v>325</v>
       </c>
       <c r="M54" t="s">
         <v>290</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>326</v>
       </c>
       <c r="P54" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>328</v>
       </c>
       <c r="B55" t="s">
         <v>329</v>
       </c>
       <c r="C55" t="s">
         <v>212</v>
       </c>
       <c r="D55" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E55" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F55" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2004</v>
       </c>
       <c r="I55">
         <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K55" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L55" t="s">
         <v>330</v>
       </c>
       <c r="M55" t="s">
         <v>290</v>
       </c>
       <c r="N55" t="s">
         <v>331</v>
       </c>
       <c r="O55" t="s">
         <v>332</v>
       </c>
       <c r="P55" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>334</v>
       </c>
       <c r="B56" t="s">
         <v>335</v>
       </c>
       <c r="C56" t="s">
         <v>212</v>
       </c>
       <c r="D56" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E56" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F56" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2004</v>
       </c>
       <c r="I56">
         <v>2012</v>
       </c>
       <c r="J56" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K56" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L56" t="s">
         <v>336</v>
       </c>
       <c r="M56" t="s">
         <v>290</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>337</v>
       </c>
       <c r="P56" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>339</v>
       </c>
       <c r="B57" t="s">
         <v>340</v>
       </c>
       <c r="C57" t="s">
         <v>212</v>
       </c>
       <c r="D57" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E57" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F57" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2004</v>
       </c>
       <c r="I57">
         <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K57" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L57" t="s">
         <v>336</v>
       </c>
       <c r="M57" t="s">
         <v>290</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>341</v>
       </c>
       <c r="P57" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>343</v>
       </c>
       <c r="B58" t="s">
         <v>344</v>
       </c>
       <c r="C58" t="s">
         <v>212</v>
       </c>
       <c r="D58" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E58" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F58" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2005</v>
       </c>
       <c r="I58">
         <v>2012</v>
       </c>
       <c r="J58" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K58" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L58" t="s">
         <v>345</v>
       </c>
       <c r="M58" t="s">
         <v>290</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>346</v>
       </c>
       <c r="P58" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>348</v>
       </c>
       <c r="B59" t="s">
         <v>349</v>
       </c>
       <c r="C59" t="s">
         <v>212</v>
       </c>
       <c r="D59" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E59" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F59" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2009</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K59" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L59" t="s">
         <v>350</v>
       </c>
       <c r="M59" t="s">
         <v>290</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>351</v>
       </c>
       <c r="P59" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>353</v>
       </c>
       <c r="B60" t="s">
         <v>354</v>
       </c>
       <c r="C60" t="s">
         <v>212</v>
       </c>
       <c r="D60" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E60" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F60" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G60" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H60">
         <v>2015</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="K60" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L60" t="s">
         <v>355</v>
       </c>
       <c r="M60" t="s">
         <v>356</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>357</v>
       </c>
       <c r="P60"/>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>358</v>
       </c>
       <c r="B61" t="s">
         <v>359</v>
       </c>
       <c r="C61" t="s">
         <v>360</v>
       </c>
       <c r="D61" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H61">
         <v>2011</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>224</v>
       </c>
       <c r="K61" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
         <v>361</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>362</v>
       </c>
       <c r="P61" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>364</v>
       </c>
       <c r="B62" t="s">
         <v>365</v>
       </c>
       <c r="C62" t="s">
         <v>360</v>
       </c>
       <c r="D62" t="s">
         <v>219</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K62" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>361</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>366</v>
       </c>
       <c r="P62" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>368</v>
       </c>
       <c r="B63" t="s">
         <v>369</v>
       </c>
       <c r="C63" t="s">
         <v>370</v>
       </c>
       <c r="D63" t="s">
         <v>371</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G63" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
         <v>372</v>
       </c>
       <c r="N63" t="s">
         <v>331</v>
       </c>
       <c r="O63" t="s">
         <v>373</v>
       </c>
       <c r="P63" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>375</v>
       </c>
       <c r="B64" t="s">
         <v>376</v>
       </c>
       <c r="C64" t="s">
         <v>272</v>
       </c>
       <c r="D64" t="s">
         <v>377</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2009</v>
       </c>
       <c r="I64">
         <v>2016</v>
       </c>
       <c r="J64" t="s">
         <v>274</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>378</v>
       </c>
       <c r="P64" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>380</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C65" t="s">
         <v>381</v>
       </c>
       <c r="D65" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H65">
         <v>2010</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K65" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>382</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>383</v>
       </c>
       <c r="P65" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>385</v>
       </c>
       <c r="B66" t="s">
         <v>386</v>
       </c>
       <c r="C66" t="s">
         <v>387</v>
       </c>
       <c r="D66" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H66">
         <v>2007</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K66" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L66" t="s">
         <v>388</v>
       </c>
       <c r="M66" t="s">
         <v>389</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>390</v>
       </c>
       <c r="P66" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>392</v>
       </c>
       <c r="B67" t="s">
         <v>393</v>
       </c>
       <c r="C67" t="s">
         <v>387</v>
       </c>
       <c r="D67" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E67" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F67" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G67" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H67">
         <v>2007</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="K67" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L67" t="s">
         <v>394</v>
       </c>
       <c r="M67" t="s">
         <v>389</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>395</v>
       </c>
       <c r="P67" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>397</v>
       </c>
       <c r="B68" t="s">
         <v>398</v>
       </c>
       <c r="C68" t="s">
         <v>387</v>
       </c>
       <c r="D68" t="s">
         <v>219</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H68">
         <v>2007</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K68" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L68" t="s">
         <v>394</v>
       </c>
       <c r="M68" t="s">
         <v>389</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>399</v>
       </c>
       <c r="P68" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>400</v>
       </c>
       <c r="B69" t="s">
         <v>401</v>
       </c>
       <c r="C69" t="s">
         <v>387</v>
       </c>
       <c r="D69" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2014</v>
       </c>
       <c r="I69">
         <v>2018</v>
       </c>
       <c r="J69" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="K69" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L69" t="s">
         <v>402</v>
       </c>
       <c r="M69" t="s">
         <v>389</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>403</v>
       </c>
       <c r="P69" t="s">
         <v>404</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>