--- v0 (2025-11-12)
+++ v1 (2025-12-30)
@@ -104,192 +104,192 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...110 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
     <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
@@ -846,608 +846,606 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2016</v>
+        <v>1980</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
         <v>46</v>
       </c>
-      <c r="L4"/>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J5" t="s">
         <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6">
         <v>2020</v>
       </c>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
         <v>61</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I7"/>
+      <c r="I7">
+        <v>2020</v>
+      </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H8">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
         <v>74</v>
       </c>
       <c r="P8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>76</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
       <c r="C9" t="s">
         <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>80</v>
       </c>
       <c r="M9" t="s">
         <v>81</v>
       </c>
       <c r="N9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
         <v>82</v>
       </c>
       <c r="P9" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>84</v>
       </c>
       <c r="B10" t="s">
         <v>85</v>
       </c>
       <c r="C10" t="s">
         <v>86</v>
       </c>
       <c r="D10" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E10" t="s">
         <v>87</v>
       </c>
       <c r="F10" t="s">
         <v>88</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H10">
         <v>2018</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>89</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>90</v>
       </c>
       <c r="N10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O10" t="s">
         <v>91</v>
       </c>
       <c r="P10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>96</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>97</v>
       </c>
       <c r="N11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
         <v>98</v>
       </c>
       <c r="P11" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>100</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>78</v>
       </c>
       <c r="D12" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>87</v>
       </c>
       <c r="F12" t="s">
         <v>88</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
         <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>102</v>
       </c>
       <c r="M12" t="s">
         <v>103</v>
       </c>
       <c r="N12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O12" t="s">
         <v>104</v>
       </c>
       <c r="P12" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>106</v>
       </c>
       <c r="B13" t="s">
         <v>107</v>
       </c>
       <c r="C13" t="s">
         <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E13" t="s">
         <v>87</v>
       </c>
       <c r="F13" t="s">
         <v>88</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>96</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>108</v>
       </c>
       <c r="M13" t="s">
         <v>103</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O13" t="s">
         <v>109</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>110</v>
       </c>
       <c r="B14" t="s">
         <v>111</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>89</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>112</v>
       </c>
       <c r="M14" t="s">
         <v>81</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
         <v>113</v>
       </c>
       <c r="P14" t="s">
         <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>