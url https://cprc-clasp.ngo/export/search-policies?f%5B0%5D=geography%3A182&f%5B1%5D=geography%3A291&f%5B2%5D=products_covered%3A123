--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,88 +131,91 @@
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
@@ -815,176 +818,176 @@
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
         <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>43</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2021</v>
       </c>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7">
         <v>1997</v>
       </c>
       <c r="I7">
         <v>2011</v>
       </c>
       <c r="J7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">