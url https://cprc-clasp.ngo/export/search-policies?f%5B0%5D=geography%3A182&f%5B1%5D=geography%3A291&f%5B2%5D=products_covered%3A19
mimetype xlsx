--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -295,77 +295,77 @@
 i) products with a clothes container volume of less than 1.6 cubic feet,
 ii) products configured in any way other than a front- or top-loading design,
 iii) Combination All-in-One Washer-Dryers,
 iv) Residential Clothes Washers with an Optional Dry Cycle, and
 v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/clothes_washers/partners</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
@@ -1457,63 +1457,63 @@
       </c>
       <c r="L10" t="s">
         <v>94</v>
       </c>
       <c r="M10" t="s">
         <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>96</v>
       </c>
       <c r="P10" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>98</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
         <v>61</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>70</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="H11">
         <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>101</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
         <v>102</v>
       </c>
       <c r="M11" t="s">
         <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>103</v>
       </c>
       <c r="P11" t="s">
         <v>104</v>