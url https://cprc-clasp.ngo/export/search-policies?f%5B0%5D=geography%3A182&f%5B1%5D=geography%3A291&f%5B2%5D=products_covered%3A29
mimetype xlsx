--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -327,143 +327,143 @@
   <si>
     <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
     <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
     <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...35 lines deleted...]
-  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
@@ -1905,51 +1905,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2461,136 +2461,136 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>103</v>
       </c>
       <c r="B12" t="s">
         <v>104</v>
       </c>
       <c r="C12" t="s">
         <v>105</v>
       </c>
       <c r="D12" t="s">
         <v>106</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>62</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J12" t="s">
         <v>107</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>108</v>
       </c>
       <c r="M12" t="s">
         <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>110</v>
       </c>
       <c r="P12" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>103</v>
       </c>
       <c r="B13" t="s">
         <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>113</v>
       </c>
       <c r="D13" t="s">
         <v>114</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>62</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I13">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J13" t="s">
         <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
         <v>116</v>
       </c>
       <c r="M13" t="s">
         <v>109</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>117</v>
       </c>
       <c r="P13" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>119</v>
       </c>
       <c r="B14" t="s">
         <v>120</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="D14" t="s">
         <v>121</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>52</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>122</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
         <v>123</v>
@@ -3637,51 +3637,51 @@
       </c>
       <c r="M36" t="s">
         <v>232</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>233</v>
       </c>
       <c r="P36" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>235</v>
       </c>
       <c r="B37" t="s">
         <v>236</v>
       </c>
       <c r="C37" t="s">
         <v>230</v>
       </c>
       <c r="D37" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2018</v>
       </c>
       <c r="J37" t="s">
         <v>231</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
         <v>235</v>
       </c>
@@ -4369,51 +4369,51 @@
       <c r="L51"/>
       <c r="M51" t="s">
         <v>305</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>306</v>
       </c>
       <c r="P51" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>308</v>
       </c>
       <c r="B52" t="s">
         <v>309</v>
       </c>
       <c r="C52" t="s">
         <v>99</v>
       </c>
       <c r="D52" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>62</v>
       </c>
       <c r="G52" t="s">
         <v>52</v>
       </c>
       <c r="H52">
         <v>2015</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>241</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
         <v>310</v>
       </c>
       <c r="M52" t="s">
         <v>305</v>
@@ -5701,51 +5701,51 @@
       <c r="L78"/>
       <c r="M78" t="s">
         <v>442</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>443</v>
       </c>
       <c r="P78" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>445</v>
       </c>
       <c r="B79" t="s">
         <v>446</v>
       </c>
       <c r="C79" t="s">
         <v>441</v>
       </c>
       <c r="D79" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>52</v>
       </c>
       <c r="H79">
         <v>2011</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>53</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>442</v>
       </c>
       <c r="N79" t="s">
@@ -6077,51 +6077,51 @@
       </c>
       <c r="M86" t="s">
         <v>480</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>486</v>
       </c>
       <c r="P86" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>488</v>
       </c>
       <c r="B87" t="s">
         <v>489</v>
       </c>
       <c r="C87" t="s">
         <v>478</v>
       </c>
       <c r="D87" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>52</v>
       </c>
       <c r="H87">
         <v>2007</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>199</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
         <v>485</v>
       </c>
       <c r="M87" t="s">
         <v>480</v>