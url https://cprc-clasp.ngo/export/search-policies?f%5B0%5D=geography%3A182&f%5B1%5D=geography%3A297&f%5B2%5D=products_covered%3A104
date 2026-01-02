--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1088,50 +1088,53 @@
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
     <t>https://www.slbs.org/product/slns-93-2015/</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
     <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
   </si>
@@ -4208,368 +4211,368 @@
       </c>
       <c r="P55" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>351</v>
       </c>
       <c r="B56" t="s">
         <v>352</v>
       </c>
       <c r="C56" t="s">
         <v>186</v>
       </c>
       <c r="D56" t="s">
         <v>353</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>72</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>354</v>
       </c>
       <c r="H56">
         <v>2002</v>
       </c>
       <c r="I56">
         <v>2007</v>
       </c>
       <c r="J56" t="s">
         <v>194</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M56" t="s">
         <v>189</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P56" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C57" t="s">
         <v>186</v>
       </c>
       <c r="D57" t="s">
         <v>126</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>72</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>1995</v>
       </c>
       <c r="I57">
         <v>2008</v>
       </c>
       <c r="J57" t="s">
         <v>139</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="M57" t="s">
         <v>189</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P57" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C58" t="s">
         <v>186</v>
       </c>
       <c r="D58" t="s">
         <v>126</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>72</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>1995</v>
       </c>
       <c r="I58">
         <v>2010</v>
       </c>
       <c r="J58" t="s">
         <v>222</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="M58" t="s">
         <v>189</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P58" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B59" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C59" t="s">
         <v>186</v>
       </c>
       <c r="D59" t="s">
         <v>126</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>72</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>1995</v>
       </c>
       <c r="I59">
         <v>2016</v>
       </c>
       <c r="J59" t="s">
         <v>194</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>189</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="P59" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B60" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C60" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D60" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>55</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>94</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="N60" t="s">
         <v>36</v>
       </c>
       <c r="O60" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P60" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B61" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C61" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D61" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>55</v>
       </c>
       <c r="H61">
         <v>2009</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>94</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M61" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B62" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D62" t="s">
         <v>126</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>55</v>
       </c>
       <c r="H62">
         <v>2009</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>169</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M62" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P62" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">