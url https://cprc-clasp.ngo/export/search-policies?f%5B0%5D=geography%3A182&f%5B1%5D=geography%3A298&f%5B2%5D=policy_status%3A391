--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1115">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1670,60 +1670,63 @@
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
@@ -1776,99 +1779,99 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
     <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
   </si>
@@ -3252,50 +3255,53 @@
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -3808,51 +3814,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -8146,5814 +8152,5814 @@
       </c>
       <c r="P87" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>534</v>
       </c>
       <c r="B88" t="s">
         <v>535</v>
       </c>
       <c r="C88" t="s">
         <v>69</v>
       </c>
       <c r="D88" t="s">
         <v>536</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>42</v>
       </c>
       <c r="G88" t="s">
-        <v>8</v>
+        <v>537</v>
       </c>
       <c r="H88">
         <v>2015</v>
       </c>
       <c r="I88">
         <v>2019</v>
       </c>
       <c r="J88" t="s">
         <v>529</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
         <v>531</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="P88" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B89" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C89" t="s">
         <v>69</v>
       </c>
       <c r="D89" t="s">
         <v>536</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>42</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2015</v>
       </c>
       <c r="I89">
         <v>2024</v>
       </c>
       <c r="J89" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>531</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="P89" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B90" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C90" t="s">
         <v>69</v>
       </c>
       <c r="D90" t="s">
         <v>296</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>42</v>
       </c>
       <c r="G90" t="s">
         <v>8</v>
       </c>
       <c r="H90">
         <v>2008</v>
       </c>
       <c r="I90">
         <v>2014</v>
       </c>
       <c r="J90" t="s">
         <v>529</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M90" t="s">
         <v>531</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P90" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B91" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C91" t="s">
         <v>69</v>
       </c>
       <c r="D91" t="s">
         <v>296</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2011</v>
       </c>
       <c r="I91">
         <v>2022</v>
       </c>
       <c r="J91" t="s">
         <v>529</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M91" t="s">
         <v>531</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P91" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B92" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C92" t="s">
         <v>69</v>
       </c>
       <c r="D92" t="s">
         <v>94</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>8</v>
       </c>
       <c r="H92">
         <v>2014</v>
       </c>
       <c r="I92">
         <v>2022</v>
       </c>
       <c r="J92" t="s">
         <v>529</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M92" t="s">
         <v>531</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P92" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B93" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C93" t="s">
         <v>69</v>
       </c>
       <c r="D93" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>8</v>
+        <v>537</v>
       </c>
       <c r="H93">
         <v>2015</v>
       </c>
       <c r="I93">
         <v>2019</v>
       </c>
       <c r="J93" t="s">
         <v>529</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M93" t="s">
         <v>531</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P93" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B94" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C94" t="s">
         <v>69</v>
       </c>
       <c r="D94" t="s">
         <v>536</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>8</v>
       </c>
       <c r="H94">
         <v>2015</v>
       </c>
       <c r="I94">
         <v>2024</v>
       </c>
       <c r="J94" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>531</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="P94" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B95" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C95" t="s">
         <v>69</v>
       </c>
       <c r="D95" t="s">
         <v>419</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>22</v>
+        <v>537</v>
       </c>
       <c r="H95">
         <v>2011</v>
       </c>
       <c r="I95">
         <v>2022</v>
       </c>
       <c r="J95" t="s">
         <v>529</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="M95" t="s">
         <v>531</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="P95" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B96" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C96" t="s">
         <v>69</v>
       </c>
       <c r="D96" t="s">
         <v>419</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H96">
         <v>2011</v>
       </c>
       <c r="I96">
         <v>2025</v>
       </c>
       <c r="J96" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
         <v>531</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="P96" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B97" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C97" t="s">
         <v>69</v>
       </c>
       <c r="D97" t="s">
         <v>296</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>8</v>
+        <v>537</v>
       </c>
       <c r="H97">
         <v>2011</v>
       </c>
       <c r="I97">
         <v>2022</v>
       </c>
       <c r="J97" t="s">
         <v>529</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="M97" t="s">
         <v>531</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="P97" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B98" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C98" t="s">
         <v>69</v>
       </c>
       <c r="D98" t="s">
         <v>296</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2011</v>
       </c>
       <c r="I98">
         <v>2025</v>
       </c>
       <c r="J98" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
         <v>531</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P98" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B99" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C99" t="s">
         <v>58</v>
       </c>
       <c r="D99" t="s">
         <v>296</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2007</v>
       </c>
       <c r="I99">
         <v>2022</v>
       </c>
       <c r="J99" t="s">
         <v>345</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="P99" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B100" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C100" t="s">
         <v>58</v>
       </c>
       <c r="D100" t="s">
         <v>344</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2006</v>
       </c>
       <c r="I100">
         <v>2010</v>
       </c>
       <c r="J100" t="s">
         <v>345</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="P100" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B101" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C101" t="s">
         <v>58</v>
       </c>
       <c r="D101" t="s">
         <v>344</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2006</v>
       </c>
       <c r="I101">
         <v>2010</v>
       </c>
       <c r="J101" t="s">
         <v>345</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="P101" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B102" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C102" t="s">
         <v>58</v>
       </c>
       <c r="D102" t="s">
         <v>163</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2008</v>
       </c>
       <c r="I102">
         <v>2011</v>
       </c>
       <c r="J102" t="s">
         <v>345</v>
       </c>
       <c r="K102" t="s">
         <v>62</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P102" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B103" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C103" t="s">
         <v>58</v>
       </c>
       <c r="D103" t="s">
         <v>145</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2007</v>
       </c>
       <c r="I103">
         <v>2011</v>
       </c>
       <c r="J103" t="s">
         <v>345</v>
       </c>
       <c r="K103" t="s">
         <v>62</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="P103" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B104" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C104" t="s">
         <v>58</v>
       </c>
       <c r="D104" t="s">
         <v>151</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2007</v>
       </c>
       <c r="I104">
         <v>2018</v>
       </c>
       <c r="J104" t="s">
         <v>345</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="P104" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B105" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C105" t="s">
         <v>58</v>
       </c>
       <c r="D105" t="s">
         <v>447</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2002</v>
       </c>
       <c r="I105">
         <v>2017</v>
       </c>
       <c r="J105" t="s">
         <v>345</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="M105" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="P105" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B106" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C106" t="s">
         <v>58</v>
       </c>
       <c r="D106" t="s">
         <v>255</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2008</v>
       </c>
       <c r="I106">
         <v>2017</v>
       </c>
       <c r="J106" t="s">
         <v>345</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="M106" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="P106" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B107" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C107" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D107" t="s">
         <v>378</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2014</v>
       </c>
       <c r="I107">
         <v>2025</v>
       </c>
       <c r="J107" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P107" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B108" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C108" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D108" t="s">
         <v>100</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>71</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2010</v>
       </c>
       <c r="I108">
         <v>2016</v>
       </c>
       <c r="J108" t="s">
         <v>529</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="M108" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="P108" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B109" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C109" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D109" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2004</v>
       </c>
       <c r="I109">
         <v>2015</v>
       </c>
       <c r="J109" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="M109" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P109" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B110" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C110" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D110" t="s">
         <v>378</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>1996</v>
       </c>
       <c r="I110">
         <v>2005</v>
       </c>
       <c r="J110" t="s">
         <v>33</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M110" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P110" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B111" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C111" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D111" t="s">
         <v>244</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>71</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2006</v>
       </c>
       <c r="I111">
         <v>2025</v>
       </c>
       <c r="J111" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="M111" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="P111" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B112" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C112" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D112" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>22</v>
+        <v>537</v>
       </c>
       <c r="H112">
         <v>1997</v>
       </c>
       <c r="I112">
         <v>2005</v>
       </c>
       <c r="J112" t="s">
         <v>529</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N112" t="s">
         <v>36</v>
       </c>
       <c r="O112" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P112" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B113" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C113" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H113">
         <v>2004</v>
       </c>
       <c r="I113">
         <v>2025</v>
       </c>
       <c r="J113" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="M113" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="P113" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B114" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C114" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D114" t="s">
         <v>447</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>8</v>
       </c>
       <c r="H114">
         <v>2016</v>
       </c>
       <c r="I114">
         <v>2025</v>
       </c>
       <c r="J114" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="M114" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P114" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B115" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C115" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D115" t="s">
         <v>344</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
       <c r="I115">
         <v>2013</v>
       </c>
       <c r="J115" t="s">
         <v>529</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="M115" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P115" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B116" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C116" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D116" t="s">
         <v>296</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>1995</v>
       </c>
       <c r="I116">
         <v>2017</v>
       </c>
       <c r="J116" t="s">
         <v>529</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="M116" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P116" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B117" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C117" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D117" t="s">
         <v>296</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>1995</v>
       </c>
       <c r="I117">
         <v>2018</v>
       </c>
       <c r="J117" t="s">
         <v>529</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="P117" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B118" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C118" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D118" t="s">
         <v>536</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2010</v>
       </c>
       <c r="I118">
         <v>2018</v>
       </c>
       <c r="J118" t="s">
         <v>529</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M118" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P118" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B119" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C119" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D119" t="s">
         <v>226</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2012</v>
       </c>
       <c r="I119">
         <v>2017</v>
       </c>
       <c r="J119" t="s">
         <v>513</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="M119" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="P119" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B120" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C120" t="s">
         <v>58</v>
       </c>
       <c r="D120" t="s">
         <v>296</v>
       </c>
       <c r="E120" t="s">
         <v>51</v>
       </c>
       <c r="F120" t="s">
         <v>60</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>1993</v>
       </c>
       <c r="I120">
         <v>2022</v>
       </c>
       <c r="J120" t="s">
         <v>345</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="M120" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="P120" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B121" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C121" t="s">
         <v>58</v>
       </c>
       <c r="D121" t="s">
         <v>344</v>
       </c>
       <c r="E121" t="s">
         <v>51</v>
       </c>
       <c r="F121" t="s">
         <v>60</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>1993</v>
       </c>
       <c r="I121">
         <v>2012</v>
       </c>
       <c r="J121" t="s">
         <v>345</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="M121" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="P121" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B122" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C122" t="s">
         <v>58</v>
       </c>
       <c r="D122" t="s">
         <v>100</v>
       </c>
       <c r="E122" t="s">
         <v>51</v>
       </c>
       <c r="F122" t="s">
         <v>60</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>1993</v>
       </c>
       <c r="I122">
         <v>2010</v>
       </c>
       <c r="J122" t="s">
         <v>345</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M122" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="P122" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B123" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C123" t="s">
         <v>58</v>
       </c>
       <c r="D123" t="s">
         <v>447</v>
       </c>
       <c r="E123" t="s">
         <v>51</v>
       </c>
       <c r="F123" t="s">
         <v>60</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>1995</v>
       </c>
       <c r="I123">
         <v>2019</v>
       </c>
       <c r="J123" t="s">
         <v>345</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="M123" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="P123" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B124" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C124" t="s">
         <v>58</v>
       </c>
       <c r="D124" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E124" t="s">
         <v>51</v>
       </c>
       <c r="F124" t="s">
         <v>60</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>1993</v>
       </c>
       <c r="I124">
         <v>2010</v>
       </c>
       <c r="J124" t="s">
         <v>345</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="M124" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="P124" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B125" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C125" t="s">
         <v>58</v>
       </c>
       <c r="D125" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E125" t="s">
         <v>51</v>
       </c>
       <c r="F125" t="s">
         <v>60</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>1993</v>
       </c>
       <c r="I125">
         <v>2013</v>
       </c>
       <c r="J125" t="s">
         <v>345</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="M125" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="P125" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B126" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C126" t="s">
         <v>58</v>
       </c>
       <c r="D126" t="s">
         <v>344</v>
       </c>
       <c r="E126" t="s">
         <v>51</v>
       </c>
       <c r="F126" t="s">
         <v>60</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>1993</v>
       </c>
       <c r="I126">
         <v>2016</v>
       </c>
       <c r="J126" t="s">
         <v>345</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="P126" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B127" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C127" t="s">
         <v>58</v>
       </c>
       <c r="D127" t="s">
         <v>151</v>
       </c>
       <c r="E127" t="s">
         <v>51</v>
       </c>
       <c r="F127" t="s">
         <v>60</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>1993</v>
       </c>
       <c r="I127">
         <v>2016</v>
       </c>
       <c r="J127" t="s">
         <v>345</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="M127" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="P127" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B128" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C128" t="s">
         <v>58</v>
       </c>
       <c r="D128" t="s">
         <v>344</v>
       </c>
       <c r="E128" t="s">
         <v>51</v>
       </c>
       <c r="F128" t="s">
         <v>60</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>1993</v>
       </c>
       <c r="I128">
         <v>2010</v>
       </c>
       <c r="J128" t="s">
         <v>345</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="M128" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="P128" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B129" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C129" t="s">
         <v>58</v>
       </c>
       <c r="D129" t="s">
         <v>400</v>
       </c>
       <c r="E129" t="s">
         <v>51</v>
       </c>
       <c r="F129" t="s">
         <v>60</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129"/>
       <c r="I129">
         <v>2010</v>
       </c>
       <c r="J129" t="s">
         <v>345</v>
       </c>
       <c r="K129" t="s">
         <v>401</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N129" t="s">
         <v>403</v>
       </c>
       <c r="O129" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P129" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B130" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C130" t="s">
         <v>58</v>
       </c>
       <c r="D130" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E130" t="s">
         <v>51</v>
       </c>
       <c r="F130" t="s">
         <v>60</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>1997</v>
       </c>
       <c r="I130">
         <v>2011</v>
       </c>
       <c r="J130" t="s">
         <v>345</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="M130" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="P130" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B131" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C131" t="s">
         <v>58</v>
       </c>
       <c r="D131" t="s">
         <v>314</v>
       </c>
       <c r="E131" t="s">
         <v>51</v>
       </c>
       <c r="F131" t="s">
         <v>60</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2010</v>
       </c>
       <c r="I131">
         <v>2017</v>
       </c>
       <c r="J131" t="s">
         <v>345</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="M131" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="P131" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B132" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C132" t="s">
         <v>503</v>
       </c>
       <c r="D132" t="s">
         <v>296</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>42</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2008</v>
       </c>
       <c r="I132">
         <v>2015</v>
       </c>
       <c r="J132" t="s">
         <v>524</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
         <v>506</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P132" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B133" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C133" t="s">
         <v>503</v>
       </c>
       <c r="D133" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>42</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2011</v>
       </c>
       <c r="I133">
         <v>2014</v>
       </c>
       <c r="J133" t="s">
         <v>524</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="M133" t="s">
         <v>506</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="P133" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B134" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C134" t="s">
         <v>503</v>
       </c>
       <c r="D134" t="s">
         <v>490</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>42</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>1999</v>
       </c>
       <c r="I134">
         <v>2012</v>
       </c>
       <c r="J134" t="s">
         <v>524</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="M134" t="s">
         <v>506</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="P134" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B135" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C135" t="s">
         <v>503</v>
       </c>
       <c r="D135" t="s">
         <v>100</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>42</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2007</v>
       </c>
       <c r="I135">
         <v>2011</v>
       </c>
       <c r="J135" t="s">
         <v>524</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
         <v>506</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="P135" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B136" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C136" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D136" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>71</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2018</v>
       </c>
       <c r="I136">
         <v>2019</v>
       </c>
       <c r="J136" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="P136" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B137" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C137" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D137" t="s">
         <v>151</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>42</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2005</v>
       </c>
       <c r="I137">
         <v>2013</v>
       </c>
       <c r="J137" t="s">
         <v>52</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M137" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="P137" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B138" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C138" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D138" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2009</v>
       </c>
       <c r="I138">
         <v>2016</v>
       </c>
       <c r="J138" t="s">
         <v>33</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="P138" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B139" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C139" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D139" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="E139" t="s">
         <v>51</v>
       </c>
       <c r="F139" t="s">
         <v>42</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2015</v>
       </c>
       <c r="I139">
         <v>2018</v>
       </c>
       <c r="J139" t="s">
         <v>420</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="P139" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B140" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C140" t="s">
         <v>503</v>
       </c>
       <c r="D140" t="s">
         <v>151</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>71</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2013</v>
       </c>
       <c r="I140">
         <v>2015</v>
       </c>
       <c r="J140" t="s">
         <v>524</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="M140" t="s">
         <v>506</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P140" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B141" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C141" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D141" t="s">
         <v>344</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2013</v>
       </c>
       <c r="I141">
         <v>2020</v>
       </c>
       <c r="J141" t="s">
         <v>345</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="M141" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="P141" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B142" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C142" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D142" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2009</v>
       </c>
       <c r="I142">
         <v>2013</v>
       </c>
       <c r="J142" t="s">
         <v>33</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P142" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B143" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C143" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D143" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>1982</v>
       </c>
       <c r="I143">
         <v>2024</v>
       </c>
       <c r="J143" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="N143" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="O143" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="P143" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B144" t="s">
         <v>519</v>
       </c>
       <c r="C144" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D144" t="s">
         <v>151</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>42</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2015</v>
       </c>
       <c r="I144">
         <v>2019</v>
       </c>
       <c r="J144" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="P144" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B145" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C145" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D145" t="s">
         <v>151</v>
       </c>
       <c r="E145" t="s">
         <v>51</v>
       </c>
       <c r="F145" t="s">
         <v>60</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2000</v>
       </c>
       <c r="I145">
         <v>2020</v>
       </c>
       <c r="J145" t="s">
         <v>345</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="M145" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="P145" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B146" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C146" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D146" t="s">
         <v>344</v>
       </c>
       <c r="E146" t="s">
         <v>51</v>
       </c>
       <c r="F146" t="s">
         <v>60</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2010</v>
       </c>
       <c r="I146">
         <v>2022</v>
       </c>
       <c r="J146" t="s">
         <v>345</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="M146" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="P146" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B147" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C147" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D147" t="s">
         <v>296</v>
       </c>
       <c r="E147" t="s">
         <v>51</v>
       </c>
       <c r="F147" t="s">
         <v>60</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2010</v>
       </c>
       <c r="I147">
         <v>2017</v>
       </c>
       <c r="J147" t="s">
         <v>345</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="M147" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="P147" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B148" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C148" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D148" t="s">
         <v>447</v>
       </c>
       <c r="E148" t="s">
         <v>51</v>
       </c>
       <c r="F148" t="s">
         <v>60</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>1994</v>
       </c>
       <c r="I148">
         <v>2012</v>
       </c>
       <c r="J148" t="s">
         <v>345</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="M148" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N148" t="s">
         <v>36</v>
       </c>
       <c r="O148" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="P148" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B149" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C149" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D149" t="s">
         <v>344</v>
       </c>
       <c r="E149" t="s">
         <v>51</v>
       </c>
       <c r="F149" t="s">
         <v>60</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>1995</v>
       </c>
       <c r="I149">
         <v>2013</v>
       </c>
       <c r="J149" t="s">
         <v>345</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="M149" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="P149" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B150" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C150" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D150" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E150" t="s">
         <v>51</v>
       </c>
       <c r="F150" t="s">
         <v>60</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>1996</v>
       </c>
       <c r="I150">
         <v>2012</v>
       </c>
       <c r="J150" t="s">
         <v>345</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="M150" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="P150" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B151" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C151" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D151" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E151" t="s">
         <v>51</v>
       </c>
       <c r="F151" t="s">
         <v>60</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>1996</v>
       </c>
       <c r="I151">
         <v>2012</v>
       </c>
       <c r="J151" t="s">
         <v>345</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="M151" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="P151" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B152" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C152" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D152" t="s">
         <v>490</v>
       </c>
       <c r="E152" t="s">
         <v>51</v>
       </c>
       <c r="F152" t="s">
         <v>60</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>1996</v>
       </c>
       <c r="I152">
         <v>2012</v>
       </c>
       <c r="J152" t="s">
         <v>345</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="M152" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="P152" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B153" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C153" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D153" t="s">
         <v>344</v>
       </c>
       <c r="E153" t="s">
         <v>51</v>
       </c>
       <c r="F153" t="s">
         <v>60</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>1996</v>
       </c>
       <c r="I153">
         <v>2015</v>
       </c>
       <c r="J153" t="s">
         <v>345</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="M153" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="P153" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B154" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C154" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D154" t="s">
         <v>490</v>
       </c>
       <c r="E154" t="s">
         <v>51</v>
       </c>
       <c r="F154" t="s">
         <v>60</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>1996</v>
       </c>
       <c r="I154">
         <v>2013</v>
       </c>
       <c r="J154" t="s">
         <v>345</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="M154" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="P154" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B155" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C155" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D155" t="s">
         <v>490</v>
       </c>
       <c r="E155" t="s">
         <v>51</v>
       </c>
       <c r="F155" t="s">
         <v>60</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>1997</v>
       </c>
       <c r="I155">
         <v>2012</v>
       </c>
       <c r="J155" t="s">
         <v>345</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="M155" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="P155" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B156" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C156" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D156" t="s">
         <v>344</v>
       </c>
       <c r="E156" t="s">
         <v>51</v>
       </c>
       <c r="F156" t="s">
         <v>60</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>1998</v>
       </c>
       <c r="I156">
         <v>2012</v>
       </c>
       <c r="J156" t="s">
         <v>345</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="M156" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="P156" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B157" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C157" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D157" t="s">
         <v>296</v>
       </c>
       <c r="E157" t="s">
         <v>51</v>
       </c>
       <c r="F157" t="s">
         <v>60</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>1998</v>
       </c>
       <c r="I157">
         <v>2012</v>
       </c>
       <c r="J157" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="M157" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="P157" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B158" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C158" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D158" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E158" t="s">
         <v>51</v>
       </c>
       <c r="F158" t="s">
         <v>60</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>1999</v>
       </c>
       <c r="I158">
         <v>2012</v>
       </c>
       <c r="J158" t="s">
         <v>345</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="M158" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="P158" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B159" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C159" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D159" t="s">
         <v>100</v>
       </c>
       <c r="E159" t="s">
         <v>51</v>
       </c>
       <c r="F159" t="s">
         <v>60</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2000</v>
       </c>
       <c r="I159">
         <v>2012</v>
       </c>
       <c r="J159" t="s">
         <v>345</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="M159" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P159" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B160" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C160" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D160" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E160" t="s">
         <v>51</v>
       </c>
       <c r="F160" t="s">
         <v>60</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2001</v>
       </c>
       <c r="I160">
         <v>2015</v>
       </c>
       <c r="J160" t="s">
         <v>345</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="M160" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="P160" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B161" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C161" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D161" t="s">
         <v>378</v>
       </c>
       <c r="E161" t="s">
         <v>51</v>
       </c>
       <c r="F161" t="s">
         <v>60</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2002</v>
       </c>
       <c r="I161">
         <v>2012</v>
       </c>
       <c r="J161" t="s">
         <v>345</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="M161" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="P161" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B162" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C162" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D162" t="s">
         <v>490</v>
       </c>
       <c r="E162" t="s">
         <v>51</v>
       </c>
       <c r="F162" t="s">
         <v>60</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
         <v>2003</v>
       </c>
       <c r="I162">
         <v>2013</v>
       </c>
       <c r="J162" t="s">
         <v>345</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="M162" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="P162" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B163" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C163" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D163" t="s">
         <v>296</v>
       </c>
       <c r="E163" t="s">
         <v>51</v>
       </c>
       <c r="F163" t="s">
         <v>60</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>1998</v>
       </c>
       <c r="I163">
         <v>2012</v>
       </c>
       <c r="J163" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="M163" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="P163" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B164" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C164" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D164" t="s">
         <v>302</v>
       </c>
       <c r="E164" t="s">
         <v>51</v>
       </c>
       <c r="F164" t="s">
         <v>60</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2003</v>
       </c>
       <c r="I164">
         <v>2012</v>
       </c>
       <c r="J164" t="s">
         <v>345</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="M164" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="P164" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B165" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C165" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D165" t="s">
         <v>344</v>
       </c>
       <c r="E165" t="s">
         <v>51</v>
       </c>
       <c r="F165" t="s">
         <v>60</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2004</v>
       </c>
       <c r="I165">
         <v>2012</v>
       </c>
       <c r="J165" t="s">
         <v>345</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="M165" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N165" t="s">
         <v>36</v>
       </c>
       <c r="O165" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="P165" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B166" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C166" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D166" t="s">
         <v>490</v>
       </c>
       <c r="E166" t="s">
         <v>51</v>
       </c>
       <c r="F166" t="s">
         <v>60</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2004</v>
       </c>
       <c r="I166">
         <v>2012</v>
       </c>
       <c r="J166" t="s">
         <v>345</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="M166" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="P166" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B167" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C167" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D167" t="s">
         <v>490</v>
       </c>
       <c r="E167" t="s">
         <v>51</v>
       </c>
       <c r="F167" t="s">
         <v>60</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2004</v>
       </c>
       <c r="I167">
         <v>2012</v>
       </c>
       <c r="J167" t="s">
         <v>345</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="M167" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="P167" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B168" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C168" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D168" t="s">
         <v>378</v>
       </c>
       <c r="E168" t="s">
         <v>51</v>
       </c>
       <c r="F168" t="s">
         <v>60</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2004</v>
       </c>
       <c r="I168">
         <v>2012</v>
       </c>
       <c r="J168" t="s">
         <v>345</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="M168" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="P168" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B169" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C169" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D169" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E169" t="s">
         <v>51</v>
       </c>
       <c r="F169" t="s">
         <v>60</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2004</v>
       </c>
       <c r="I169">
         <v>2012</v>
       </c>
       <c r="J169" t="s">
         <v>345</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="M169" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="P169" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B170" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C170" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D170" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E170" t="s">
         <v>51</v>
       </c>
       <c r="F170" t="s">
         <v>60</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2005</v>
       </c>
       <c r="I170">
         <v>2012</v>
       </c>
       <c r="J170" t="s">
         <v>345</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="M170" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="P170" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B171" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C171" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D171" t="s">
         <v>490</v>
       </c>
       <c r="E171" t="s">
         <v>51</v>
       </c>
       <c r="F171" t="s">
         <v>60</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2005</v>
       </c>
       <c r="I171">
         <v>2012</v>
       </c>
       <c r="J171" t="s">
         <v>345</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="M171" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="P171" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B172" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C172" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D172" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E172" t="s">
         <v>51</v>
       </c>
       <c r="F172" t="s">
         <v>60</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2007</v>
       </c>
       <c r="I172">
         <v>2012</v>
       </c>
       <c r="J172" t="s">
         <v>345</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="M172" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="P172" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B173" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C173" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D173" t="s">
         <v>326</v>
       </c>
       <c r="E173" t="s">
         <v>51</v>
       </c>
       <c r="F173" t="s">
         <v>60</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2007</v>
       </c>
       <c r="I173">
         <v>2012</v>
       </c>
       <c r="J173" t="s">
         <v>345</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="M173" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="P173" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B174" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C174" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D174" t="s">
         <v>475</v>
       </c>
       <c r="E174" t="s">
         <v>51</v>
       </c>
       <c r="F174" t="s">
         <v>60</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>2013</v>
       </c>
       <c r="I174">
         <v>2014</v>
       </c>
       <c r="J174" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="M174" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="P174" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B175" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C175" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D175" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="E175" t="s">
         <v>51</v>
       </c>
       <c r="F175" t="s">
         <v>60</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
         <v>2008</v>
       </c>
       <c r="I175">
         <v>2012</v>
       </c>
       <c r="J175" t="s">
         <v>345</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="M175" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N175" t="s">
         <v>36</v>
       </c>
       <c r="O175" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="P175" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B176" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C176" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D176" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="E176" t="s">
         <v>51</v>
       </c>
       <c r="F176" t="s">
         <v>60</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176">
         <v>2008</v>
       </c>
       <c r="I176">
         <v>2012</v>
       </c>
       <c r="J176" t="s">
         <v>345</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="M176" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N176" t="s">
         <v>36</v>
       </c>
       <c r="O176" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="P176" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="B177" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="C177" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D177" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="E177" t="s">
         <v>51</v>
       </c>
       <c r="F177" t="s">
         <v>60</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
         <v>2008</v>
       </c>
       <c r="I177">
         <v>2009</v>
       </c>
       <c r="J177" t="s">
         <v>345</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="M177" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="P177" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B178" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C178" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D178" t="s">
         <v>447</v>
       </c>
       <c r="E178" t="s">
         <v>51</v>
       </c>
       <c r="F178" t="s">
         <v>60</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>1994</v>
       </c>
       <c r="I178">
         <v>2012</v>
       </c>
       <c r="J178" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="M178" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="P178" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B179" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C179" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D179" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="E179" t="s">
         <v>51</v>
       </c>
       <c r="F179" t="s">
         <v>60</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>2008</v>
       </c>
       <c r="I179">
         <v>2012</v>
       </c>
       <c r="J179" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="M179" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="P179" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B180" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C180" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D180" t="s">
         <v>447</v>
       </c>
       <c r="E180" t="s">
         <v>51</v>
       </c>
       <c r="F180" t="s">
         <v>60</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180">
         <v>2009</v>
       </c>
       <c r="I180">
         <v>2012</v>
       </c>
       <c r="J180" t="s">
         <v>345</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="M180" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="P180" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B181" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C181" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D181" t="s">
         <v>344</v>
       </c>
       <c r="E181" t="s">
         <v>51</v>
       </c>
       <c r="F181" t="s">
         <v>60</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
         <v>2009</v>
       </c>
       <c r="I181">
         <v>2012</v>
       </c>
       <c r="J181" t="s">
         <v>345</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="M181" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="P181" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B182" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C182" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D182" t="s">
         <v>320</v>
       </c>
       <c r="E182" t="s">
         <v>51</v>
       </c>
       <c r="F182" t="s">
         <v>60</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
         <v>2010</v>
       </c>
       <c r="I182">
         <v>2012</v>
       </c>
       <c r="J182" t="s">
         <v>345</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="M182" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="P182" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B183" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C183" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D183" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E183" t="s">
         <v>51</v>
       </c>
       <c r="F183" t="s">
         <v>60</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
         <v>2010</v>
       </c>
       <c r="I183">
         <v>2012</v>
       </c>
       <c r="J183" t="s">
         <v>345</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="M183" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="P183" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B184" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C184" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D184" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="E184" t="s">
         <v>51</v>
       </c>
       <c r="F184" t="s">
         <v>60</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>2011</v>
       </c>
       <c r="I184">
         <v>2022</v>
       </c>
       <c r="J184" t="s">
         <v>345</v>
       </c>
       <c r="K184" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="L184" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="M184" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N184" t="s">
         <v>403</v>
       </c>
       <c r="O184" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="P184" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B185" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C185" t="s">
         <v>69</v>
       </c>
       <c r="D185" t="s">
         <v>314</v>
       </c>
       <c r="E185" t="s">
         <v>51</v>
       </c>
       <c r="F185" t="s">
         <v>60</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
         <v>2012</v>
       </c>
       <c r="I185">
         <v>2012</v>
       </c>
       <c r="J185" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="P185" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B186" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C186" t="s">
         <v>69</v>
       </c>
       <c r="D186" t="s">
         <v>107</v>
       </c>
       <c r="E186" t="s">
         <v>51</v>
       </c>
       <c r="F186" t="s">
         <v>60</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
         <v>2012</v>
       </c>
       <c r="I186">
         <v>2012</v>
       </c>
       <c r="J186" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K186" t="s">
         <v>34</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="P186" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B187" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C187" t="s">
         <v>69</v>
       </c>
       <c r="D187" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="E187" t="s">
         <v>51</v>
       </c>
       <c r="F187" t="s">
         <v>60</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
         <v>2012</v>
       </c>
       <c r="I187">
         <v>2017</v>
       </c>
       <c r="J187" t="s">
         <v>52</v>
       </c>
       <c r="K187" t="s">
         <v>34</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="P187" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B188" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C188" t="s">
         <v>69</v>
       </c>
       <c r="D188" t="s">
         <v>419</v>
       </c>
       <c r="E188" t="s">
         <v>51</v>
       </c>
       <c r="F188" t="s">
         <v>60</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
         <v>2012</v>
       </c>
       <c r="I188">
         <v>2012</v>
       </c>
       <c r="J188" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="P188" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B189" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C189" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D189" t="s">
         <v>378</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
         <v>2000</v>
       </c>
       <c r="I189">
         <v>2014</v>
       </c>
       <c r="J189" t="s">
         <v>345</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="M189" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="P189" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B190" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C190" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D190" t="s">
         <v>394</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>1997</v>
       </c>
       <c r="I190">
         <v>2014</v>
       </c>
       <c r="J190" t="s">
         <v>529</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="M190" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="P190" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="B191" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C191" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D191" t="s">
         <v>378</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>71</v>
       </c>
       <c r="G191" t="s">
-        <v>22</v>
+        <v>537</v>
       </c>
       <c r="H191">
         <v>1994</v>
       </c>
       <c r="I191">
         <v>2014</v>
       </c>
       <c r="J191" t="s">
         <v>345</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="M191" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="P191" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B192" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C192" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D192" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>71</v>
       </c>
       <c r="G192" t="s">
-        <v>22</v>
+        <v>537</v>
       </c>
       <c r="H192">
         <v>2002</v>
       </c>
       <c r="I192">
         <v>2007</v>
       </c>
       <c r="J192" t="s">
         <v>529</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="M192" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="P192" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B193" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C193" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D193" t="s">
         <v>447</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>22</v>
+        <v>1049</v>
       </c>
       <c r="H193">
         <v>2010</v>
       </c>
       <c r="I193">
         <v>2016</v>
       </c>
       <c r="J193" t="s">
         <v>529</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="M193" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N193" t="s">
         <v>36</v>
       </c>
       <c r="O193" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="P193" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="B194" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C194" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D194" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
         <v>21</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2008</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
         <v>529</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="M194" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N194" t="s">
         <v>36</v>
       </c>
       <c r="O194" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="P194" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="B195" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C195" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D195" t="s">
         <v>296</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>71</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>1995</v>
       </c>
       <c r="I195">
         <v>2008</v>
       </c>
       <c r="J195" t="s">
         <v>345</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M195" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="P195" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B196" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C196" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D196" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>71</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>2008</v>
       </c>
       <c r="I196">
         <v>2014</v>
       </c>
       <c r="J196" t="s">
         <v>529</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
       <c r="L196" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="M196" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="P196" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="B197" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C197" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D197" t="s">
         <v>296</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>71</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
         <v>1995</v>
       </c>
       <c r="I197">
         <v>2010</v>
       </c>
       <c r="J197" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="M197" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="P197" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B198" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C198" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D198" t="s">
         <v>296</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>71</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>1995</v>
       </c>
       <c r="I198">
         <v>2016</v>
       </c>
       <c r="J198" t="s">
         <v>529</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="P198" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="B199" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C199" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D199" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>42</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>2009</v>
       </c>
       <c r="I199">
         <v>2016</v>
       </c>
       <c r="J199" t="s">
         <v>33</v>
       </c>
       <c r="K199" t="s">
         <v>24</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="P199" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="B200" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="C200" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D200" t="s">
         <v>151</v>
       </c>
       <c r="E200" t="s">
         <v>51</v>
       </c>
       <c r="F200" t="s">
         <v>42</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
         <v>2008</v>
       </c>
       <c r="I200">
         <v>2011</v>
       </c>
       <c r="J200" t="s">
         <v>72</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="M200" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="P200" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="B201" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="C201" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D201" t="s">
         <v>400</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
         <v>2009</v>
       </c>
       <c r="I201">
         <v>2011</v>
       </c>
       <c r="J201" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="M201" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="P201" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="B202" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="C202" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D202" t="s">
         <v>400</v>
       </c>
       <c r="E202" t="s">
         <v>51</v>
       </c>
       <c r="F202" t="s">
         <v>42</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2007</v>
       </c>
       <c r="I202">
         <v>2011</v>
       </c>
       <c r="J202" t="s">
         <v>72</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="M202" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="P202" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="B203" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C203" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="D203" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>21</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2014</v>
       </c>
       <c r="I203">
         <v>2018</v>
       </c>
       <c r="J203" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="M203" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="P203" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B204" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C204" t="s">
         <v>18</v>
       </c>
       <c r="D204" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="E204" t="s">
         <v>51</v>
       </c>
       <c r="F204" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>2018</v>
       </c>
       <c r="I204">
         <v>2018</v>
       </c>
       <c r="J204" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="K204" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="L204" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="M204" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="N204" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="O204" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="P204" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">