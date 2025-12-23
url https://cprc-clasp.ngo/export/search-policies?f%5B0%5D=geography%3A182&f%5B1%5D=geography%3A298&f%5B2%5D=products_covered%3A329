--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -374,69 +374,69 @@
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
     <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
@@ -1853,51 +1853,51 @@
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>120</v>
       </c>
       <c r="B15" t="s">
         <v>121</v>
       </c>
       <c r="C15" t="s">
         <v>122</v>
       </c>
       <c r="D15" t="s">
         <v>123</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>54</v>
       </c>
       <c r="H15">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>124</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>125</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>126</v>
       </c>
       <c r="P15" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>128</v>