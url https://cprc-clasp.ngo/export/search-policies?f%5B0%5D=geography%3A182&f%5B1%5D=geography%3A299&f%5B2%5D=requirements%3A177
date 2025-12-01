--- v0 (2025-10-12)
+++ v1 (2025-12-01)
@@ -12,1932 +12,2937 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="608">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="940">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
   </si>
   <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>Guyana Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators</t>
   </si>
   <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2201,7575 +3206,8644 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N178"/>
+  <dimension ref="A1:P178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="235" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>56</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
+        <v>90</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>80</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>56</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>80</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>116</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...75 lines deleted...]
-      <c r="H4">
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J14" t="s">
+        <v>123</v>
+      </c>
+      <c r="K14" t="s">
+        <v>124</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>125</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>131</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>132</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D16" t="s">
+        <v>137</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>53</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>54</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>56</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>42</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2006</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>144</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>146</v>
+      </c>
+      <c r="P17" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1984</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>144</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>150</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>151</v>
+      </c>
+      <c r="P18" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>153</v>
+      </c>
+      <c r="B19" t="s">
+        <v>154</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>155</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>156</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>157</v>
+      </c>
+      <c r="P19" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>161</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>162</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>143</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>144</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>168</v>
+      </c>
+      <c r="M21" t="s">
+        <v>145</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
+        <v>143</v>
+      </c>
+      <c r="D22" t="s">
+        <v>173</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G22" t="s">
+        <v>53</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>144</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>174</v>
+      </c>
+      <c r="M22" t="s">
+        <v>145</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>175</v>
+      </c>
+      <c r="P22" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C23" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" t="s">
+        <v>179</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>42</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>144</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>180</v>
+      </c>
+      <c r="M23" t="s">
+        <v>145</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C24" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" t="s">
+        <v>185</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>42</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>144</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>186</v>
+      </c>
+      <c r="M24" t="s">
+        <v>145</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>187</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B25" t="s">
+        <v>190</v>
+      </c>
+      <c r="C25" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" t="s">
+        <v>191</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>42</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2001</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>144</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>192</v>
+      </c>
+      <c r="M25" t="s">
+        <v>145</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>193</v>
+      </c>
+      <c r="P25" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>195</v>
+      </c>
+      <c r="B26" t="s">
+        <v>196</v>
+      </c>
+      <c r="C26" t="s">
+        <v>143</v>
+      </c>
+      <c r="D26" t="s">
+        <v>197</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2021</v>
+      </c>
+      <c r="J26" t="s">
+        <v>144</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>198</v>
+      </c>
+      <c r="M26" t="s">
+        <v>145</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>143</v>
+      </c>
+      <c r="D27" t="s">
+        <v>203</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>144</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>204</v>
+      </c>
+      <c r="M27" t="s">
+        <v>145</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>143</v>
+      </c>
+      <c r="D28" t="s">
+        <v>209</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>144</v>
+      </c>
+      <c r="K28" t="s">
+        <v>210</v>
+      </c>
+      <c r="L28" t="s">
+        <v>211</v>
+      </c>
+      <c r="M28" t="s">
+        <v>145</v>
+      </c>
+      <c r="N28" t="s">
+        <v>212</v>
+      </c>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>215</v>
+      </c>
+      <c r="B29" t="s">
+        <v>216</v>
+      </c>
+      <c r="C29" t="s">
+        <v>143</v>
+      </c>
+      <c r="D29" t="s">
+        <v>131</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>144</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M29" t="s">
+        <v>145</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>218</v>
+      </c>
+      <c r="P29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>220</v>
+      </c>
+      <c r="B30" t="s">
+        <v>221</v>
+      </c>
+      <c r="C30" t="s">
+        <v>143</v>
+      </c>
+      <c r="D30" t="s">
+        <v>161</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>42</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2022</v>
+      </c>
+      <c r="J30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K30" t="s">
+        <v>222</v>
+      </c>
+      <c r="L30" t="s">
+        <v>223</v>
+      </c>
+      <c r="M30" t="s">
+        <v>145</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>224</v>
+      </c>
+      <c r="P30" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>226</v>
+      </c>
+      <c r="B31" t="s">
+        <v>227</v>
+      </c>
+      <c r="C31" t="s">
+        <v>228</v>
+      </c>
+      <c r="D31" t="s">
+        <v>229</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2001</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>230</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>231</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>232</v>
+      </c>
+      <c r="P31" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>234</v>
+      </c>
+      <c r="B32" t="s">
+        <v>235</v>
+      </c>
+      <c r="C32" t="s">
+        <v>228</v>
+      </c>
+      <c r="D32" t="s">
+        <v>229</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>42</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2001</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>230</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>231</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>236</v>
+      </c>
+      <c r="P32" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>238</v>
+      </c>
+      <c r="B33" t="s">
+        <v>239</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>191</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2001</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>230</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>231</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>240</v>
+      </c>
+      <c r="P33" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>242</v>
+      </c>
+      <c r="B34" t="s">
+        <v>243</v>
+      </c>
+      <c r="C34" t="s">
+        <v>228</v>
+      </c>
+      <c r="D34" t="s">
+        <v>191</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>230</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>231</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>244</v>
+      </c>
+      <c r="P34" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>246</v>
+      </c>
+      <c r="B35" t="s">
+        <v>247</v>
+      </c>
+      <c r="C35" t="s">
+        <v>228</v>
+      </c>
+      <c r="D35" t="s">
+        <v>131</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>230</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>248</v>
+      </c>
+      <c r="M35" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>249</v>
+      </c>
+      <c r="P35" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>251</v>
+      </c>
+      <c r="B36" t="s">
+        <v>252</v>
+      </c>
+      <c r="C36" t="s">
+        <v>228</v>
+      </c>
+      <c r="D36" t="s">
+        <v>131</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2000</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>230</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>231</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>253</v>
+      </c>
+      <c r="P36" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>255</v>
+      </c>
+      <c r="B37" t="s">
+        <v>256</v>
+      </c>
+      <c r="C37" t="s">
+        <v>228</v>
+      </c>
+      <c r="D37" t="s">
+        <v>173</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>230</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>231</v>
+      </c>
+      <c r="N37" t="s">
         <v>36</v>
       </c>
-      <c r="J4" t="s">
-[...22 lines deleted...]
-      <c r="C5" t="s">
+      <c r="O37" t="s">
+        <v>257</v>
+      </c>
+      <c r="P37" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>259</v>
+      </c>
+      <c r="B38" t="s">
+        <v>260</v>
+      </c>
+      <c r="C38" t="s">
+        <v>228</v>
+      </c>
+      <c r="D38" t="s">
+        <v>173</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...59 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1996</v>
+      </c>
+      <c r="I38">
+        <v>2018</v>
+      </c>
+      <c r="J38" t="s">
+        <v>230</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>231</v>
+      </c>
+      <c r="N38" t="s">
+        <v>36</v>
+      </c>
+      <c r="O38" t="s">
+        <v>261</v>
+      </c>
+      <c r="P38" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>263</v>
+      </c>
+      <c r="B39" t="s">
+        <v>264</v>
+      </c>
+      <c r="C39" t="s">
+        <v>228</v>
+      </c>
+      <c r="D39" t="s">
+        <v>155</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>63</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>265</v>
+      </c>
+      <c r="M39" t="s">
+        <v>231</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>266</v>
+      </c>
+      <c r="P39" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>268</v>
+      </c>
+      <c r="B40" t="s">
+        <v>269</v>
+      </c>
+      <c r="C40" t="s">
+        <v>228</v>
+      </c>
+      <c r="D40" t="s">
+        <v>155</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>63</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>265</v>
+      </c>
+      <c r="M40" t="s">
+        <v>231</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>270</v>
+      </c>
+      <c r="P40" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>272</v>
+      </c>
+      <c r="B41" t="s">
+        <v>273</v>
+      </c>
+      <c r="C41" t="s">
+        <v>228</v>
+      </c>
+      <c r="D41" t="s">
+        <v>274</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1996</v>
+      </c>
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
+        <v>230</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>275</v>
+      </c>
+      <c r="M41" t="s">
+        <v>231</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>276</v>
+      </c>
+      <c r="P41" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>278</v>
+      </c>
+      <c r="B42" t="s">
+        <v>279</v>
+      </c>
+      <c r="C42" t="s">
+        <v>228</v>
+      </c>
+      <c r="D42" t="s">
+        <v>274</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>42</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1996</v>
+      </c>
+      <c r="I42">
+        <v>2017</v>
+      </c>
+      <c r="J42" t="s">
+        <v>230</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>231</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>280</v>
+      </c>
+      <c r="P42" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" t="s">
+        <v>283</v>
+      </c>
+      <c r="C43" t="s">
+        <v>228</v>
+      </c>
+      <c r="D43" t="s">
+        <v>284</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>63</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>231</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>285</v>
+      </c>
+      <c r="P43" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
+        <v>287</v>
+      </c>
+      <c r="C44" t="s">
+        <v>228</v>
+      </c>
+      <c r="D44" t="s">
+        <v>284</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>63</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>231</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>288</v>
+      </c>
+      <c r="P44" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>290</v>
+      </c>
+      <c r="B45" t="s">
+        <v>291</v>
+      </c>
+      <c r="C45" t="s">
+        <v>228</v>
+      </c>
+      <c r="D45" t="s">
+        <v>284</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" t="s">
         <v>53</v>
       </c>
-      <c r="M6" t="s">
-[...49 lines deleted...]
-      <c r="A8" t="s">
+      <c r="H45">
+        <v>2016</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>230</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>231</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>292</v>
+      </c>
+      <c r="P45" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>294</v>
+      </c>
+      <c r="B46" t="s">
+        <v>295</v>
+      </c>
+      <c r="C46" t="s">
+        <v>228</v>
+      </c>
+      <c r="D46" t="s">
+        <v>131</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>42</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2016</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
         <v>63</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>231</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>296</v>
+      </c>
+      <c r="P46" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>298</v>
+      </c>
+      <c r="C47" t="s">
+        <v>228</v>
+      </c>
+      <c r="D47" t="s">
+        <v>131</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>42</v>
       </c>
-      <c r="D8" t="s">
-[...31 lines deleted...]
-      <c r="B9" t="s">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47">
+        <v>2020</v>
+      </c>
+      <c r="J47" t="s">
+        <v>63</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>231</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>299</v>
+      </c>
+      <c r="P47" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" t="s">
+        <v>228</v>
+      </c>
+      <c r="D48" t="s">
+        <v>95</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>53</v>
+      </c>
+      <c r="H48">
+        <v>2016</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>230</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>231</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>305</v>
+      </c>
+      <c r="B49" t="s">
+        <v>306</v>
+      </c>
+      <c r="C49" t="s">
+        <v>228</v>
+      </c>
+      <c r="D49" t="s">
+        <v>95</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>53</v>
+      </c>
+      <c r="H49">
+        <v>2016</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>230</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>231</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>309</v>
+      </c>
+      <c r="B50" t="s">
+        <v>310</v>
+      </c>
+      <c r="C50" t="s">
+        <v>228</v>
+      </c>
+      <c r="D50" t="s">
+        <v>95</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>42</v>
+      </c>
+      <c r="G50" t="s">
+        <v>53</v>
+      </c>
+      <c r="H50">
+        <v>2016</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>230</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>231</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>311</v>
+      </c>
+      <c r="P50" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>313</v>
+      </c>
+      <c r="B51" t="s">
+        <v>314</v>
+      </c>
+      <c r="C51" t="s">
+        <v>228</v>
+      </c>
+      <c r="D51" t="s">
+        <v>315</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2000</v>
+      </c>
+      <c r="I51">
+        <v>2016</v>
+      </c>
+      <c r="J51" t="s">
+        <v>230</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>231</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>316</v>
+      </c>
+      <c r="P51" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>318</v>
+      </c>
+      <c r="B52" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" t="s">
+        <v>228</v>
+      </c>
+      <c r="D52" t="s">
+        <v>315</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>42</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2000</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>63</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>231</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>320</v>
+      </c>
+      <c r="P52" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>322</v>
+      </c>
+      <c r="B53" t="s">
+        <v>323</v>
+      </c>
+      <c r="C53" t="s">
+        <v>228</v>
+      </c>
+      <c r="D53" t="s">
+        <v>315</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>42</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>63</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>231</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>324</v>
+      </c>
+      <c r="P53" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>326</v>
+      </c>
+      <c r="B54" t="s">
+        <v>327</v>
+      </c>
+      <c r="C54" t="s">
+        <v>130</v>
+      </c>
+      <c r="D54" t="s">
+        <v>191</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>53</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>328</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>329</v>
+      </c>
+      <c r="M54" t="s">
+        <v>330</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>331</v>
+      </c>
+      <c r="P54" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>333</v>
+      </c>
+      <c r="B55" t="s">
+        <v>334</v>
+      </c>
+      <c r="C55" t="s">
+        <v>335</v>
+      </c>
+      <c r="D55" t="s">
+        <v>336</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>42</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1996</v>
+      </c>
+      <c r="I55">
+        <v>2017</v>
+      </c>
+      <c r="J55" t="s">
+        <v>328</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>337</v>
+      </c>
+      <c r="M55" t="s">
+        <v>338</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>339</v>
+      </c>
+      <c r="P55" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>341</v>
+      </c>
+      <c r="B56" t="s">
+        <v>327</v>
+      </c>
+      <c r="C56" t="s">
+        <v>335</v>
+      </c>
+      <c r="D56" t="s">
+        <v>342</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1996</v>
+      </c>
+      <c r="I56">
+        <v>2017</v>
+      </c>
+      <c r="J56" t="s">
+        <v>328</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>338</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>343</v>
+      </c>
+      <c r="P56" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>344</v>
+      </c>
+      <c r="B57" t="s">
+        <v>327</v>
+      </c>
+      <c r="C57" t="s">
+        <v>335</v>
+      </c>
+      <c r="D57" t="s">
+        <v>155</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>53</v>
+      </c>
+      <c r="H57">
+        <v>2017</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>328</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>338</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>345</v>
+      </c>
+      <c r="P57" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>346</v>
+      </c>
+      <c r="B58" t="s">
+        <v>347</v>
+      </c>
+      <c r="C58" t="s">
+        <v>348</v>
+      </c>
+      <c r="D58" t="s">
+        <v>131</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" t="s">
+        <v>80</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>144</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>349</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>350</v>
+      </c>
+      <c r="P58" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>352</v>
+      </c>
+      <c r="B59" t="s">
+        <v>353</v>
+      </c>
+      <c r="C59" t="s">
         <v>69</v>
       </c>
-      <c r="C9" t="s">
-[...81 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D59" t="s">
+        <v>131</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>42</v>
       </c>
-      <c r="D11" t="s">
-[...2027 lines deleted...]
-        <v>2010</v>
+      <c r="G59" t="s">
+        <v>22</v>
       </c>
       <c r="H59">
         <v>2010</v>
       </c>
-      <c r="I59" t="s">
-        <v>58</v>
+      <c r="I59">
+        <v>2010</v>
       </c>
       <c r="J59" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
+        <v>74</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>354</v>
+      </c>
+      <c r="P59" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>356</v>
+      </c>
+      <c r="B60" t="s">
+        <v>327</v>
+      </c>
+      <c r="C60" t="s">
+        <v>357</v>
+      </c>
+      <c r="D60" t="s">
+        <v>155</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>358</v>
+      </c>
+      <c r="G60" t="s">
+        <v>80</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>359</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>360</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>361</v>
+      </c>
+      <c r="P60" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>363</v>
+      </c>
+      <c r="B61" t="s">
+        <v>327</v>
+      </c>
+      <c r="C61" t="s">
+        <v>364</v>
+      </c>
+      <c r="D61" t="s">
+        <v>131</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>358</v>
+      </c>
+      <c r="G61" t="s">
+        <v>80</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>359</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>365</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>366</v>
+      </c>
+      <c r="P61" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>368</v>
+      </c>
+      <c r="B62" t="s">
+        <v>327</v>
+      </c>
+      <c r="C62" t="s">
+        <v>357</v>
+      </c>
+      <c r="D62" t="s">
+        <v>369</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>358</v>
+      </c>
+      <c r="G62" t="s">
+        <v>80</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>359</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>360</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>370</v>
+      </c>
+      <c r="P62" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>371</v>
+      </c>
+      <c r="B63" t="s">
+        <v>327</v>
+      </c>
+      <c r="C63" t="s">
+        <v>357</v>
+      </c>
+      <c r="D63" t="s">
+        <v>229</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>88</v>
+      </c>
+      <c r="G63" t="s">
+        <v>80</v>
+      </c>
+      <c r="H63"/>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>359</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>372</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>373</v>
+      </c>
+      <c r="P63" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>374</v>
+      </c>
+      <c r="B64" t="s">
+        <v>375</v>
+      </c>
+      <c r="C64" t="s">
+        <v>143</v>
+      </c>
+      <c r="D64" t="s">
+        <v>155</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2007</v>
+      </c>
+      <c r="I64">
+        <v>2022</v>
+      </c>
+      <c r="J64" t="s">
+        <v>144</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>376</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>377</v>
+      </c>
+      <c r="P64" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>379</v>
+      </c>
+      <c r="B65" t="s">
+        <v>380</v>
+      </c>
+      <c r="C65" t="s">
+        <v>143</v>
+      </c>
+      <c r="D65" t="s">
+        <v>131</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2006</v>
+      </c>
+      <c r="I65">
+        <v>2010</v>
+      </c>
+      <c r="J65" t="s">
+        <v>144</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>376</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>381</v>
+      </c>
+      <c r="P65" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>383</v>
+      </c>
+      <c r="B66" t="s">
+        <v>384</v>
+      </c>
+      <c r="C66" t="s">
+        <v>143</v>
+      </c>
+      <c r="D66" t="s">
+        <v>131</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2006</v>
+      </c>
+      <c r="I66">
+        <v>2010</v>
+      </c>
+      <c r="J66" t="s">
+        <v>144</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>376</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>385</v>
+      </c>
+      <c r="P66" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>387</v>
+      </c>
+      <c r="B67" t="s">
+        <v>388</v>
+      </c>
+      <c r="C67" t="s">
+        <v>143</v>
+      </c>
+      <c r="D67" t="s">
+        <v>389</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2008</v>
+      </c>
+      <c r="I67">
+        <v>2011</v>
+      </c>
+      <c r="J67" t="s">
+        <v>144</v>
+      </c>
+      <c r="K67" t="s">
+        <v>222</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>376</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>390</v>
+      </c>
+      <c r="P67" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>392</v>
+      </c>
+      <c r="B68" t="s">
+        <v>393</v>
+      </c>
+      <c r="C68" t="s">
+        <v>143</v>
+      </c>
+      <c r="D68" t="s">
+        <v>161</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2007</v>
+      </c>
+      <c r="I68">
+        <v>2011</v>
+      </c>
+      <c r="J68" t="s">
+        <v>144</v>
+      </c>
+      <c r="K68" t="s">
+        <v>222</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>376</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>394</v>
+      </c>
+      <c r="P68" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>396</v>
+      </c>
+      <c r="B69" t="s">
+        <v>397</v>
+      </c>
+      <c r="C69" t="s">
+        <v>143</v>
+      </c>
+      <c r="D69" t="s">
+        <v>131</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>53</v>
+      </c>
+      <c r="H69">
+        <v>2010</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>144</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>376</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>398</v>
+      </c>
+      <c r="P69" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>400</v>
+      </c>
+      <c r="B70" t="s">
+        <v>401</v>
+      </c>
+      <c r="C70" t="s">
+        <v>143</v>
+      </c>
+      <c r="D70" t="s">
+        <v>191</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2007</v>
+      </c>
+      <c r="I70">
+        <v>2018</v>
+      </c>
+      <c r="J70" t="s">
+        <v>144</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>376</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>402</v>
+      </c>
+      <c r="P70" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>404</v>
+      </c>
+      <c r="B71" t="s">
+        <v>405</v>
+      </c>
+      <c r="C71" t="s">
+        <v>143</v>
+      </c>
+      <c r="D71" t="s">
+        <v>173</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2002</v>
+      </c>
+      <c r="I71">
+        <v>2017</v>
+      </c>
+      <c r="J71" t="s">
+        <v>144</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>406</v>
+      </c>
+      <c r="M71" t="s">
+        <v>376</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>407</v>
+      </c>
+      <c r="P71" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>409</v>
+      </c>
+      <c r="B72" t="s">
+        <v>410</v>
+      </c>
+      <c r="C72" t="s">
+        <v>143</v>
+      </c>
+      <c r="D72" t="s">
+        <v>411</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2008</v>
+      </c>
+      <c r="I72">
+        <v>2017</v>
+      </c>
+      <c r="J72" t="s">
+        <v>144</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>412</v>
+      </c>
+      <c r="M72" t="s">
+        <v>376</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>413</v>
+      </c>
+      <c r="P72" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>415</v>
+      </c>
+      <c r="B73" t="s">
+        <v>416</v>
+      </c>
+      <c r="C73" t="s">
+        <v>106</v>
+      </c>
+      <c r="D73" t="s">
+        <v>389</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>88</v>
+      </c>
+      <c r="G73" t="s">
+        <v>53</v>
+      </c>
+      <c r="H73">
+        <v>2021</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>417</v>
+      </c>
+      <c r="K73" t="s">
+        <v>418</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>419</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>420</v>
+      </c>
+      <c r="P73" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>422</v>
+      </c>
+      <c r="B74" t="s">
+        <v>423</v>
+      </c>
+      <c r="C74" t="s">
+        <v>106</v>
+      </c>
+      <c r="D74" t="s">
+        <v>185</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2014</v>
+      </c>
+      <c r="I74">
+        <v>2025</v>
+      </c>
+      <c r="J74" t="s">
+        <v>417</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>419</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>424</v>
+      </c>
+      <c r="P74" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>426</v>
+      </c>
+      <c r="B75" t="s">
+        <v>427</v>
+      </c>
+      <c r="C75" t="s">
+        <v>106</v>
+      </c>
+      <c r="D75" t="s">
+        <v>95</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>88</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2010</v>
+      </c>
+      <c r="I75">
+        <v>2016</v>
+      </c>
+      <c r="J75" t="s">
+        <v>108</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>428</v>
+      </c>
+      <c r="M75" t="s">
+        <v>419</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>429</v>
+      </c>
+      <c r="P75" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>431</v>
+      </c>
+      <c r="B76" t="s">
+        <v>432</v>
+      </c>
+      <c r="C76" t="s">
+        <v>106</v>
+      </c>
+      <c r="D76" t="s">
+        <v>433</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2004</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>417</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>434</v>
+      </c>
+      <c r="M76" t="s">
+        <v>419</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>435</v>
+      </c>
+      <c r="P76" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>437</v>
+      </c>
+      <c r="B77" t="s">
+        <v>438</v>
+      </c>
+      <c r="C77" t="s">
+        <v>106</v>
+      </c>
+      <c r="D77" t="s">
+        <v>185</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1996</v>
+      </c>
+      <c r="I77">
+        <v>2005</v>
+      </c>
+      <c r="J77" t="s">
+        <v>33</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>437</v>
+      </c>
+      <c r="M77" t="s">
+        <v>419</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>439</v>
+      </c>
+      <c r="P77" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>441</v>
+      </c>
+      <c r="B78" t="s">
+        <v>442</v>
+      </c>
+      <c r="C78" t="s">
+        <v>106</v>
+      </c>
+      <c r="D78" t="s">
+        <v>443</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>88</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2006</v>
+      </c>
+      <c r="I78">
+        <v>2025</v>
+      </c>
+      <c r="J78" t="s">
+        <v>417</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>444</v>
+      </c>
+      <c r="M78" t="s">
+        <v>419</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>445</v>
+      </c>
+      <c r="P78" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>447</v>
+      </c>
+      <c r="B79" t="s">
+        <v>448</v>
+      </c>
+      <c r="C79" t="s">
+        <v>106</v>
+      </c>
+      <c r="D79" t="s">
+        <v>449</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>88</v>
+      </c>
+      <c r="G79" t="s">
+        <v>53</v>
+      </c>
+      <c r="H79">
+        <v>2020</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>417</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>450</v>
+      </c>
+      <c r="M79" t="s">
+        <v>419</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>451</v>
+      </c>
+      <c r="P79" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>453</v>
+      </c>
+      <c r="B80" t="s">
+        <v>454</v>
+      </c>
+      <c r="C80" t="s">
+        <v>106</v>
+      </c>
+      <c r="D80" t="s">
+        <v>114</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1997</v>
+      </c>
+      <c r="I80">
+        <v>2005</v>
+      </c>
+      <c r="J80" t="s">
+        <v>108</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>419</v>
+      </c>
+      <c r="N80" t="s">
+        <v>36</v>
+      </c>
+      <c r="O80" t="s">
+        <v>455</v>
+      </c>
+      <c r="P80" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>457</v>
+      </c>
+      <c r="B81" t="s">
+        <v>458</v>
+      </c>
+      <c r="C81" t="s">
+        <v>106</v>
+      </c>
+      <c r="D81" t="s">
+        <v>114</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>8</v>
+      </c>
+      <c r="H81">
+        <v>2004</v>
+      </c>
+      <c r="I81">
+        <v>2025</v>
+      </c>
+      <c r="J81" t="s">
+        <v>417</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>459</v>
+      </c>
+      <c r="M81" t="s">
+        <v>419</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>460</v>
+      </c>
+      <c r="P81" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>462</v>
+      </c>
+      <c r="B82" t="s">
+        <v>463</v>
+      </c>
+      <c r="C82" t="s">
+        <v>106</v>
+      </c>
+      <c r="D82" t="s">
+        <v>191</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>53</v>
+      </c>
+      <c r="H82">
+        <v>2018</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>108</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>462</v>
+      </c>
+      <c r="M82" t="s">
+        <v>419</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>464</v>
+      </c>
+      <c r="P82" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>466</v>
+      </c>
+      <c r="B83" t="s">
+        <v>467</v>
+      </c>
+      <c r="C83" t="s">
+        <v>106</v>
+      </c>
+      <c r="D83" t="s">
+        <v>173</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>8</v>
+      </c>
+      <c r="H83">
+        <v>2016</v>
+      </c>
+      <c r="I83">
+        <v>2025</v>
+      </c>
+      <c r="J83" t="s">
+        <v>417</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>468</v>
+      </c>
+      <c r="M83" t="s">
+        <v>419</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>469</v>
+      </c>
+      <c r="P83" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>471</v>
+      </c>
+      <c r="B84" t="s">
+        <v>472</v>
+      </c>
+      <c r="C84" t="s">
+        <v>106</v>
+      </c>
+      <c r="D84" t="s">
+        <v>131</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2012</v>
+      </c>
+      <c r="I84">
+        <v>2013</v>
+      </c>
+      <c r="J84" t="s">
+        <v>108</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>471</v>
+      </c>
+      <c r="M84" t="s">
+        <v>419</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>473</v>
+      </c>
+      <c r="P84" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>475</v>
+      </c>
+      <c r="B85" t="s">
+        <v>476</v>
+      </c>
+      <c r="C85" t="s">
+        <v>106</v>
+      </c>
+      <c r="D85" t="s">
+        <v>155</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1995</v>
+      </c>
+      <c r="I85">
+        <v>2017</v>
+      </c>
+      <c r="J85" t="s">
+        <v>108</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>475</v>
+      </c>
+      <c r="M85" t="s">
+        <v>419</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>477</v>
+      </c>
+      <c r="P85" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>479</v>
+      </c>
+      <c r="B86" t="s">
+        <v>480</v>
+      </c>
+      <c r="C86" t="s">
+        <v>106</v>
+      </c>
+      <c r="D86" t="s">
+        <v>155</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1995</v>
+      </c>
+      <c r="I86">
+        <v>2018</v>
+      </c>
+      <c r="J86" t="s">
+        <v>108</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>419</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>481</v>
+      </c>
+      <c r="P86" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>483</v>
+      </c>
+      <c r="B87"/>
+      <c r="C87" t="s">
+        <v>106</v>
+      </c>
+      <c r="D87" t="s">
+        <v>389</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>53</v>
+      </c>
+      <c r="H87">
+        <v>2018</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>108</v>
+      </c>
+      <c r="K87" t="s">
+        <v>484</v>
+      </c>
+      <c r="L87" t="s">
+        <v>485</v>
+      </c>
+      <c r="M87" t="s">
+        <v>419</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>486</v>
+      </c>
+      <c r="P87" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>488</v>
+      </c>
+      <c r="B88" t="s">
+        <v>489</v>
+      </c>
+      <c r="C88" t="s">
+        <v>106</v>
+      </c>
+      <c r="D88" t="s">
+        <v>490</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2010</v>
+      </c>
+      <c r="I88">
+        <v>2018</v>
+      </c>
+      <c r="J88" t="s">
+        <v>108</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>488</v>
+      </c>
+      <c r="M88" t="s">
+        <v>419</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>491</v>
+      </c>
+      <c r="P88" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>493</v>
+      </c>
+      <c r="B89" t="s">
+        <v>494</v>
+      </c>
+      <c r="C89" t="s">
+        <v>106</v>
+      </c>
+      <c r="D89" t="s">
+        <v>495</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>496</v>
+      </c>
+      <c r="H89">
+        <v>2017</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>417</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>497</v>
+      </c>
+      <c r="M89" t="s">
+        <v>419</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>498</v>
+      </c>
+      <c r="P89" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>500</v>
+      </c>
+      <c r="B90" t="s">
+        <v>501</v>
+      </c>
+      <c r="C90" t="s">
+        <v>106</v>
+      </c>
+      <c r="D90" t="s">
+        <v>502</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2012</v>
+      </c>
+      <c r="I90">
+        <v>2017</v>
+      </c>
+      <c r="J90" t="s">
+        <v>328</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>500</v>
+      </c>
+      <c r="M90" t="s">
+        <v>419</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>503</v>
+      </c>
+      <c r="P90" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>505</v>
+      </c>
+      <c r="B91" t="s">
+        <v>506</v>
+      </c>
+      <c r="C91" t="s">
+        <v>106</v>
+      </c>
+      <c r="D91" t="s">
+        <v>284</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H91">
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>108</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>507</v>
+      </c>
+      <c r="M91" t="s">
+        <v>419</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>508</v>
+      </c>
+      <c r="P91" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>510</v>
+      </c>
+      <c r="B92" t="s">
+        <v>511</v>
+      </c>
+      <c r="C92" t="s">
+        <v>106</v>
+      </c>
+      <c r="D92" t="s">
+        <v>114</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>53</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>108</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>512</v>
+      </c>
+      <c r="N92" t="s">
+        <v>36</v>
+      </c>
+      <c r="O92" t="s">
+        <v>513</v>
+      </c>
+      <c r="P92" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>515</v>
+      </c>
+      <c r="B93" t="s">
+        <v>516</v>
+      </c>
+      <c r="C93" t="s">
+        <v>106</v>
+      </c>
+      <c r="D93" t="s">
+        <v>517</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>88</v>
+      </c>
+      <c r="G93" t="s">
+        <v>496</v>
+      </c>
+      <c r="H93">
+        <v>2025</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>417</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>518</v>
+      </c>
+      <c r="M93" t="s">
+        <v>419</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>519</v>
+      </c>
+      <c r="P93" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>521</v>
+      </c>
+      <c r="B94" t="s">
+        <v>522</v>
+      </c>
+      <c r="C94" t="s">
+        <v>523</v>
+      </c>
+      <c r="D94" t="s">
+        <v>131</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>53</v>
+      </c>
+      <c r="H94">
+        <v>2009</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>328</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>524</v>
+      </c>
+      <c r="M94" t="s">
+        <v>525</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>526</v>
+      </c>
+      <c r="P94" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>528</v>
+      </c>
+      <c r="B95" t="s">
+        <v>529</v>
+      </c>
+      <c r="C95" t="s">
+        <v>523</v>
+      </c>
+      <c r="D95" t="s">
+        <v>173</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>53</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>328</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>525</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>530</v>
+      </c>
+      <c r="P95" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>532</v>
+      </c>
+      <c r="B96" t="s">
+        <v>533</v>
+      </c>
+      <c r="C96" t="s">
+        <v>523</v>
+      </c>
+      <c r="D96" t="s">
+        <v>131</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>53</v>
+      </c>
+      <c r="H96">
+        <v>2009</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>328</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>534</v>
+      </c>
+      <c r="M96" t="s">
+        <v>525</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>535</v>
+      </c>
+      <c r="P96" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>537</v>
+      </c>
+      <c r="B97" t="s">
+        <v>538</v>
+      </c>
+      <c r="C97" t="s">
+        <v>523</v>
+      </c>
+      <c r="D97" t="s">
+        <v>539</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>53</v>
+      </c>
+      <c r="H97">
+        <v>2011</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>63</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>540</v>
+      </c>
+      <c r="M97" t="s">
+        <v>525</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>541</v>
+      </c>
+      <c r="P97" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>543</v>
+      </c>
+      <c r="B98" t="s">
+        <v>544</v>
+      </c>
+      <c r="C98" t="s">
+        <v>523</v>
+      </c>
+      <c r="D98" t="s">
+        <v>191</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>53</v>
+      </c>
+      <c r="H98">
+        <v>2010</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>328</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>545</v>
+      </c>
+      <c r="M98" t="s">
+        <v>525</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>546</v>
+      </c>
+      <c r="P98" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>548</v>
+      </c>
+      <c r="B99" t="s">
+        <v>549</v>
+      </c>
+      <c r="C99" t="s">
+        <v>523</v>
+      </c>
+      <c r="D99" t="s">
+        <v>155</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>53</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>328</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>525</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>550</v>
+      </c>
+      <c r="P99" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>552</v>
+      </c>
+      <c r="B100" t="s">
+        <v>553</v>
+      </c>
+      <c r="C100" t="s">
+        <v>143</v>
+      </c>
+      <c r="D100" t="s">
+        <v>229</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>53</v>
+      </c>
+      <c r="H100">
+        <v>2022</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>554</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>555</v>
+      </c>
+      <c r="M100" t="s">
+        <v>376</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>556</v>
+      </c>
+      <c r="P100" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>558</v>
+      </c>
+      <c r="B101" t="s">
+        <v>559</v>
+      </c>
+      <c r="C101" t="s">
+        <v>100</v>
+      </c>
+      <c r="D101" t="s">
+        <v>51</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>52</v>
+      </c>
+      <c r="G101" t="s">
+        <v>53</v>
+      </c>
+      <c r="H101">
+        <v>2022</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>54</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>560</v>
+      </c>
+      <c r="N101" t="s">
+        <v>56</v>
+      </c>
+      <c r="O101" t="s">
+        <v>561</v>
+      </c>
+      <c r="P101" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>563</v>
+      </c>
+      <c r="B102" t="s">
+        <v>564</v>
+      </c>
+      <c r="C102" t="s">
+        <v>348</v>
+      </c>
+      <c r="D102" t="s">
+        <v>155</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>42</v>
+      </c>
+      <c r="G102" t="s">
+        <v>53</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>132</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>565</v>
+      </c>
+      <c r="M102" t="s">
+        <v>566</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>567</v>
+      </c>
+      <c r="P102" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>569</v>
+      </c>
+      <c r="B103" t="s">
+        <v>570</v>
+      </c>
+      <c r="C103" t="s">
+        <v>69</v>
+      </c>
+      <c r="D103" t="s">
+        <v>167</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>42</v>
+      </c>
+      <c r="G103" t="s">
+        <v>53</v>
+      </c>
+      <c r="H103">
+        <v>2016</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>144</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>571</v>
+      </c>
+      <c r="M103" t="s">
+        <v>74</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>572</v>
+      </c>
+      <c r="P103" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>574</v>
+      </c>
+      <c r="B104" t="s">
+        <v>575</v>
+      </c>
+      <c r="C104" t="s">
+        <v>69</v>
+      </c>
+      <c r="D104" t="s">
+        <v>209</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>42</v>
+      </c>
+      <c r="G104" t="s">
+        <v>53</v>
+      </c>
+      <c r="H104">
+        <v>2016</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>144</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
+        <v>576</v>
+      </c>
+      <c r="M104" t="s">
+        <v>74</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>577</v>
+      </c>
+      <c r="P104" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>579</v>
+      </c>
+      <c r="B105" t="s">
+        <v>580</v>
+      </c>
+      <c r="C105" t="s">
+        <v>69</v>
+      </c>
+      <c r="D105" t="s">
+        <v>197</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>42</v>
+      </c>
+      <c r="G105" t="s">
+        <v>53</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>144</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>581</v>
+      </c>
+      <c r="M105" t="s">
+        <v>74</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>582</v>
+      </c>
+      <c r="P105" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>584</v>
+      </c>
+      <c r="B106" t="s">
+        <v>585</v>
+      </c>
+      <c r="C106" t="s">
+        <v>69</v>
+      </c>
+      <c r="D106" t="s">
+        <v>586</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>42</v>
+      </c>
+      <c r="G106" t="s">
+        <v>53</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>144</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>587</v>
+      </c>
+      <c r="M106" t="s">
+        <v>74</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>588</v>
+      </c>
+      <c r="P106" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>590</v>
+      </c>
+      <c r="B107" t="s">
+        <v>591</v>
+      </c>
+      <c r="C107" t="s">
+        <v>69</v>
+      </c>
+      <c r="D107" t="s">
+        <v>155</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>42</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2008</v>
+      </c>
+      <c r="I107">
+        <v>2015</v>
+      </c>
+      <c r="J107" t="s">
+        <v>71</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>74</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>592</v>
+      </c>
+      <c r="P107" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>594</v>
+      </c>
+      <c r="B108" t="s">
+        <v>595</v>
+      </c>
+      <c r="C108" t="s">
+        <v>69</v>
+      </c>
+      <c r="D108" t="s">
+        <v>596</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>42</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2011</v>
+      </c>
+      <c r="I108">
+        <v>2014</v>
+      </c>
+      <c r="J108" t="s">
+        <v>71</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>597</v>
+      </c>
+      <c r="M108" t="s">
+        <v>74</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>598</v>
+      </c>
+      <c r="P108" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>600</v>
+      </c>
+      <c r="B109" t="s">
+        <v>601</v>
+      </c>
+      <c r="C109" t="s">
+        <v>69</v>
+      </c>
+      <c r="D109" t="s">
+        <v>315</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>42</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>1999</v>
+      </c>
+      <c r="I109">
+        <v>2012</v>
+      </c>
+      <c r="J109" t="s">
+        <v>71</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>602</v>
+      </c>
+      <c r="M109" t="s">
+        <v>74</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>603</v>
+      </c>
+      <c r="P109" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>605</v>
+      </c>
+      <c r="B110" t="s">
+        <v>606</v>
+      </c>
+      <c r="C110" t="s">
+        <v>69</v>
+      </c>
+      <c r="D110" t="s">
+        <v>95</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>42</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2007</v>
+      </c>
+      <c r="I110">
+        <v>2011</v>
+      </c>
+      <c r="J110" t="s">
+        <v>71</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>74</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>607</v>
+      </c>
+      <c r="P110" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>608</v>
+      </c>
+      <c r="B111" t="s">
+        <v>609</v>
+      </c>
+      <c r="C111" t="s">
+        <v>610</v>
+      </c>
+      <c r="D111" t="s">
+        <v>611</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>88</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2018</v>
+      </c>
+      <c r="I111">
+        <v>2019</v>
+      </c>
+      <c r="J111" t="s">
+        <v>359</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>612</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>613</v>
+      </c>
+      <c r="P111" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>615</v>
+      </c>
+      <c r="B112" t="s">
+        <v>616</v>
+      </c>
+      <c r="C112" t="s">
+        <v>130</v>
+      </c>
+      <c r="D112" t="s">
+        <v>191</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>42</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2005</v>
+      </c>
+      <c r="I112">
+        <v>2013</v>
+      </c>
+      <c r="J112" t="s">
+        <v>63</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>617</v>
+      </c>
+      <c r="M112" t="s">
+        <v>330</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>618</v>
+      </c>
+      <c r="P112" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>620</v>
+      </c>
+      <c r="B113" t="s">
+        <v>621</v>
+      </c>
+      <c r="C113" t="s">
+        <v>130</v>
+      </c>
+      <c r="D113" t="s">
+        <v>284</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>42</v>
+      </c>
+      <c r="G113" t="s">
+        <v>53</v>
+      </c>
+      <c r="H113">
+        <v>2014</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>132</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>330</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>622</v>
+      </c>
+      <c r="P113" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>624</v>
+      </c>
+      <c r="B114" t="s">
+        <v>625</v>
+      </c>
+      <c r="C114" t="s">
+        <v>130</v>
+      </c>
+      <c r="D114" t="s">
+        <v>490</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>88</v>
+      </c>
+      <c r="G114" t="s">
+        <v>53</v>
+      </c>
+      <c r="H114">
+        <v>2015</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>328</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>626</v>
+      </c>
+      <c r="M114" t="s">
+        <v>330</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>627</v>
+      </c>
+      <c r="P114" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>629</v>
+      </c>
+      <c r="B115" t="s">
+        <v>630</v>
+      </c>
+      <c r="C115" t="s">
+        <v>130</v>
+      </c>
+      <c r="D115" t="s">
+        <v>155</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>88</v>
+      </c>
+      <c r="G115" t="s">
+        <v>53</v>
+      </c>
+      <c r="H115">
+        <v>2012</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>132</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>631</v>
+      </c>
+      <c r="M115" t="s">
+        <v>330</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>632</v>
+      </c>
+      <c r="P115" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>634</v>
+      </c>
+      <c r="B116" t="s">
+        <v>635</v>
+      </c>
+      <c r="C116" t="s">
+        <v>636</v>
+      </c>
+      <c r="D116" t="s">
+        <v>637</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2009</v>
+      </c>
+      <c r="I116">
+        <v>2016</v>
+      </c>
+      <c r="J116" t="s">
+        <v>33</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>638</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>639</v>
+      </c>
+      <c r="P116" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>641</v>
+      </c>
+      <c r="B117" t="s">
+        <v>642</v>
+      </c>
+      <c r="C117" t="s">
+        <v>69</v>
+      </c>
+      <c r="D117" t="s">
+        <v>643</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>42</v>
+      </c>
+      <c r="G117" t="s">
+        <v>53</v>
+      </c>
+      <c r="H117">
+        <v>2019</v>
+      </c>
+      <c r="I117">
+        <v>2020</v>
+      </c>
+      <c r="J117" t="s">
+        <v>144</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>644</v>
+      </c>
+      <c r="M117" t="s">
+        <v>74</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>645</v>
+      </c>
+      <c r="P117" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>647</v>
+      </c>
+      <c r="B118" t="s">
+        <v>648</v>
+      </c>
+      <c r="C118" t="s">
+        <v>69</v>
+      </c>
+      <c r="D118" t="s">
+        <v>191</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>88</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2013</v>
+      </c>
+      <c r="I118">
+        <v>2015</v>
+      </c>
+      <c r="J118" t="s">
+        <v>71</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>649</v>
+      </c>
+      <c r="M118" t="s">
+        <v>74</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>650</v>
+      </c>
+      <c r="P118" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>652</v>
+      </c>
+      <c r="B119" t="s">
+        <v>653</v>
+      </c>
+      <c r="C119" t="s">
+        <v>348</v>
+      </c>
+      <c r="D119" t="s">
+        <v>131</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2013</v>
+      </c>
+      <c r="I119">
+        <v>2020</v>
+      </c>
+      <c r="J119" t="s">
+        <v>144</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>654</v>
+      </c>
+      <c r="M119" t="s">
+        <v>349</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>655</v>
+      </c>
+      <c r="P119" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>657</v>
+      </c>
+      <c r="B120" t="s">
+        <v>658</v>
+      </c>
+      <c r="C120" t="s">
+        <v>348</v>
+      </c>
+      <c r="D120" t="s">
+        <v>191</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>42</v>
+      </c>
+      <c r="G120" t="s">
+        <v>53</v>
+      </c>
+      <c r="H120">
+        <v>2007</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>144</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>659</v>
+      </c>
+      <c r="M120" t="s">
+        <v>349</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>660</v>
+      </c>
+      <c r="P120" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>662</v>
+      </c>
+      <c r="B121" t="s">
+        <v>663</v>
+      </c>
+      <c r="C121" t="s">
+        <v>636</v>
+      </c>
+      <c r="D121" t="s">
+        <v>664</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2009</v>
+      </c>
+      <c r="I121">
+        <v>2013</v>
+      </c>
+      <c r="J121" t="s">
+        <v>33</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>638</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>665</v>
+      </c>
+      <c r="P121" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>667</v>
+      </c>
+      <c r="B122" t="s">
+        <v>668</v>
+      </c>
+      <c r="C122" t="s">
+        <v>348</v>
+      </c>
+      <c r="D122" t="s">
+        <v>669</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>42</v>
+      </c>
+      <c r="G122" t="s">
+        <v>53</v>
+      </c>
+      <c r="H122">
+        <v>2011</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>144</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>670</v>
+      </c>
+      <c r="M122" t="s">
+        <v>349</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>671</v>
+      </c>
+      <c r="P122" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>673</v>
+      </c>
+      <c r="B123" t="s">
+        <v>674</v>
+      </c>
+      <c r="C123" t="s">
+        <v>348</v>
+      </c>
+      <c r="D123" t="s">
+        <v>155</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>53</v>
+      </c>
+      <c r="H123">
+        <v>2018</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>144</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>675</v>
+      </c>
+      <c r="M123" t="s">
+        <v>349</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>676</v>
+      </c>
+      <c r="P123" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>678</v>
+      </c>
+      <c r="B124" t="s">
+        <v>679</v>
+      </c>
+      <c r="C124" t="s">
+        <v>348</v>
+      </c>
+      <c r="D124" t="s">
+        <v>680</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>42</v>
+      </c>
+      <c r="G124" t="s">
+        <v>53</v>
+      </c>
+      <c r="H124">
+        <v>2017</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>144</v>
+      </c>
+      <c r="K124" t="s">
+        <v>222</v>
+      </c>
+      <c r="L124" t="s">
+        <v>681</v>
+      </c>
+      <c r="M124" t="s">
+        <v>349</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>682</v>
+      </c>
+      <c r="P124" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>684</v>
+      </c>
+      <c r="B125" t="s">
+        <v>685</v>
+      </c>
+      <c r="C125" t="s">
+        <v>348</v>
+      </c>
+      <c r="D125" t="s">
+        <v>686</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>42</v>
+      </c>
+      <c r="G125" t="s">
+        <v>53</v>
+      </c>
+      <c r="H125">
+        <v>2017</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>144</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125" t="s">
+        <v>687</v>
+      </c>
+      <c r="M125" t="s">
+        <v>349</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>688</v>
+      </c>
+      <c r="P125" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>690</v>
+      </c>
+      <c r="B126" t="s">
+        <v>691</v>
+      </c>
+      <c r="C126" t="s">
+        <v>348</v>
+      </c>
+      <c r="D126" t="s">
+        <v>692</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>42</v>
+      </c>
+      <c r="G126" t="s">
+        <v>53</v>
+      </c>
+      <c r="H126">
+        <v>2014</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>144</v>
+      </c>
+      <c r="K126" t="s">
+        <v>222</v>
+      </c>
+      <c r="L126" t="s">
+        <v>693</v>
+      </c>
+      <c r="M126" t="s">
+        <v>349</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>694</v>
+      </c>
+      <c r="P126" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>696</v>
+      </c>
+      <c r="B127" t="s">
+        <v>697</v>
+      </c>
+      <c r="C127" t="s">
+        <v>348</v>
+      </c>
+      <c r="D127" t="s">
+        <v>197</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>42</v>
+      </c>
+      <c r="G127" t="s">
+        <v>53</v>
+      </c>
+      <c r="H127">
+        <v>2017</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>144</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>698</v>
+      </c>
+      <c r="M127" t="s">
+        <v>349</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>699</v>
+      </c>
+      <c r="P127" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>701</v>
+      </c>
+      <c r="B128" t="s">
+        <v>702</v>
+      </c>
+      <c r="C128" t="s">
+        <v>348</v>
+      </c>
+      <c r="D128" t="s">
+        <v>95</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>42</v>
+      </c>
+      <c r="G128" t="s">
+        <v>53</v>
+      </c>
+      <c r="H128">
+        <v>2015</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>144</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>703</v>
+      </c>
+      <c r="M128" t="s">
+        <v>349</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>704</v>
+      </c>
+      <c r="P128" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>706</v>
+      </c>
+      <c r="B129" t="s">
+        <v>707</v>
+      </c>
+      <c r="C129" t="s">
+        <v>348</v>
+      </c>
+      <c r="D129" t="s">
+        <v>131</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>42</v>
+      </c>
+      <c r="G129" t="s">
+        <v>53</v>
+      </c>
+      <c r="H129">
+        <v>2011</v>
+      </c>
+      <c r="I129">
+        <v>2015</v>
+      </c>
+      <c r="J129" t="s">
+        <v>144</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129" t="s">
+        <v>708</v>
+      </c>
+      <c r="M129" t="s">
+        <v>349</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>709</v>
+      </c>
+      <c r="P129" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>711</v>
+      </c>
+      <c r="B130" t="s">
+        <v>712</v>
+      </c>
+      <c r="C130" t="s">
+        <v>348</v>
+      </c>
+      <c r="D130" t="s">
+        <v>229</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>53</v>
+      </c>
+      <c r="H130">
+        <v>2015</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>144</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>713</v>
+      </c>
+      <c r="M130" t="s">
+        <v>349</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>714</v>
+      </c>
+      <c r="P130" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>716</v>
+      </c>
+      <c r="B131" t="s">
+        <v>717</v>
+      </c>
+      <c r="C131" t="s">
+        <v>348</v>
+      </c>
+      <c r="D131" t="s">
+        <v>643</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>42</v>
+      </c>
+      <c r="G131" t="s">
+        <v>53</v>
+      </c>
+      <c r="H131">
+        <v>2017</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>144</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>718</v>
+      </c>
+      <c r="M131" t="s">
+        <v>349</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>719</v>
+      </c>
+      <c r="P131" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>721</v>
+      </c>
+      <c r="B132" t="s">
+        <v>722</v>
+      </c>
+      <c r="C132" t="s">
+        <v>364</v>
+      </c>
+      <c r="D132" t="s">
+        <v>155</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>88</v>
+      </c>
+      <c r="G132" t="s">
+        <v>53</v>
+      </c>
+      <c r="H132">
+        <v>2019</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>359</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132" t="s">
+        <v>723</v>
+      </c>
+      <c r="M132" t="s">
+        <v>365</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>724</v>
+      </c>
+      <c r="P132" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>726</v>
+      </c>
+      <c r="B133" t="s">
+        <v>727</v>
+      </c>
+      <c r="C133" t="s">
+        <v>364</v>
+      </c>
+      <c r="D133" t="s">
+        <v>155</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>88</v>
+      </c>
+      <c r="G133" t="s">
+        <v>53</v>
+      </c>
+      <c r="H133">
+        <v>2019</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>359</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>728</v>
+      </c>
+      <c r="M133" t="s">
+        <v>365</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>729</v>
+      </c>
+      <c r="P133" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>730</v>
+      </c>
+      <c r="B134" t="s">
+        <v>731</v>
+      </c>
+      <c r="C134" t="s">
+        <v>364</v>
+      </c>
+      <c r="D134" t="s">
+        <v>155</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>88</v>
+      </c>
+      <c r="G134" t="s">
+        <v>53</v>
+      </c>
+      <c r="H134">
+        <v>2019</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>359</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>732</v>
+      </c>
+      <c r="M134" t="s">
+        <v>365</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>733</v>
+      </c>
+      <c r="P134" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>734</v>
+      </c>
+      <c r="B135" t="s">
+        <v>735</v>
+      </c>
+      <c r="C135" t="s">
+        <v>364</v>
+      </c>
+      <c r="D135" t="s">
+        <v>155</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>88</v>
+      </c>
+      <c r="G135" t="s">
+        <v>53</v>
+      </c>
+      <c r="H135">
+        <v>2019</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>359</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>736</v>
+      </c>
+      <c r="M135" t="s">
+        <v>365</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>737</v>
+      </c>
+      <c r="P135" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>738</v>
+      </c>
+      <c r="B136" t="s">
+        <v>739</v>
+      </c>
+      <c r="C136" t="s">
+        <v>364</v>
+      </c>
+      <c r="D136" t="s">
+        <v>191</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>88</v>
+      </c>
+      <c r="G136" t="s">
+        <v>53</v>
+      </c>
+      <c r="H136">
+        <v>2019</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>359</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>740</v>
+      </c>
+      <c r="M136" t="s">
+        <v>365</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>741</v>
+      </c>
+      <c r="P136" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>743</v>
+      </c>
+      <c r="B137" t="s">
+        <v>744</v>
+      </c>
+      <c r="C137" t="s">
+        <v>69</v>
+      </c>
+      <c r="D137" t="s">
+        <v>155</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>88</v>
+      </c>
+      <c r="G137" t="s">
+        <v>53</v>
+      </c>
+      <c r="H137">
+        <v>2014</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>71</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>74</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>745</v>
+      </c>
+      <c r="P137" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>746</v>
+      </c>
+      <c r="B138" t="s">
+        <v>747</v>
+      </c>
+      <c r="C138" t="s">
+        <v>50</v>
+      </c>
+      <c r="D138" t="s">
+        <v>748</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>52</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>1982</v>
+      </c>
+      <c r="I138">
+        <v>2024</v>
+      </c>
+      <c r="J138" t="s">
+        <v>54</v>
+      </c>
+      <c r="K138" t="s">
         <v>24</v>
       </c>
-      <c r="N59" t="s">
-[...34 lines deleted...]
-      <c r="M60" t="s">
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>749</v>
+      </c>
+      <c r="N138" t="s">
+        <v>56</v>
+      </c>
+      <c r="O138" t="s">
+        <v>750</v>
+      </c>
+      <c r="P138" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>752</v>
+      </c>
+      <c r="B139" t="s">
+        <v>753</v>
+      </c>
+      <c r="C139" t="s">
+        <v>754</v>
+      </c>
+      <c r="D139" t="s">
+        <v>229</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>88</v>
+      </c>
+      <c r="G139" t="s">
+        <v>53</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>359</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>755</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>756</v>
+      </c>
+      <c r="P139" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>758</v>
+      </c>
+      <c r="B140" t="s">
+        <v>327</v>
+      </c>
+      <c r="C140" t="s">
+        <v>754</v>
+      </c>
+      <c r="D140" t="s">
+        <v>191</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>42</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2015</v>
+      </c>
+      <c r="I140">
+        <v>2019</v>
+      </c>
+      <c r="J140" t="s">
+        <v>359</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>755</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>759</v>
+      </c>
+      <c r="P140" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>761</v>
+      </c>
+      <c r="B141" t="s">
+        <v>327</v>
+      </c>
+      <c r="C141" t="s">
+        <v>754</v>
+      </c>
+      <c r="D141" t="s">
+        <v>191</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>53</v>
+      </c>
+      <c r="H141">
+        <v>2015</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>359</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>755</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>762</v>
+      </c>
+      <c r="P141" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>763</v>
+      </c>
+      <c r="B142" t="s">
+        <v>764</v>
+      </c>
+      <c r="C142" t="s">
+        <v>754</v>
+      </c>
+      <c r="D142" t="s">
+        <v>155</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>88</v>
+      </c>
+      <c r="G142" t="s">
+        <v>53</v>
+      </c>
+      <c r="H142">
+        <v>2014</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>359</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>755</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>765</v>
+      </c>
+      <c r="P142" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>763</v>
+      </c>
+      <c r="B143" t="s">
+        <v>327</v>
+      </c>
+      <c r="C143" t="s">
+        <v>754</v>
+      </c>
+      <c r="D143" t="s">
+        <v>155</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>88</v>
+      </c>
+      <c r="G143" t="s">
+        <v>53</v>
+      </c>
+      <c r="H143">
+        <v>2014</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>359</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>755</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>767</v>
+      </c>
+      <c r="P143" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>768</v>
+      </c>
+      <c r="B144" t="s">
+        <v>769</v>
+      </c>
+      <c r="C144" t="s">
+        <v>770</v>
+      </c>
+      <c r="D144" t="s">
+        <v>771</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>88</v>
+      </c>
+      <c r="G144" t="s">
+        <v>53</v>
+      </c>
+      <c r="H144">
+        <v>2019</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>359</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>772</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>773</v>
+      </c>
+      <c r="P144" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>775</v>
+      </c>
+      <c r="B145" t="s">
+        <v>776</v>
+      </c>
+      <c r="C145" t="s">
+        <v>770</v>
+      </c>
+      <c r="D145" t="s">
+        <v>155</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>88</v>
+      </c>
+      <c r="G145" t="s">
+        <v>53</v>
+      </c>
+      <c r="H145">
+        <v>2019</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>359</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>772</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>777</v>
+      </c>
+      <c r="P145" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>779</v>
+      </c>
+      <c r="B146" t="s">
+        <v>780</v>
+      </c>
+      <c r="C146" t="s">
+        <v>770</v>
+      </c>
+      <c r="D146" t="s">
+        <v>155</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>88</v>
+      </c>
+      <c r="G146" t="s">
+        <v>53</v>
+      </c>
+      <c r="H146">
+        <v>2019</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>359</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>772</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>781</v>
+      </c>
+      <c r="P146" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>783</v>
+      </c>
+      <c r="B147" t="s">
+        <v>784</v>
+      </c>
+      <c r="C147" t="s">
+        <v>770</v>
+      </c>
+      <c r="D147" t="s">
+        <v>191</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>88</v>
+      </c>
+      <c r="G147" t="s">
+        <v>53</v>
+      </c>
+      <c r="H147">
+        <v>2019</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>359</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>772</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>785</v>
+      </c>
+      <c r="P147" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>787</v>
+      </c>
+      <c r="B148" t="s">
+        <v>788</v>
+      </c>
+      <c r="C148" t="s">
+        <v>770</v>
+      </c>
+      <c r="D148" t="s">
+        <v>789</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>88</v>
+      </c>
+      <c r="G148" t="s">
+        <v>53</v>
+      </c>
+      <c r="H148">
+        <v>2019</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>359</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>772</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>790</v>
+      </c>
+      <c r="P148" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>792</v>
+      </c>
+      <c r="B149" t="s">
+        <v>793</v>
+      </c>
+      <c r="C149" t="s">
+        <v>770</v>
+      </c>
+      <c r="D149" t="s">
+        <v>173</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>88</v>
+      </c>
+      <c r="G149" t="s">
+        <v>53</v>
+      </c>
+      <c r="H149">
+        <v>2019</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>359</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>772</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>794</v>
+      </c>
+      <c r="P149" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>796</v>
+      </c>
+      <c r="B150" t="s">
+        <v>797</v>
+      </c>
+      <c r="C150" t="s">
+        <v>798</v>
+      </c>
+      <c r="D150" t="s">
+        <v>131</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>88</v>
+      </c>
+      <c r="G150" t="s">
+        <v>53</v>
+      </c>
+      <c r="H150">
+        <v>2011</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>328</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>799</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>800</v>
+      </c>
+      <c r="P150" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>802</v>
+      </c>
+      <c r="B151" t="s">
+        <v>803</v>
+      </c>
+      <c r="C151" t="s">
+        <v>798</v>
+      </c>
+      <c r="D151" t="s">
+        <v>490</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>53</v>
+      </c>
+      <c r="H151">
+        <v>2011</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>63</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>799</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>804</v>
+      </c>
+      <c r="P151" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>806</v>
+      </c>
+      <c r="B152" t="s">
+        <v>807</v>
+      </c>
+      <c r="C152" t="s">
+        <v>798</v>
+      </c>
+      <c r="D152" t="s">
+        <v>155</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>53</v>
+      </c>
+      <c r="H152">
+        <v>2016</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>63</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>799</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>808</v>
+      </c>
+      <c r="P152" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>810</v>
+      </c>
+      <c r="B153" t="s">
+        <v>811</v>
+      </c>
+      <c r="C153" t="s">
+        <v>798</v>
+      </c>
+      <c r="D153" t="s">
+        <v>191</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>53</v>
+      </c>
+      <c r="H153">
+        <v>2016</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>328</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>799</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>812</v>
+      </c>
+      <c r="P153" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>814</v>
+      </c>
+      <c r="B154" t="s">
+        <v>815</v>
+      </c>
+      <c r="C154" t="s">
+        <v>106</v>
+      </c>
+      <c r="D154" t="s">
+        <v>185</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2000</v>
+      </c>
+      <c r="I154">
+        <v>2014</v>
+      </c>
+      <c r="J154" t="s">
+        <v>144</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>816</v>
+      </c>
+      <c r="M154" t="s">
+        <v>419</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>817</v>
+      </c>
+      <c r="P154" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>819</v>
+      </c>
+      <c r="B155" t="s">
+        <v>820</v>
+      </c>
+      <c r="C155" t="s">
+        <v>106</v>
+      </c>
+      <c r="D155" t="s">
+        <v>203</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>1997</v>
+      </c>
+      <c r="I155">
+        <v>2014</v>
+      </c>
+      <c r="J155" t="s">
+        <v>108</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>821</v>
+      </c>
+      <c r="M155" t="s">
+        <v>419</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>822</v>
+      </c>
+      <c r="P155" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>824</v>
+      </c>
+      <c r="B156" t="s">
+        <v>825</v>
+      </c>
+      <c r="C156" t="s">
+        <v>106</v>
+      </c>
+      <c r="D156" t="s">
+        <v>389</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>88</v>
+      </c>
+      <c r="G156" t="s">
+        <v>53</v>
+      </c>
+      <c r="H156">
+        <v>2011</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>144</v>
+      </c>
+      <c r="K156" t="s">
+        <v>222</v>
+      </c>
+      <c r="L156" t="s">
+        <v>826</v>
+      </c>
+      <c r="M156" t="s">
+        <v>419</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>827</v>
+      </c>
+      <c r="P156" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>829</v>
+      </c>
+      <c r="B157" t="s">
+        <v>830</v>
+      </c>
+      <c r="C157" t="s">
+        <v>106</v>
+      </c>
+      <c r="D157" t="s">
+        <v>185</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>88</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>1994</v>
+      </c>
+      <c r="I157">
+        <v>2014</v>
+      </c>
+      <c r="J157" t="s">
+        <v>144</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157" t="s">
+        <v>831</v>
+      </c>
+      <c r="M157" t="s">
+        <v>419</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>832</v>
+      </c>
+      <c r="P157" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>834</v>
+      </c>
+      <c r="B158" t="s">
+        <v>835</v>
+      </c>
+      <c r="C158" t="s">
+        <v>106</v>
+      </c>
+      <c r="D158" t="s">
+        <v>836</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>88</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2002</v>
+      </c>
+      <c r="I158">
+        <v>2007</v>
+      </c>
+      <c r="J158" t="s">
+        <v>108</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>837</v>
+      </c>
+      <c r="M158" t="s">
+        <v>419</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>838</v>
+      </c>
+      <c r="P158" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>840</v>
+      </c>
+      <c r="B159" t="s">
+        <v>841</v>
+      </c>
+      <c r="C159" t="s">
+        <v>106</v>
+      </c>
+      <c r="D159" t="s">
+        <v>191</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>88</v>
+      </c>
+      <c r="G159" t="s">
+        <v>53</v>
+      </c>
+      <c r="H159">
+        <v>2012</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>144</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>842</v>
+      </c>
+      <c r="M159" t="s">
+        <v>419</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>843</v>
+      </c>
+      <c r="P159" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>845</v>
+      </c>
+      <c r="B160" t="s">
+        <v>846</v>
+      </c>
+      <c r="C160" t="s">
+        <v>106</v>
+      </c>
+      <c r="D160" t="s">
+        <v>173</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2010</v>
+      </c>
+      <c r="I160">
+        <v>2016</v>
+      </c>
+      <c r="J160" t="s">
+        <v>108</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>847</v>
+      </c>
+      <c r="M160" t="s">
+        <v>419</v>
+      </c>
+      <c r="N160" t="s">
+        <v>36</v>
+      </c>
+      <c r="O160" t="s">
+        <v>848</v>
+      </c>
+      <c r="P160" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>850</v>
+      </c>
+      <c r="B161" t="s">
+        <v>851</v>
+      </c>
+      <c r="C161" t="s">
+        <v>106</v>
+      </c>
+      <c r="D161" t="s">
+        <v>852</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2008</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>108</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>853</v>
+      </c>
+      <c r="M161" t="s">
+        <v>419</v>
+      </c>
+      <c r="N161" t="s">
+        <v>36</v>
+      </c>
+      <c r="O161" t="s">
+        <v>854</v>
+      </c>
+      <c r="P161" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>856</v>
+      </c>
+      <c r="B162" t="s">
+        <v>857</v>
+      </c>
+      <c r="C162" t="s">
+        <v>106</v>
+      </c>
+      <c r="D162" t="s">
+        <v>155</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>88</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>1995</v>
+      </c>
+      <c r="I162">
+        <v>2008</v>
+      </c>
+      <c r="J162" t="s">
+        <v>144</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>858</v>
+      </c>
+      <c r="M162" t="s">
+        <v>419</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>859</v>
+      </c>
+      <c r="P162" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>861</v>
+      </c>
+      <c r="B163" t="s">
+        <v>862</v>
+      </c>
+      <c r="C163" t="s">
+        <v>106</v>
+      </c>
+      <c r="D163" t="s">
+        <v>539</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>88</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2008</v>
+      </c>
+      <c r="I163">
+        <v>2014</v>
+      </c>
+      <c r="J163" t="s">
+        <v>108</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>863</v>
+      </c>
+      <c r="M163" t="s">
+        <v>419</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>864</v>
+      </c>
+      <c r="P163" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>866</v>
+      </c>
+      <c r="B164" t="s">
+        <v>867</v>
+      </c>
+      <c r="C164" t="s">
+        <v>106</v>
+      </c>
+      <c r="D164" t="s">
+        <v>155</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>88</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>1995</v>
+      </c>
+      <c r="I164">
+        <v>2010</v>
+      </c>
+      <c r="J164" t="s">
+        <v>132</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>868</v>
+      </c>
+      <c r="M164" t="s">
+        <v>419</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>869</v>
+      </c>
+      <c r="P164" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>871</v>
+      </c>
+      <c r="B165" t="s">
+        <v>872</v>
+      </c>
+      <c r="C165" t="s">
+        <v>106</v>
+      </c>
+      <c r="D165" t="s">
+        <v>274</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>88</v>
+      </c>
+      <c r="G165" t="s">
+        <v>53</v>
+      </c>
+      <c r="H165">
+        <v>2013</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>108</v>
+      </c>
+      <c r="K165" t="s">
+        <v>222</v>
+      </c>
+      <c r="L165" t="s">
+        <v>873</v>
+      </c>
+      <c r="M165" t="s">
+        <v>419</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>874</v>
+      </c>
+      <c r="P165" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>876</v>
+      </c>
+      <c r="B166" t="s">
+        <v>877</v>
+      </c>
+      <c r="C166" t="s">
+        <v>106</v>
+      </c>
+      <c r="D166" t="s">
+        <v>155</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>88</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>1995</v>
+      </c>
+      <c r="I166">
+        <v>2016</v>
+      </c>
+      <c r="J166" t="s">
+        <v>108</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>419</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>878</v>
+      </c>
+      <c r="P166" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>880</v>
+      </c>
+      <c r="B167" t="s">
+        <v>881</v>
+      </c>
+      <c r="C167" t="s">
+        <v>106</v>
+      </c>
+      <c r="D167" t="s">
+        <v>284</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>53</v>
+      </c>
+      <c r="H167">
+        <v>2012</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>144</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>882</v>
+      </c>
+      <c r="M167" t="s">
+        <v>419</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>883</v>
+      </c>
+      <c r="P167" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>885</v>
+      </c>
+      <c r="B168" t="s">
+        <v>886</v>
+      </c>
+      <c r="C168" t="s">
+        <v>106</v>
+      </c>
+      <c r="D168" t="s">
+        <v>669</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>88</v>
+      </c>
+      <c r="G168" t="s">
+        <v>53</v>
+      </c>
+      <c r="H168">
+        <v>2014</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>144</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>887</v>
+      </c>
+      <c r="M168" t="s">
+        <v>419</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>888</v>
+      </c>
+      <c r="P168" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>890</v>
+      </c>
+      <c r="B169" t="s">
+        <v>891</v>
+      </c>
+      <c r="C169" t="s">
+        <v>892</v>
+      </c>
+      <c r="D169" t="s">
+        <v>893</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>53</v>
+      </c>
+      <c r="H169">
+        <v>2016</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>123</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>894</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>895</v>
+      </c>
+      <c r="P169" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>897</v>
+      </c>
+      <c r="B170" t="s">
+        <v>898</v>
+      </c>
+      <c r="C170" t="s">
+        <v>892</v>
+      </c>
+      <c r="D170" t="s">
+        <v>899</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>42</v>
+      </c>
+      <c r="G170" t="s">
+        <v>53</v>
+      </c>
+      <c r="H170">
+        <v>2017</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>123</v>
+      </c>
+      <c r="K170" t="s">
         <v>24</v>
       </c>
-      <c r="N60" t="s">
-[...34 lines deleted...]
-      <c r="M61" t="s">
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>894</v>
+      </c>
+      <c r="N170" t="s">
+        <v>36</v>
+      </c>
+      <c r="O170" t="s">
+        <v>900</v>
+      </c>
+      <c r="P170" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>902</v>
+      </c>
+      <c r="B171" t="s">
+        <v>663</v>
+      </c>
+      <c r="C171" t="s">
+        <v>636</v>
+      </c>
+      <c r="D171" t="s">
+        <v>903</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>42</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2009</v>
+      </c>
+      <c r="I171">
+        <v>2016</v>
+      </c>
+      <c r="J171" t="s">
+        <v>33</v>
+      </c>
+      <c r="K171" t="s">
         <v>24</v>
       </c>
-      <c r="N61" t="s">
-[...98 lines deleted...]
-      <c r="G64">
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>638</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>904</v>
+      </c>
+      <c r="P171" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>906</v>
+      </c>
+      <c r="B172" t="s">
+        <v>327</v>
+      </c>
+      <c r="C172" t="s">
+        <v>754</v>
+      </c>
+      <c r="D172" t="s">
+        <v>131</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>88</v>
+      </c>
+      <c r="G172" t="s">
+        <v>53</v>
+      </c>
+      <c r="H172">
+        <v>2010</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>359</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>755</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>907</v>
+      </c>
+      <c r="P172" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>908</v>
+      </c>
+      <c r="B173" t="s">
+        <v>909</v>
+      </c>
+      <c r="C173" t="s">
+        <v>910</v>
+      </c>
+      <c r="D173" t="s">
+        <v>191</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>53</v>
+      </c>
+      <c r="H173">
+        <v>2011</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>359</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>911</v>
+      </c>
+      <c r="M173" t="s">
+        <v>912</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>913</v>
+      </c>
+      <c r="P173" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>915</v>
+      </c>
+      <c r="B174" t="s">
+        <v>916</v>
+      </c>
+      <c r="C174" t="s">
+        <v>910</v>
+      </c>
+      <c r="D174" t="s">
+        <v>209</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2009</v>
+      </c>
+      <c r="I174">
+        <v>2011</v>
+      </c>
+      <c r="J174" t="s">
+        <v>359</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174" t="s">
+        <v>917</v>
+      </c>
+      <c r="M174" t="s">
+        <v>912</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>918</v>
+      </c>
+      <c r="P174" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>920</v>
+      </c>
+      <c r="B175" t="s">
+        <v>921</v>
+      </c>
+      <c r="C175" t="s">
+        <v>910</v>
+      </c>
+      <c r="D175" t="s">
+        <v>369</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>88</v>
+      </c>
+      <c r="G175" t="s">
+        <v>53</v>
+      </c>
+      <c r="H175">
         <v>2007</v>
       </c>
-      <c r="H64">
-[...164 lines deleted...]
-      <c r="G68">
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>359</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>922</v>
+      </c>
+      <c r="M175" t="s">
+        <v>912</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>923</v>
+      </c>
+      <c r="P175" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>925</v>
+      </c>
+      <c r="B176" t="s">
+        <v>926</v>
+      </c>
+      <c r="C176" t="s">
+        <v>910</v>
+      </c>
+      <c r="D176" t="s">
+        <v>490</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>53</v>
+      </c>
+      <c r="H176">
         <v>2007</v>
       </c>
-      <c r="H68">
-[...81 lines deleted...]
-      <c r="H70">
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>359</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176" t="s">
+        <v>927</v>
+      </c>
+      <c r="M176" t="s">
+        <v>912</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>928</v>
+      </c>
+      <c r="P176" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>930</v>
+      </c>
+      <c r="B177" t="s">
+        <v>931</v>
+      </c>
+      <c r="C177" t="s">
+        <v>910</v>
+      </c>
+      <c r="D177" t="s">
+        <v>155</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>53</v>
+      </c>
+      <c r="H177">
+        <v>2009</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>359</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>932</v>
+      </c>
+      <c r="M177" t="s">
+        <v>912</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>933</v>
+      </c>
+      <c r="P177" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>935</v>
+      </c>
+      <c r="B178" t="s">
+        <v>936</v>
+      </c>
+      <c r="C178" t="s">
+        <v>910</v>
+      </c>
+      <c r="D178" t="s">
+        <v>369</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2014</v>
+      </c>
+      <c r="I178">
         <v>2018</v>
       </c>
-      <c r="I70" t="s">
-[...1164 lines deleted...]
-      <c r="N97" t="s">
+      <c r="J178" t="s">
         <v>359</v>
       </c>
-    </row>
-[...3380 lines deleted...]
-      </c>
       <c r="K178" t="s">
-        <v>606</v>
+        <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>591</v>
+        <v>937</v>
       </c>
       <c r="M178" t="s">
-        <v>24</v>
+        <v>912</v>
       </c>
       <c r="N178" t="s">
-        <v>607</v>
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>938</v>
+      </c>
+      <c r="P178" t="s">
+        <v>939</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>