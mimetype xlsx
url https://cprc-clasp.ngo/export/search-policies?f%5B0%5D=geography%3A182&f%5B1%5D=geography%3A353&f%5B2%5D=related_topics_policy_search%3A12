--- v0 (2025-11-27)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -290,50 +290,53 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
     <t>Centrifugal, mixed flow and axial pumps</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
     <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
@@ -399,50 +402,53 @@
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -811,51 +817,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1381,466 +1387,466 @@
       </c>
       <c r="P11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>90</v>
       </c>
       <c r="B12" t="s">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="H12">
         <v>1997</v>
       </c>
       <c r="I12">
         <v>2005</v>
       </c>
       <c r="J12" t="s">
         <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>71</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>35</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1994</v>
       </c>
       <c r="I14">
         <v>2012</v>
       </c>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2004</v>
       </c>
       <c r="I15">
         <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>130</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2016</v>
       </c>
       <c r="J18" t="s">
         <v>35</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2008</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>35</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D20" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>71</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="K20" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">