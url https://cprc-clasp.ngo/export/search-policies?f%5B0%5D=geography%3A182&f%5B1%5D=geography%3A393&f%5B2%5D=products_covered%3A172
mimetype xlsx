--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -12,310 +12,380 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -579,613 +649,686 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="213.377" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...27 lines deleted...]
-      <c r="J3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...8 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>33</v>
       </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...24 lines deleted...]
-      <c r="I4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...35 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G12" t="s">
+        <v>53</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>62</v>
+      </c>
+      <c r="N12" t="s">
         <v>37</v>
       </c>
-      <c r="J5" t="s">
-[...300 lines deleted...]
-        <v>72</v>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>