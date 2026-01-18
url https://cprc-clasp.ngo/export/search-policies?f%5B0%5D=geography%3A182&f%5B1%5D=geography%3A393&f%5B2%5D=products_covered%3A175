--- v0 (2025-10-13)
+++ v1 (2026-01-18)
@@ -12,374 +12,471 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -643,795 +740,894 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="176.814" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1993</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1993</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>46</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>84</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2005</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>86</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14">
         <v>2016</v>
       </c>
-      <c r="H3">
-[...12 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>33</v>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>119</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...36 lines deleted...]
-      <c r="M4" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>60</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>70</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...220 lines deleted...]
-      <c r="A10" t="s">
+      <c r="L16"/>
+      <c r="M16" t="s">
         <v>71</v>
       </c>
-      <c r="B10" t="s">
-[...288 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>94</v>
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>