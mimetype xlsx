--- v0 (2025-10-12)
+++ v1 (2026-01-25)
@@ -12,335 +12,426 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -604,701 +695,788 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>1996</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1996</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...16 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
+        <v>1997</v>
+      </c>
+      <c r="I6">
+        <v>2005</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="N3" t="s">
+      <c r="D7" t="s">
         <v>33</v>
       </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1994</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>69</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>69</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...14 lines deleted...]
-      <c r="H4">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>56</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>56</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14">
         <v>2017</v>
       </c>
-      <c r="I4" t="s">
-[...62 lines deleted...]
-      <c r="B6" t="s">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" t="s">
+        <v>108</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...373 lines deleted...]
-        <v>81</v>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>