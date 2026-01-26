--- v0 (2025-10-10)
+++ v1 (2026-01-26)
@@ -12,1034 +12,1443 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="446">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1303,3129 +1712,3564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N72"/>
+  <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>58</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>73</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>58</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>72</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>102</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>108</v>
+      </c>
+      <c r="D12" t="s">
+        <v>109</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>110</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>111</v>
+      </c>
+      <c r="K12" t="s">
+        <v>112</v>
+      </c>
+      <c r="L12" t="s">
+        <v>113</v>
+      </c>
+      <c r="M12" t="s">
+        <v>114</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>115</v>
+      </c>
+      <c r="P12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B13" t="s">
+        <v>118</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>119</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>110</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>120</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>121</v>
+      </c>
+      <c r="P13" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>123</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>110</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1995</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>112</v>
+      </c>
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" t="s">
+        <v>130</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>131</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>132</v>
+      </c>
+      <c r="P15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>134</v>
+      </c>
+      <c r="B16" t="s">
+        <v>135</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>136</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>110</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1995</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>108</v>
+      </c>
+      <c r="D18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1996</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>111</v>
+      </c>
+      <c r="K18" t="s">
+        <v>112</v>
+      </c>
+      <c r="L18" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>151</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" t="s">
+        <v>157</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>110</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>111</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>158</v>
+      </c>
+      <c r="M20" t="s">
+        <v>114</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>110</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1996</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>111</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>164</v>
+      </c>
+      <c r="M21" t="s">
+        <v>114</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C22" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" t="s">
+        <v>169</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>110</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>111</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" t="s">
+        <v>176</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F23" t="s">
+        <v>54</v>
+      </c>
+      <c r="G23" t="s">
+        <v>55</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>56</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>177</v>
+      </c>
+      <c r="N23" t="s">
+        <v>58</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>180</v>
+      </c>
+      <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>182</v>
+      </c>
+      <c r="D24" t="s">
+        <v>163</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>183</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>184</v>
+      </c>
+      <c r="M24" t="s">
+        <v>185</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>182</v>
+      </c>
+      <c r="D25" t="s">
+        <v>190</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>183</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>191</v>
+      </c>
+      <c r="M25" t="s">
+        <v>185</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>192</v>
+      </c>
+      <c r="P25" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>194</v>
+      </c>
+      <c r="B26" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" t="s">
+        <v>196</v>
+      </c>
+      <c r="D26" t="s">
+        <v>163</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G26" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>44</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>197</v>
+      </c>
+      <c r="M26" t="s">
+        <v>198</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>196</v>
+      </c>
+      <c r="D27" t="s">
+        <v>163</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>44</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>197</v>
+      </c>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>203</v>
+      </c>
+      <c r="P27" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>205</v>
+      </c>
+      <c r="B28" t="s">
+        <v>206</v>
+      </c>
+      <c r="C28" t="s">
+        <v>207</v>
+      </c>
+      <c r="D28" t="s">
+        <v>208</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>209</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>210</v>
+      </c>
+      <c r="M28" t="s">
+        <v>211</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" t="s">
+        <v>163</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>209</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>211</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>215</v>
+      </c>
+      <c r="C30" t="s">
+        <v>218</v>
+      </c>
+      <c r="D30" t="s">
+        <v>163</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>73</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>219</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>220</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>218</v>
+      </c>
+      <c r="D31" t="s">
+        <v>163</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" t="s">
+        <v>73</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>219</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>220</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>217</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>224</v>
+      </c>
+      <c r="D32" t="s">
+        <v>163</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>225</v>
+      </c>
+      <c r="G32" t="s">
+        <v>73</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>219</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>226</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>182</v>
+      </c>
+      <c r="D33" t="s">
+        <v>163</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2007</v>
+      </c>
+      <c r="I33">
+        <v>2022</v>
+      </c>
+      <c r="J33" t="s">
+        <v>183</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>231</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" t="s">
+        <v>182</v>
+      </c>
+      <c r="D34" t="s">
+        <v>151</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>183</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>236</v>
+      </c>
+      <c r="M34" t="s">
+        <v>231</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>92</v>
+      </c>
+      <c r="D35" t="s">
+        <v>130</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>72</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2006</v>
+      </c>
+      <c r="I35">
+        <v>2025</v>
+      </c>
+      <c r="J35" t="s">
+        <v>241</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>242</v>
+      </c>
+      <c r="M35" t="s">
+        <v>243</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>92</v>
+      </c>
+      <c r="D36" t="s">
+        <v>163</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1995</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>94</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>246</v>
+      </c>
+      <c r="M36" t="s">
+        <v>243</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>248</v>
+      </c>
+      <c r="P36" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>250</v>
+      </c>
+      <c r="B37" t="s">
+        <v>251</v>
+      </c>
+      <c r="C37" t="s">
+        <v>92</v>
+      </c>
+      <c r="D37" t="s">
+        <v>163</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1995</v>
+      </c>
+      <c r="I37">
+        <v>2018</v>
+      </c>
+      <c r="J37" t="s">
+        <v>94</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>243</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>252</v>
+      </c>
+      <c r="P37" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>254</v>
+      </c>
+      <c r="B38" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" t="s">
+        <v>256</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>72</v>
+      </c>
+      <c r="G38" t="s">
+        <v>257</v>
+      </c>
+      <c r="H38">
+        <v>2025</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>241</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>258</v>
+      </c>
+      <c r="M38" t="s">
+        <v>243</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>259</v>
+      </c>
+      <c r="P38" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>261</v>
+      </c>
+      <c r="B39" t="s">
+        <v>262</v>
+      </c>
+      <c r="C39" t="s">
+        <v>263</v>
+      </c>
+      <c r="D39" t="s">
+        <v>163</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>209</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>264</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>265</v>
+      </c>
+      <c r="P39" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>267</v>
+      </c>
+      <c r="B40" t="s">
+        <v>268</v>
+      </c>
+      <c r="C40" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>54</v>
+      </c>
+      <c r="G40" t="s">
+        <v>55</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>56</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>269</v>
+      </c>
+      <c r="N40" t="s">
+        <v>58</v>
+      </c>
+      <c r="O40" t="s">
+        <v>270</v>
+      </c>
+      <c r="P40" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>272</v>
+      </c>
+      <c r="B41" t="s">
+        <v>273</v>
+      </c>
+      <c r="C41" t="s">
+        <v>274</v>
+      </c>
+      <c r="D41" t="s">
+        <v>163</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>55</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>275</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>276</v>
+      </c>
+      <c r="M41" t="s">
+        <v>277</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>278</v>
+      </c>
+      <c r="P41" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>280</v>
+      </c>
+      <c r="B42" t="s">
+        <v>281</v>
+      </c>
+      <c r="C42" t="s">
+        <v>182</v>
+      </c>
+      <c r="D42" t="s">
+        <v>163</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>110</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1993</v>
+      </c>
+      <c r="I42">
+        <v>2022</v>
+      </c>
+      <c r="J42" t="s">
+        <v>183</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>282</v>
+      </c>
+      <c r="M42" t="s">
+        <v>283</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>284</v>
+      </c>
+      <c r="P42" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>286</v>
+      </c>
+      <c r="B43" t="s">
+        <v>287</v>
+      </c>
+      <c r="C43" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" t="s">
+        <v>93</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>110</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1997</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
+      <c r="J43" t="s">
+        <v>183</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>288</v>
+      </c>
+      <c r="M43" t="s">
+        <v>283</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>291</v>
+      </c>
+      <c r="B44" t="s">
+        <v>292</v>
+      </c>
+      <c r="C44" t="s">
+        <v>293</v>
+      </c>
+      <c r="D44" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2015</v>
+      </c>
+      <c r="J44" t="s">
+        <v>294</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>295</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>296</v>
+      </c>
+      <c r="P44" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>298</v>
+      </c>
+      <c r="B45" t="s">
+        <v>299</v>
+      </c>
+      <c r="C45" t="s">
+        <v>300</v>
+      </c>
+      <c r="D45" t="s">
+        <v>163</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>72</v>
+      </c>
+      <c r="G45" t="s">
+        <v>55</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>275</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>301</v>
+      </c>
+      <c r="M45" t="s">
+        <v>302</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>303</v>
+      </c>
+      <c r="P45" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>305</v>
+      </c>
+      <c r="B46" t="s">
+        <v>306</v>
+      </c>
+      <c r="C46" t="s">
+        <v>307</v>
+      </c>
+      <c r="D46" t="s">
+        <v>308</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46">
+        <v>2018</v>
+      </c>
+      <c r="J46" t="s">
+        <v>309</v>
+      </c>
+      <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...48 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>310</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>311</v>
+      </c>
+      <c r="P46" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>313</v>
+      </c>
+      <c r="B47" t="s">
+        <v>314</v>
+      </c>
+      <c r="C47" t="s">
+        <v>315</v>
+      </c>
+      <c r="D47" t="s">
+        <v>316</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>220</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>317</v>
+      </c>
+      <c r="P47" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>319</v>
+      </c>
+      <c r="B48" t="s">
+        <v>320</v>
+      </c>
+      <c r="C48" t="s">
+        <v>274</v>
+      </c>
+      <c r="D48" t="s">
+        <v>163</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>55</v>
+      </c>
+      <c r="H48">
+        <v>2018</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>183</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>321</v>
+      </c>
+      <c r="M48" t="s">
+        <v>322</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>323</v>
+      </c>
+      <c r="P48" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>325</v>
+      </c>
+      <c r="B49" t="s">
+        <v>326</v>
+      </c>
+      <c r="C49" t="s">
+        <v>327</v>
+      </c>
+      <c r="D49" t="s">
+        <v>163</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>72</v>
+      </c>
+      <c r="G49" t="s">
+        <v>55</v>
+      </c>
+      <c r="H49">
+        <v>2019</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>219</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>328</v>
+      </c>
+      <c r="M49" t="s">
+        <v>329</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>330</v>
+      </c>
+      <c r="P49" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>332</v>
+      </c>
+      <c r="B50" t="s">
+        <v>333</v>
+      </c>
+      <c r="C50" t="s">
+        <v>327</v>
+      </c>
+      <c r="D50" t="s">
+        <v>163</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>72</v>
+      </c>
+      <c r="G50" t="s">
+        <v>55</v>
+      </c>
+      <c r="H50">
+        <v>2019</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>219</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>334</v>
+      </c>
+      <c r="M50" t="s">
+        <v>329</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>335</v>
+      </c>
+      <c r="P50" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>336</v>
+      </c>
+      <c r="B51" t="s">
+        <v>337</v>
+      </c>
+      <c r="C51" t="s">
+        <v>327</v>
+      </c>
+      <c r="D51" t="s">
+        <v>163</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>72</v>
+      </c>
+      <c r="G51" t="s">
+        <v>55</v>
+      </c>
+      <c r="H51">
+        <v>2019</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>219</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>338</v>
+      </c>
+      <c r="M51" t="s">
+        <v>329</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>339</v>
+      </c>
+      <c r="P51" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>340</v>
+      </c>
+      <c r="B52" t="s">
+        <v>341</v>
+      </c>
+      <c r="C52" t="s">
+        <v>327</v>
+      </c>
+      <c r="D52" t="s">
+        <v>163</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>72</v>
+      </c>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52">
+        <v>2019</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>219</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>342</v>
+      </c>
+      <c r="M52" t="s">
+        <v>329</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>343</v>
+      </c>
+      <c r="P52" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>344</v>
+      </c>
+      <c r="B53" t="s">
+        <v>345</v>
+      </c>
+      <c r="C53" t="s">
+        <v>293</v>
+      </c>
+      <c r="D53" t="s">
+        <v>163</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>72</v>
+      </c>
+      <c r="G53" t="s">
+        <v>55</v>
+      </c>
+      <c r="H53">
+        <v>2014</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>294</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>295</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>346</v>
+      </c>
+      <c r="P53" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>347</v>
+      </c>
+      <c r="B54" t="s">
+        <v>348</v>
+      </c>
+      <c r="C54" t="s">
+        <v>52</v>
+      </c>
+      <c r="D54" t="s">
+        <v>349</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>54</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1982</v>
+      </c>
+      <c r="I54">
+        <v>2024</v>
+      </c>
+      <c r="J54" t="s">
+        <v>56</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>350</v>
+      </c>
+      <c r="N54" t="s">
+        <v>58</v>
+      </c>
+      <c r="O54" t="s">
+        <v>351</v>
+      </c>
+      <c r="P54" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>353</v>
+      </c>
+      <c r="B55" t="s">
+        <v>354</v>
+      </c>
+      <c r="C55" t="s">
+        <v>355</v>
+      </c>
+      <c r="D55" t="s">
+        <v>163</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>72</v>
+      </c>
+      <c r="G55" t="s">
+        <v>55</v>
+      </c>
+      <c r="H55">
+        <v>2014</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>219</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>356</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>353</v>
+      </c>
+      <c r="B56" t="s">
+        <v>215</v>
+      </c>
+      <c r="C56" t="s">
+        <v>355</v>
+      </c>
+      <c r="D56" t="s">
+        <v>163</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>72</v>
+      </c>
+      <c r="G56" t="s">
+        <v>55</v>
+      </c>
+      <c r="H56">
+        <v>2014</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>219</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>356</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>359</v>
+      </c>
+      <c r="P56" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>361</v>
+      </c>
+      <c r="B57" t="s">
+        <v>362</v>
+      </c>
+      <c r="C57" t="s">
+        <v>363</v>
+      </c>
+      <c r="D57" t="s">
+        <v>364</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>72</v>
+      </c>
+      <c r="G57" t="s">
+        <v>55</v>
+      </c>
+      <c r="H57">
+        <v>2019</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>219</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>365</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>366</v>
+      </c>
+      <c r="P57" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>368</v>
+      </c>
+      <c r="B58" t="s">
+        <v>369</v>
+      </c>
+      <c r="C58" t="s">
+        <v>363</v>
+      </c>
+      <c r="D58" t="s">
+        <v>163</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>72</v>
+      </c>
+      <c r="G58" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58">
+        <v>2019</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>219</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>365</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>370</v>
+      </c>
+      <c r="P58" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>372</v>
+      </c>
+      <c r="B59" t="s">
+        <v>373</v>
+      </c>
+      <c r="C59" t="s">
+        <v>363</v>
+      </c>
+      <c r="D59" t="s">
+        <v>163</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>72</v>
+      </c>
+      <c r="G59" t="s">
+        <v>55</v>
+      </c>
+      <c r="H59">
+        <v>2019</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>219</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>365</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>374</v>
+      </c>
+      <c r="P59" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>376</v>
+      </c>
+      <c r="B60" t="s">
+        <v>377</v>
+      </c>
+      <c r="C60" t="s">
+        <v>92</v>
+      </c>
+      <c r="D60" t="s">
+        <v>163</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>110</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2017</v>
+      </c>
+      <c r="J60" t="s">
+        <v>183</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>378</v>
+      </c>
+      <c r="M60" t="s">
+        <v>379</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>380</v>
+      </c>
+      <c r="P60" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>382</v>
+      </c>
+      <c r="B61" t="s">
+        <v>383</v>
+      </c>
+      <c r="C61" t="s">
+        <v>92</v>
+      </c>
+      <c r="D61" t="s">
+        <v>163</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>110</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1998</v>
+      </c>
+      <c r="I61">
+        <v>2012</v>
+      </c>
+      <c r="J61" t="s">
+        <v>275</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>384</v>
+      </c>
+      <c r="M61" t="s">
+        <v>385</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>386</v>
+      </c>
+      <c r="P61" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>388</v>
+      </c>
+      <c r="B62" t="s">
+        <v>389</v>
+      </c>
+      <c r="C62" t="s">
+        <v>92</v>
+      </c>
+      <c r="D62" t="s">
+        <v>163</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>110</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1998</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>275</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>390</v>
+      </c>
+      <c r="M62" t="s">
+        <v>385</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>391</v>
+      </c>
+      <c r="P62" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>392</v>
+      </c>
+      <c r="B63" t="s">
+        <v>393</v>
+      </c>
+      <c r="C63" t="s">
+        <v>394</v>
+      </c>
+      <c r="D63" t="s">
+        <v>163</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>44</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>395</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>396</v>
+      </c>
+      <c r="P63" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>398</v>
+      </c>
+      <c r="B64" t="s">
+        <v>399</v>
+      </c>
+      <c r="C64" t="s">
+        <v>394</v>
+      </c>
+      <c r="D64" t="s">
+        <v>163</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>43</v>
+      </c>
+      <c r="G64" t="s">
+        <v>55</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>102</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>400</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>401</v>
+      </c>
+      <c r="P64" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>402</v>
+      </c>
+      <c r="B65" t="s">
+        <v>403</v>
+      </c>
+      <c r="C65" t="s">
+        <v>92</v>
+      </c>
+      <c r="D65" t="s">
+        <v>404</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>72</v>
+      </c>
+      <c r="G65" t="s">
+        <v>405</v>
+      </c>
+      <c r="H65">
+        <v>2002</v>
+      </c>
+      <c r="I65">
+        <v>2007</v>
+      </c>
+      <c r="J65" t="s">
+        <v>94</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>406</v>
+      </c>
+      <c r="M65" t="s">
+        <v>243</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>407</v>
+      </c>
+      <c r="P65" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>409</v>
+      </c>
+      <c r="B66" t="s">
+        <v>410</v>
+      </c>
+      <c r="C66" t="s">
+        <v>92</v>
+      </c>
+      <c r="D66" t="s">
+        <v>163</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>72</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1995</v>
+      </c>
+      <c r="I66">
+        <v>2008</v>
+      </c>
+      <c r="J66" t="s">
+        <v>183</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>411</v>
+      </c>
+      <c r="M66" t="s">
+        <v>243</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>412</v>
+      </c>
+      <c r="P66" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>414</v>
+      </c>
+      <c r="B67" t="s">
+        <v>415</v>
+      </c>
+      <c r="C67" t="s">
+        <v>92</v>
+      </c>
+      <c r="D67" t="s">
+        <v>163</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>72</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1995</v>
+      </c>
+      <c r="I67">
+        <v>2010</v>
+      </c>
+      <c r="J67" t="s">
+        <v>275</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>416</v>
+      </c>
+      <c r="M67" t="s">
+        <v>243</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>417</v>
+      </c>
+      <c r="P67" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>419</v>
+      </c>
+      <c r="B68" t="s">
+        <v>420</v>
+      </c>
+      <c r="C68" t="s">
+        <v>92</v>
+      </c>
+      <c r="D68" t="s">
+        <v>163</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>72</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1995</v>
+      </c>
+      <c r="I68">
+        <v>2016</v>
+      </c>
+      <c r="J68" t="s">
+        <v>94</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>243</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>421</v>
+      </c>
+      <c r="P68" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>423</v>
+      </c>
+      <c r="B69" t="s">
+        <v>424</v>
+      </c>
+      <c r="C69" t="s">
+        <v>425</v>
+      </c>
+      <c r="D69" t="s">
+        <v>426</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>55</v>
+      </c>
+      <c r="H69">
+        <v>2016</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>102</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>427</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>428</v>
+      </c>
+      <c r="P69" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>430</v>
+      </c>
+      <c r="B70" t="s">
+        <v>431</v>
+      </c>
+      <c r="C70" t="s">
+        <v>425</v>
+      </c>
+      <c r="D70" t="s">
+        <v>432</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>55</v>
+      </c>
+      <c r="H70">
+        <v>2017</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>102</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>427</v>
+      </c>
+      <c r="N70" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...28 lines deleted...]
-      <c r="A5" t="s">
+      <c r="O70" t="s">
+        <v>433</v>
+      </c>
+      <c r="P70" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>435</v>
+      </c>
+      <c r="B71" t="s">
+        <v>436</v>
+      </c>
+      <c r="C71" t="s">
+        <v>437</v>
+      </c>
+      <c r="D71" t="s">
+        <v>438</v>
+      </c>
+      <c r="E71" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F71" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...68 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G71" t="s">
         <v>55</v>
       </c>
-    </row>
-[...353 lines deleted...]
-      <c r="K15" t="s">
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
         <v>102</v>
       </c>
-      <c r="L15" t="s">
-[...292 lines deleted...]
-      <c r="G22">
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>439</v>
+      </c>
+      <c r="M71" t="s">
+        <v>440</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>441</v>
+      </c>
+      <c r="P71" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>443</v>
+      </c>
+      <c r="B72" t="s">
+        <v>444</v>
+      </c>
+      <c r="C72" t="s">
+        <v>437</v>
+      </c>
+      <c r="D72" t="s">
+        <v>163</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>55</v>
+      </c>
+      <c r="H72">
         <v>2009</v>
       </c>
-      <c r="H22">
-[...988 lines deleted...]
-      <c r="A46" t="s">
+      <c r="I72"/>
+      <c r="J72" t="s">
         <v>219</v>
       </c>
-      <c r="B46" t="s">
-[...1107 lines deleted...]
-      </c>
       <c r="K72" t="s">
-        <v>308</v>
+        <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>309</v>
+        <v>439</v>
       </c>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>440</v>
       </c>
       <c r="N72" t="s">
-        <v>312</v>
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>445</v>
+      </c>
+      <c r="P72" t="s">
+        <v>442</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>